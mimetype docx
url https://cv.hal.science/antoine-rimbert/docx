--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -147,51 +147,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (47)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (45)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -311,459 +311,459 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05500165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">KILDA: identifying KIV-2 repeats from kmers</w:t>
+                <w:t xml:space="preserve">Synergic combination of the monogenic ANGPTL3 p.H343R variant and a polygenic predisposition in a family with hypobetalipoproteinemia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corentin Molitor</w:t>
+                <w:t xml:space="preserve">Manon Levy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Timothy Labidi</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Cariou</w:t>
+                <w:t xml:space="preserve">Alexandre Janin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Di Filippo</w:t>
+                <w:t xml:space="preserve">Oriane Marmontel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Fourier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Nony</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NAR Genomics and Bioinformatics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/nargab/lqaf070⟩</w:t>
+              <w:t xml:space="preserve">Atherosclerosis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 411, pp.120569. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.atherosclerosis.2025.120569⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05361347v1</w:t>
+                <w:t xml:space="preserve">hal-05361341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synergic combination of the monogenic ANGPTL3 p.H343R variant and a polygenic predisposition in a family with hypobetalipoproteinemia</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Loss of GPR146 decreases plasma levels of HDL cholesterol via post-translational up-regulation of SR-B1 protein levels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oriane Marmontel</w:t>
+                <w:t xml:space="preserve">Boyan Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthony Fourier</w:t>
+                <w:t xml:space="preserve">Natalia Loaiza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Rimbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Séverine Nony</w:t>
+                <w:t xml:space="preserve">Federico Oldoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisanne Blauw</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atherosclerosis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.atherosclerosis.2025.120569⟩</w:t>
+              <w:t xml:space="preserve">Cardiovascular Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/cvr/cvaf254⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05361341v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05489608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loss of GPR146 decreases plasma levels of HDL cholesterol via post-translational up-regulation of SR-B1 protein levels</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">KILDA: identifying KIV-2 repeats from kmers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natalia Loaiza</w:t>
+                <w:t xml:space="preserve">Corentin Molitor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothy Labidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Rimbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Federico Oldoni</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Cariou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lisanne Blauw</w:t>
+                <w:t xml:space="preserve">Mathilde Di Filippo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cardiovascular Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">NAR Genomics and Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 7 (2), pp.lqaf070. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/cvr/cvaf254⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/nargab/lqaf070⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05489608v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05361347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A study into rare GPR146 gene variants in humans and mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boyan Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Rimbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -930,51 +930,51 @@
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laraib Ijaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JCI Insight</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">, 2025, 10 (1), pp.e182260. </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1172/jci.insight.182260.⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
@@ -987,5332 +987,5133 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From Genetic Findings to new Intestinal Molecular Targets in Lipid Metabolism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Le May</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Ducheix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Cariou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Rimbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Current Atherosclerosis Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 27 (1), pp.26. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s11883-024-01264-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05361443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advancements in risk stratification and management strategies in primary cardiovascular prevention</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">DHCR24 inhibitor SH42 increases desmosterol without preventing atherosclerosis development in mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaoke Ge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fotios Barkas</w:t>
+                <w:t xml:space="preserve">Bram Slütter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yusuf Ziya Sener</w:t>
+                <w:t xml:space="preserve">Joost Lambooij</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pelin Arabacilar Golforoush</w:t>
+                <w:t xml:space="preserve">Enchen Zhou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Azin Kheirkhah</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Elena Rodriguez-Sanchez</w:t>
+                <w:t xml:space="preserve">Zhixiong Ying</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atherosclerosis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.atherosclerosis.2024.117579⟩</w:t>
+              <w:t xml:space="preserve">iScience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 27 (6), pp.109830. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.isci.2024.109830⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04751122v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04751124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DHCR24 inhibitor SH42 increases desmosterol without preventing atherosclerosis development in mice</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">MicroRNA-615-3p decreases apo B expression in human liver cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abulaish Ansari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pradeep Kumar Yadav</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Swati Valmiki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xiaoke Ge</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Zhixiong Ying</w:t>
+                <w:t xml:space="preserve">Antoine Laine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Rimbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">iScience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.isci.2024.109830⟩</w:t>
+              <w:t xml:space="preserve">Journal of Lipid Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 65 (10), pp.100659. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jlr.2024.100659⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04751124v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04751117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reply to “The association between primary hypobetalipoproteinemia and hepatic diseases: evidence from genetic studies”</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Primary hypocholesterolemia is associated with an increased risk of hepatic complications in the general population</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Wargny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Goronflot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Rimbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Boursier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofiane Kab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Hepatology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, In press, Online ahead of print. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jhep.2024.09.009⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 80 (6), pp.846-857. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jhep.2024.01.030⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04751118v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04474613v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Primary hypocholesterolemia is associated with an increased risk of hepatic complications in the general population</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Wargny</w:t>
+                <w:t xml:space="preserve">Human induced pluripotent stem cells ‐derived liver organoids grown on a Biomimesys® hyaluronic acid‐based hydroscaffold as a new model for studying human lipoprotein metabolism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meryl Roudaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Goronflot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Antoine Rimbert</w:t>
+                <w:t xml:space="preserve">Amandine Caillaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Boursier</w:t>
+                <w:t xml:space="preserve">Zied Souguir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sofiane Kab</w:t>
+                <w:t xml:space="preserve">Lise Bray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Girardeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Hepatology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jhep.2024.01.030⟩</w:t>
+              <w:t xml:space="preserve">Bioengineering &amp; Translational Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/btm2.10659⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04474613v2</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04509118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MicroRNA-615-3p decreases apo B expression in human liver cells</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">PCSK9 inhibition protects mice from food allergy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Laine</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Antoine Rimbert</w:t>
+                <w:t xml:space="preserve">Victoria Lorant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Klein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Garçon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaud Sotin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Frey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Lipid Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jlr.2024.100659⟩</w:t>
+              <w:t xml:space="preserve">Translational Research, The Journal of Laboratory and Clinical Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 272, pp.151-161. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.trsl.2024.03.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04751117v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04529957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Human induced pluripotent stem cells ‐derived liver organoids grown on a Biomimesys® hyaluronic acid‐based hydroscaffold as a new model for studying human lipoprotein metabolism</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">G protein-coupled receptor 146: new insights from genetics and model systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lise Bray</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Umesh Tharehalli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Rimbert</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioengineering &amp; Translational Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/btm2.10659⟩</w:t>
+              <w:t xml:space="preserve">Current Opinion in Lipidology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 35 (3), pp.162-169. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/MOL.0000000000000929⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04509118v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04529967v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PCSK9 inhibition protects mice from food allergy</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Reply to “The association between primary hypobetalipoproteinemia and hepatic diseases: evidence from genetic studies”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Rimbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Wargny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Cariou</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Translational Research, The Journal of Laboratory and Clinical Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.trsl.2024.03.001⟩</w:t>
+              <w:t xml:space="preserve">Journal of Hepatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 82 (1), pp.e50 - e51. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jhep.2024.09.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04529957v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05361515v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reply to “The association between primary hypobetalipoproteinemia and hepatic diseases: evidence from genetic studies”</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Advancements in risk stratification and management strategies in primary cardiovascular prevention</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fotios Barkas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yusuf Ziya Sener</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pelin Arabacilar Golforoush</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Azin Kheirkhah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Rodriguez-Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Hepatology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jhep.2024.09.009⟩</w:t>
+              <w:t xml:space="preserve">Atherosclerosis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 395, pp.117579. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.atherosclerosis.2024.117579⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05361515v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04751122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G protein-coupled receptor 146: new insights from genetics and model systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Umesh Tharehalli</w:t>
+                <w:t xml:space="preserve">LDL lowering effect of PCSK9 inhibition is reduced in women</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronika Myasoedova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Rimbert</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Camera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Le May</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Capoulade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Opinion in Lipidology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1097/MOL.0000000000000929⟩</w:t>
+              <w:t xml:space="preserve">European Heart Journal - Cardiovascular Pharmacotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 9 (4), pp.337-342. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/ehjcvp/pvad009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04529967v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04212334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G protein-coupled receptor 146: new insights from genetics and model systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Umesh Tharehalli</w:t>
+                <w:t xml:space="preserve">A new 165-SNP low-density lipoprotein cholesterol polygenic risk score based on next generation sequencing outperforms previously published scores in routine diagnostics of familial hypercholesterolemia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Vanhoye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Bardel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Rimbert</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Antoine Rollat-Farnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Opinion in Lipidology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1097/MOL.0000000000000929⟩</w:t>
+              <w:t xml:space="preserve">Translational Research, The Journal of Laboratory and Clinical Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 255, pp.119-127. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.trsl.2022.12.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-05361638v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04172500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hepatic SREBP signaling requires SPRING to govern systemic lipid metabolism in mice and humans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Hendrix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jenina Kingma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roelof Ottenhoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Masoud Valiloo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monika Svecla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 14 (1), pp.5181. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41467-023-40943-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04208487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LDL lowering effect of PCSK9 inhibition is reduced in women</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Romain Capoulade</w:t>
+                <w:t xml:space="preserve">Germline JAK2 E846D Substitution as the Cause of Erythrocytosis?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nada Maaziz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Garrec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Airaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Bobée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Contentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Heart Journal - Cardiovascular Pharmacotherapy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/ehjcvp/pvad009⟩</w:t>
+              <w:t xml:space="preserve">Genes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14 (5), pp.1066. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/genes14051066⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04212334v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04208496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new 165-SNP low-density lipoprotein cholesterol polygenic risk score based on next generation sequencing outperforms previously published scores in routine diagnostics of familial hypercholesterolemia</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Antoine Rollat-Farnier</w:t>
+                <w:t xml:space="preserve">Generation of an induced pluripotent stem cell line (ITXi012-A) from a patient with genetically determined high-lipoprotein(a) plasma levels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Caillaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise Bray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Girardeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zoé Begué-Racapé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Vince</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Translational Research, The Journal of Laboratory and Clinical Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.trsl.2022.12.002⟩</w:t>
+              <w:t xml:space="preserve">Stem Cell Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 72, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scr.2023.103205⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04172500v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04212298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generation of an induced pluripotent stem cell line (ITXi012-A) from a patient with genetically determined high-lipoprotein(a) plasma levels</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Lucie Vince</w:t>
+                <w:t xml:space="preserve">In silico and Functional Studies for Classification of EPAS1/HIF2A Genetic Variants Identified in Patients with Erythrocytosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valéna Karaghiannis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Darko Maric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Garrec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nada Maaziz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Buffet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Stem Cell Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scr.2023.103205⟩</w:t>
+              <w:t xml:space="preserve">Blood</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 140 (Supplement 1), pp.8157-8158. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1182/blood-2022-163123⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04212298v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04031832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Germline JAK2 E846D Substitution as the Cause of Erythrocytosis?</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Contentin</w:t>
+                <w:t xml:space="preserve">Generation of a GPR146 knockout human induced pluripotent stem cell line (ITXi001-A-1)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise Bray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Caillaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Girardeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Murielle Patitucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Le May</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/genes14051066⟩</w:t>
+              <w:t xml:space="preserve">Stem Cell Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 60, pp.102721. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scr.2022.102721⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04208496v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03869113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of a Gain-of-Function LIPC Variant as a Novel Cause of Familial Combined Hypocholesterolemia</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Antoine Rimbert</w:t>
+                <w:t xml:space="preserve">Intracranial Aneurysm Classifier Using Phenotypic Factors: An International Pooled Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabel Hostettler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georg Spinner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Bourcier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanna Pera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Circulation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1161/circulationaha.121.057978⟩</w:t>
+              <w:t xml:space="preserve">Journal of Personalized Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (9), pp.1410. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/jpm12091410⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-03831077v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04060055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Large HDL particles negatively associate with leukocyte counts independent of cholesterol efflux capacity : a cross sectional study in the population-based LifeLines DEEP cohort</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Hilde Groot</w:t>
+                <w:t xml:space="preserve">Posttranscriptional Regulation of the Human LDL Receptor by the U2-Spliceosome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Zanoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grigorios Panteloglou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alaa Othman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël T. Haas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Meier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atherosclerosis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.atherosclerosis.2022.01.008⟩</w:t>
+              <w:t xml:space="preserve">Circulation Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 130 (1), pp.80-95. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1161/CIRCRESAHA.120.318141⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04060061v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03554168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Genetic Spectrum of Familial Hypertriglyceridemia in Oman</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Abdullah Al-Mujaini</w:t>
+                <w:t xml:space="preserve">Loss of hepatic SMLR1 causes hepatosteatosis and protects against atherosclerosis due to decreased hepatic VLDL secretion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Willemien van Zwol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Antoine Rimbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justina C Wolters</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marieke Smit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent W Bloks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Genetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fgene.2022.886182⟩</w:t>
+              <w:t xml:space="preserve">Hepatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 23 (8), pp.n/a-n/a. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/hep.32709⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04060049v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04060059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In silico and Functional Studies for Classification of EPAS1/HIF2A Genetic Variants Identified in Patients with Erythrocytosis</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Buffet</w:t>
+                <w:t xml:space="preserve">APOB CRISPR-Cas9 Engineering in Hypobetalipoproteinemia: A Promising Tool for Functional Studies of Novel Variants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Vanhoye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Janin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Caillaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Rimbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Venet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Blood</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1182/blood-2022-163123⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 23 (8), pp.4281. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms23084281⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04031832v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03659209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generation of a GPR146 knockout human induced pluripotent stem cell line (ITXi001-A-1)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId79" w:history="1">
+                <w:t xml:space="preserve">FACS-assisted CRISPR-Cas9 genome editing of human induced pluripotent stem cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Caillaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Lévêque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Thédrez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Girardeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Cédric Le May</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Canac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Stem Cell Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scr.2022.102721⟩</w:t>
+              <w:t xml:space="preserve">STAR Protocols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 3 (4), pp.101680. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.xpro.2022.101680⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03869113v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04060050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intracranial Aneurysm Classifier Using Phenotypic Factors: An International Pooled Analysis</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Joanna Pera</w:t>
+                <w:t xml:space="preserve">Large HDL particles negatively associate with leukocyte counts independent of cholesterol efflux capacity : a cross sectional study in the population-based LifeLines DEEP cohort</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anouk Groenen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Venetia Bazioti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle van Zeventer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lianmin Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hilde Groot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Personalized Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/jpm12091410⟩</w:t>
+              <w:t xml:space="preserve">Atherosclerosis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 343, pp.20-27. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.atherosclerosis.2022.01.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04060055v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04060061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Posttranscriptional Regulation of the Human LDL Receptor by the U2-Spliceosome</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Roger Meier</w:t>
+                <w:t xml:space="preserve">Identification of a Gain-of-Function LIPC Variant as a Novel Cause of Familial Combined Hypocholesterolemia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wieneke Dijk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Di-Filippo Charcosset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sander Kooijman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Van Eenige</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Rimbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Circulation Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1161/CIRCRESAHA.120.318141⟩</w:t>
+              <w:t xml:space="preserve">Circulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 146 (10), pp.724-739. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1161/circulationaha.121.057978⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03554168v1</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-03831077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FACS-assisted CRISPR-Cas9 genome editing of human induced pluripotent stem cells</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Robin Canac</w:t>
+                <w:t xml:space="preserve">The Genetic Spectrum of Familial Hypertriglyceridemia in Oman</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khalid Al-Waili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khalid Al-Rasadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muna Al-Bulushi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Habais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdullah Al-Mujaini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">STAR Protocols</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.xpro.2022.101680⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fgene.2022.886182⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04060050v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04060049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loss of hepatic SMLR1 causes hepatosteatosis and protects against atherosclerosis due to decreased hepatic VLDL secretion</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Vincent W Bloks</w:t>
+                <w:t xml:space="preserve">A novel role for GalNAc-T2 dependent glycosylation in energy homeostasis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristy R.C. Verzijl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Oldoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalia Loaiza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justina Wolters</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Rimbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hepatology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/hep.32709⟩</w:t>
+              <w:t xml:space="preserve">Molecular metabolism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 60 (1), pp.101472. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.molmet.2022.101472⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04060059v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04060053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">APOB CRISPR-Cas9 Engineering in Hypobetalipoproteinemia: A Promising Tool for Functional Studies of Novel Variants</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Genetic Inhibition of PCSK9 and Liver Function</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Rimbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarra Smati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wieneke Dijk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Le May</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Cariou</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijms23084281⟩</w:t>
+              <w:t xml:space="preserve">JAMA Cardiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1001/jamacardio.2020.5341⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03659209v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03100949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A novel role for GalNAc-T2 dependent glycosylation in energy homeostasis</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Justina Wolters</w:t>
+                <w:t xml:space="preserve">Routine use of statins and increased COVID-19 related mortality in inpatients with type 2 diabetes: Results from the CORONADO study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Cariou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Goronflot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Rimbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Boullu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Le May</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular metabolism</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.molmet.2022.101472⟩</w:t>
+              <w:t xml:space="preserve">Journal of Diabetes &amp; Metabolism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 47 (2), pp.101202. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.diabet.2020.10.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04060053v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03100948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic Inhibition of PCSK9 and Liver Function</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">PCSK9 regulates the NODAL signaling pathway and cellular proliferation in hiPSCs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meryl Roudaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salam Idriss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Caillaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Girardeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Rimbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...48 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JAMA Cardiology</w:t>
+              <w:t xml:space="preserve">Stem Cell Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1001/jamacardio.2020.5341⟩</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.stemcr.2021.10.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03100949v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03451184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PCSK9 regulates the NODAL signaling pathway and cellular proliferation in hiPSCs</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Phenotypic Differences Between Polygenic and Monogenic Hypobetalipoproteinemia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Rimbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Vanhoye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dramane Coulibaly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Marrec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Pichelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Stem Cell Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.stemcr.2021.10.004⟩</w:t>
+              <w:t xml:space="preserve">Arteriosclerosis, Thrombosis, and Vascular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 41 (1), pp.e63-e71. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1161/ATVBAHA.120.315491⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03451184v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03105646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phenotypic Differences Between Polygenic and Monogenic Hypobetalipoproteinemia</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Pichelin</w:t>
+                <w:t xml:space="preserve">Comprehensive &amp;lt;i&amp;gt;in silico&amp;lt;/i&amp;gt; and functional studies for classification of &amp;lt;i&amp;gt;EPAS1/HIF2A&amp;lt;/i&amp;gt; genetic variants identified in patients with erythrocytosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valéna Karaghiannis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Darko Maric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Garrec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nada Maaziz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Buffet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Arteriosclerosis, Thrombosis, and Vascular Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1161/ATVBAHA.120.315491⟩</w:t>
+              <w:t xml:space="preserve">Haematologica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3324/haematol.2022.281698⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03105646v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04060048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Routine use of statins and increased COVID-19 related mortality in inpatients with type 2 diabetes: Results from the CORONADO study</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thomas Goronflot</w:t>
+                <w:t xml:space="preserve">Taking One Step Back in Familial Hypercholesterolemia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalia Loaiza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Merel Hartgers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurens Reeskamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan-Willem Balder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Rimbert</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cedric Le May</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Diabetes &amp; Metabolism</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.diabet.2020.10.001⟩</w:t>
+              <w:t xml:space="preserve">Arteriosclerosis, Thrombosis, and Vascular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 40 (4), pp.973-985. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1161/ATVBAHA.119.313470⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03100948v1</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02468286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comprehensive &amp;lt;i&amp;gt;in silico&amp;lt;/i&amp;gt; and functional studies for classification of &amp;lt;i&amp;gt;EPAS1/HIF2A&amp;lt;/i&amp;gt; genetic variants identified in patients with erythrocytosis</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Buffet</w:t>
+                <w:t xml:space="preserve">Mendelian randomization while jointly modeling cis genetics identifies causal relationships between gene expression and lipids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adriaan van Der Graaf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annique Claringbould</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Rimbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harm-Jan Westra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yang Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Haematologica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3324/haematol.2022.281698⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11 (1), pp.4930. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-020-18716-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04060048v1</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02970789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Taking One Step Back in Familial Hypercholesterolemia</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jan-Willem Balder</w:t>
+                <w:t xml:space="preserve">GPR146 Deficiency Protects against Hypercholesterolemia and Atherosclerosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haojie Yu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Rimbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Palmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Takafumi Toyohara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yulei Xia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Arteriosclerosis, Thrombosis, and Vascular Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1161/ATVBAHA.119.313470⟩</w:t>
+              <w:t xml:space="preserve">Cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 179 (6), pp.1276-1288.e14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cell.2019.10.034⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02468286v1</w:t>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02422749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mendelian randomization while jointly modeling cis genetics identifies causal relationships between gene expression and lipids</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Annique Claringbould</w:t>
+                <w:t xml:space="preserve">The Future of Lipid-Lowering Therapy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Willemien Van Zwol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Rimbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Kuivenhoven</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-020-18716-x⟩</w:t>
+              <w:t xml:space="preserve">Journal of Clinical Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 8 (7), pp.1085. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/jcm8071085⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02970789v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02422745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GPR146 Deficiency Protects against Hypercholesterolemia and Atherosclerosis</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A common variant in CCDC93 protects against myocardial infarction and cardiovascular mortality by regulating endosomal trafficking of low-density lipoprotein receptor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Rimbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Yulei Xia</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nawar Dalila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justina Wolters</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolette Huijkman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marieke Smit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cell.2019.10.034⟩</w:t>
+              <w:t xml:space="preserve">European Heart Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/eurheartj/ehz727⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02422749v1</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02422747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Future of Lipid-Lowering Therapy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Willemien Van Zwol</w:t>
+                <w:t xml:space="preserve">Use of plasma metabolomics to analyze phenotype-genotype relationships in young hypercholesterolemic females</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiang Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Rimbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Willem Balder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aeilko Having Zwinderman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Albert Kuivenhoven</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/jcm8071085⟩</w:t>
+              <w:t xml:space="preserve">Journal of Lipid Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 59 (11), pp.2174-2180. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1194/jlr.M088930⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02422745v1</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02422741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A common variant in CCDC93 protects against myocardial infarction and cardiovascular mortality by regulating endosomal trafficking of low-density lipoprotein receptor</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Genetics of syndromic and non-syndromic mitral valve prolapse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Le Tourneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Merot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Rimbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Marieke Smit</w:t>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solena Le Scouarnec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Probst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Heart Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/eurheartj/ehz727⟩</w:t>
+              <w:t xml:space="preserve">Heart</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 104 (12), pp.978-984. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/heartjnl-2017-312420⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02422747v1</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04754059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of plasma metabolomics to analyze phenotype-genotype relationships in young hypercholesterolemic females</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Identification of novel APOB mutations by targeted next-generation sequencing for the molecular diagnosis of familial hypobetalipoproteinemia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Rimbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jan Albert Kuivenhoven</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Pichelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Lecointe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Marrec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solena Le Scouarnec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Lipid Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1194/jlr.M088930⟩</w:t>
+              <w:t xml:space="preserve">Atherosclerosis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Equipe 3 Equipe 4 Equipe 5, 250, pp.52--56. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.atherosclerosis.2016.04.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02422741v1</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01831745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetics of syndromic and non-syndromic mitral valve prolapse</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean Merot</w:t>
+                <w:t xml:space="preserve">Artériopathie et hétérogénéité artérielle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Gouëffic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-M. Davaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Merlini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Rimbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...240 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Hérisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Revue de Médecine Interne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 34 (1), pp.61-65. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.revmed.2012.10.364⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05361509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6322,173 +6123,173 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isolated prolapse of the posterior mitral valve leaflet: phenotypic refinement, heritability and genetic etiology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Rimbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Trujillano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Duval</w:t>
+                <w:t xml:space="preserve">Florence Kyndt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Trujillano</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Antoine Jobbé-Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04751125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MicroRNA-541-3p alters lipoproteins to reduce atherosclerosis by degrading Znf101 and Casz1 transcription factors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abulaish Ansari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6510,95 +6311,95 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liye Zhou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Binu Prakash</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bhargavi Gangula</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04759206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId253"/>
+      <w:footerReference w:type="default" r:id="rId251"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -6666,51 +6467,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="56CD2B52"/>
+    <w:nsid w:val="E239A59B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6897,51 +6698,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/antoine-rimbert" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2971-4926" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/193066904" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05500165v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wieneke Dijk" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Rimbert" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Sotin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Le May" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Cariou" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/ATVBAHA.125.323051" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05361347v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Molitor" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Labidi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Di Filippo" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nargab/lqaf070" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05361341v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Levy" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Janin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriane Marmontel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Fourier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Nony" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atherosclerosis.2025.120569" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489608v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boyan Zhang" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Loaiza" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Oldoni" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisanne Blauw" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cvr/cvaf254" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05361359v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lain&#233;" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolette Huijkman" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niels Kloosterhuis" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atherosclerosis.2025.119137" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05361367v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abulaish Ansari" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pradeep Kumar Yadav" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liye Zhou" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Binu Prakash" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laraib Ijaz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/jci.insight.182260." TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05361443v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Le May" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Ducheix" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11883-024-01264-w" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04751122v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fotios Barkas" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yusuf Ziya Sener" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pelin Arabacilar Golforoush" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azin Kheirkhah" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Rodriguez-Sanchez" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atherosclerosis.2024.117579" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04751124v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoke Ge" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bram Sl&#252;tter" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joost Lambooij" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enchen Zhou" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhixiong Ying" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2024.109830" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04751118v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Wargny" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhep.2024.09.009" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04474613v2" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Goronflot" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Boursier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Kab" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhep.2024.01.030" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04751117v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Swati Valmiki" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Laine" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jlr.2024.100659" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04509118v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meryl Roudaut" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Caillaud" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zied Souguir" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Bray" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Girardeau" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/btm2.10659" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529957v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Lorant" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Klein" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Gar&#231;on" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Frey" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trsl.2024.03.001" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05361515v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529967v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Umesh Tharehalli" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/MOL.0000000000000929" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05361638v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04208487v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Hendrix" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenina Kingma" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roelof Ottenhoff" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masoud Valiloo" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Svecla" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-40943-1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212334v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronika Myasoedova" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Camera" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Capoulade" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ehjcvp/pvad009" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04172500v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Vanhoye" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bardel" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Moulin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Rollat-Farnier" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trsl.2022.12.002" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212298v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Begu&#233;-Racap&#233;" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Vince" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scr.2023.103205" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04208496v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nada Maaziz" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Garrec" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Airaud" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Bob&#233;e" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Contentin" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes14051066" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03831077v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Di-Filippo Charcosset" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sander Kooijman" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Van Eenige" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/circulationaha.121.057978" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04060061v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouk Groenen" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Venetia Bazioti" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle van Zeventer" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lianmin Chen" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilde Groot" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atherosclerosis.2022.01.008" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04060049v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalid Al-Waili" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalid Al-Rasadi" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muna Al-Bulushi" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Habais" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdullah Al-Mujaini" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2022.886182" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04031832v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;na Karaghiannis" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darko Maric" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Buffet" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/blood-2022-163123" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03869113v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Patitucci" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scr.2022.102721" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04060055v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Morel" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Hostettler" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georg Spinner" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bourcier" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Pera" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jpm12091410" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03554168v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Zanoni" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grigorios Panteloglou" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaa Othman" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l T. Haas" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Meier" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCRESAHA.120.318141" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04060050v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Th&#233;drez" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Canac" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.xpro.2022.101680" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04060059v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willemien van Zwol" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Antoine Rimbert" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justina C Wolters" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marieke Smit" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent W Bloks" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hep.32709" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03659209v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Venet" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms23084281" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04060053v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristy R.C. Verzijl" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justina Wolters" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molmet.2022.101472" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03100949v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarra Smati" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jamacardio.2020.5341" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451184v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salam Idriss" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.stemcr.2021.10.004" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03105646v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dramane Coulibaly" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Marrec" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Pichelin" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/ATVBAHA.120.315491" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03100948v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Boullu" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diabet.2020.10.001" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04060048v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3324/haematol.2022.281698" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468286v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merel Hartgers" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurens Reeskamp" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan-Willem Balder" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/ATVBAHA.119.313470" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970789v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriaan van Der Graaf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annique Claringbould" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harm-Jan Westra" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Li" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-18716-x" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02422749v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haojie Yu" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Palmer" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takafumi Toyohara" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yulei Xia" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2019.10.034" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02422745v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willemien Van Zwol" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Kuivenhoven" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm8071085" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02422747v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nawar Dalila" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/eurheartj/ehz727" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02422741v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiang Zhang" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willem Balder" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aeilko Having Zwinderman" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Albert Kuivenhoven" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1194/jlr.M088930" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754059v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Le Tourneau" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Merot" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solena Le Scouarnec" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Probst" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/heartjnl-2017-312420" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01831745v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Lecointe" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atherosclerosis.2016.04.010" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05361509v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Gou&#235;ffic" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Davaine" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Merlini" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. H&#233;risson" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revmed.2012.10.364" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S526WHPV-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04751125v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Duval" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Trujillano" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Kyndt" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Jobb&#233;-Duval" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759206v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bhargavi Gangula" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/antoine-rimbert" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2971-4926" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/193066904" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05500165v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wieneke Dijk" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Rimbert" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Sotin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Le May" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Cariou" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/ATVBAHA.125.323051" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05361341v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Levy" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Janin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriane Marmontel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Fourier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Nony" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atherosclerosis.2025.120569" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489608v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boyan Zhang" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Loaiza" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Oldoni" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisanne Blauw" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cvr/cvaf254" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05361347v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Molitor" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Labidi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Di Filippo" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nargab/lqaf070" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05361359v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lain&#233;" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolette Huijkman" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niels Kloosterhuis" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atherosclerosis.2025.119137" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05361367v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abulaish Ansari" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pradeep Kumar Yadav" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liye Zhou" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Binu Prakash" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laraib Ijaz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/jci.insight.182260." TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05361443v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Ducheix" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11883-024-01264-w" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04751124v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoke Ge" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bram Sl&#252;tter" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joost Lambooij" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enchen Zhou" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhixiong Ying" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2024.109830" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04751117v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Swati Valmiki" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Laine" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jlr.2024.100659" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04474613v2" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Wargny" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Goronflot" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Boursier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Kab" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhep.2024.01.030" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04509118v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meryl Roudaut" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Caillaud" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zied Souguir" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Bray" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Girardeau" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/btm2.10659" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529957v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Lorant" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Klein" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Gar&#231;on" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Frey" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trsl.2024.03.001" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529967v2" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Umesh Tharehalli" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/MOL.0000000000000929" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05361515v2" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhep.2024.09.009" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04751122v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fotios Barkas" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yusuf Ziya Sener" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pelin Arabacilar Golforoush" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azin Kheirkhah" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Rodriguez-Sanchez" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atherosclerosis.2024.117579" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212334v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronika Myasoedova" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Camera" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Capoulade" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ehjcvp/pvad009" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04172500v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Vanhoye" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bardel" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Moulin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Rollat-Farnier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trsl.2022.12.002" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04208487v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Hendrix" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenina Kingma" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roelof Ottenhoff" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masoud Valiloo" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Svecla" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-40943-1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04208496v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nada Maaziz" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Garrec" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Airaud" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Bob&#233;e" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Contentin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes14051066" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212298v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Begu&#233;-Racap&#233;" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Vince" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scr.2023.103205" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04031832v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;na Karaghiannis" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darko Maric" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Buffet" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1182/blood-2022-163123" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03869113v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Patitucci" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Le May" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scr.2022.102721" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04060055v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Morel" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Hostettler" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georg Spinner" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bourcier" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Pera" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jpm12091410" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03554168v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Zanoni" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grigorios Panteloglou" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaa Othman" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l T. Haas" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Meier" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/CIRCRESAHA.120.318141" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04060059v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willemien van Zwol" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Antoine Rimbert" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justina C Wolters" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marieke Smit" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent W Bloks" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hep.32709" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03659209v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Venet" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms23084281" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04060050v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Th&#233;drez" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Canac" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.xpro.2022.101680" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04060061v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouk Groenen" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Venetia Bazioti" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle van Zeventer" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lianmin Chen" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilde Groot" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atherosclerosis.2022.01.008" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03831077v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Di-Filippo Charcosset" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sander Kooijman" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Van Eenige" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/circulationaha.121.057978" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04060049v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalid Al-Waili" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalid Al-Rasadi" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muna Al-Bulushi" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Habais" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdullah Al-Mujaini" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2022.886182" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04060053v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristy R.C. Verzijl" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justina Wolters" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molmet.2022.101472" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03100949v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarra Smati" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jamacardio.2020.5341" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03100948v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Boullu" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diabet.2020.10.001" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451184v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salam Idriss" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.stemcr.2021.10.004" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03105646v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dramane Coulibaly" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Marrec" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Pichelin" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/ATVBAHA.120.315491" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04060048v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3324/haematol.2022.281698" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02468286v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merel Hartgers" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurens Reeskamp" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan-Willem Balder" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/ATVBAHA.119.313470" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970789v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriaan van Der Graaf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annique Claringbould" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harm-Jan Westra" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Li" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-18716-x" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02422749v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haojie Yu" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Palmer" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takafumi Toyohara" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yulei Xia" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2019.10.034" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02422745v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willemien Van Zwol" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Kuivenhoven" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm8071085" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02422747v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nawar Dalila" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/eurheartj/ehz727" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02422741v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiang Zhang" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willem Balder" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aeilko Having Zwinderman" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Albert Kuivenhoven" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1194/jlr.M088930" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754059v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Le Tourneau" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Merot" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solena Le Scouarnec" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Probst" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/heartjnl-2017-312420" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01831745v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Lecointe" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atherosclerosis.2016.04.010" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05361509v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Gou&#235;ffic" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Davaine" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Merlini" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. H&#233;risson" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revmed.2012.10.364" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S526WHPV-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04751125v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Duval" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Trujillano" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Kyndt" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Jobb&#233;-Duval" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04759206v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bhargavi Gangula" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>