--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -766,277 +766,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">ineris-01854212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets de polluants émergents seuls ou en mélange sur le développement embryo-larvaire et la métamorphose de l’huître creuse, Crassostrea gigas</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Évaluation de la sensibilité des organismes et de la toxicité de polluants émergents seuls ou en mélange lors d’expositions aiguës</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katherine Costil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Di Poi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Serpentini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Dubreule</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Tanguy</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Antoine Serpentini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12ème colloque du Réseau ÉcoBIM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2016, Le Havre, France</w:t>
+              <w:t xml:space="preserve">FORUM ECO-TOX de Rovaltain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Alixan, Oct 2016, Valence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04777006v1</w:t>
+                <w:t xml:space="preserve">hal-04776997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évaluation de la sensibilité des organismes et de la toxicité de polluants émergents seuls ou en mélange lors d’expositions aiguës</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effets de polluants émergents seuls ou en mélange sur le développement embryo-larvaire et la métamorphose de l’huître creuse, Crassostrea gigas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Di Poi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Dubreule</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Tanguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Lebel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Serpentini</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Camille Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FORUM ECO-TOX de Rovaltain</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Alixan, Oct 2016, Valence, France</w:t>
+              <w:t xml:space="preserve">12ème colloque du Réseau ÉcoBIM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Le Havre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04776997v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04777006v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of herbicides on the Pacific oyster, Crassostrea gigas using the embryo-larval and metamorphosis assays - Forum Pegaseas -Science et gouvernance de l’écosystème de la Manche</w:t>
               </w:r>
@@ -1186,51 +1186,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Kientz-Bouchart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Serpentini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Lebel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Awadhesh Jha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1432,191 +1432,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04542022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects on Growth of Juvenile Abalones Haliotis tuberculata Under Chronic Exposition to Metals Released from the Dissolution of an Aluminium-Based Galvanic Anode</w:t>
+                <w:t xml:space="preserve">Impact assessment of metals realeased by aluminium-based galvanic anode on the physiology of the abalone Haliotis tuberculata in controlled conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Alexandre Levallois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Laureen Nivelais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Levallois</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Caplat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Lebel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Basuyaux</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Lebel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archives of Environmental Contamination and Toxicology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 84 (1), pp.32-44. </w:t>
+              <w:t xml:space="preserve">Ecotoxicology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 32 (4), pp.438-450. </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00244-022-00975-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10646-023-02652-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04008377v1</w:t>
+                <w:t xml:space="preserve">hal-04196506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparative effects of trace metal elements released from dissolution of aluminum-based galvanic anodes, aluminum chloride, zinc chloride, and their mixture on the development of the Pacific oyster D-larvae, Crassostrea gigas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Levallois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katherine Costil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1624,51 +1624,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Caplat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Basuyaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Lebel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 30 (45), pp.101535-101545. </w:t>
@@ -1700,191 +1700,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04754385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact assessment of metals realeased by aluminium-based galvanic anode on the physiology of the abalone Haliotis tuberculata in controlled conditions</w:t>
+                <w:t xml:space="preserve">Effects on Growth of Juvenile Abalones Haliotis tuberculata Under Chronic Exposition to Metals Released from the Dissolution of an Aluminium-Based Galvanic Anode</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Laureen Nivelais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Alexandre Levallois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Basuyaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katherine Costil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Lebel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Basuyaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecotoxicology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 32 (4), pp.438-450. </w:t>
+              <w:t xml:space="preserve">Archives of Environmental Contamination and Toxicology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 84 (1), pp.32-44. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10646-023-02652-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00244-022-00975-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04196506v1</w:t>
+                <w:t xml:space="preserve">hal-04008377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aluminium-based galvanic anode impacts the photosynthesis of microphytobenthos and supports the bioaccumulation of metals released</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Levallois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Vivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1974,90 +1974,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of chronic exposure of metals released from the dissolution of an aluminium galvanic anode on the Pacific oyster Crassostrea gigas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Levallois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Caplat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Basuyaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Lebel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Laisney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2160,51 +2160,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorna Dallas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adèle James</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Lebel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fish and Shellfish Immunology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 100, pp.1-8. </w:t>
@@ -2268,51 +2268,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R Ladhar-Chaabouni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T Houel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Lebel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Hamza-Chaffai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2366,307 +2366,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02278001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing the impacts of several algae-based diets on cultured European abalone (Haliotis tuberculata)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Regulation of extracellular matrix synthesis by shell extracts from the marine bivalve Pecten maximus in human articular chondrocytes - Application for cartilage engineering.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Louis Blin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Katherine Costil</w:t>
+                <w:t xml:space="preserve">Mouloud Bouyoucef</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Richard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Lebel</w:t>
+                <w:t xml:space="preserve">Rodolphe Rakic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tangni Gómez-Leduc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Latire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Marin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aquatic Living Resources</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/alr/2018018⟩</w:t>
+              <w:t xml:space="preserve">Marine Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 20 (4), pp.436-450. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10126-018-9807-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02277570v1</w:t>
+                <w:t xml:space="preserve">hal-01861438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regulation of extracellular matrix synthesis by shell extracts from the marine bivalve Pecten maximus in human articular chondrocytes - Application for cartilage engineering.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Rodolphe Rakic</w:t>
+                <w:t xml:space="preserve">Assessing the impacts of several algae-based diets on cultured European abalone (Haliotis tuberculata)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Basuyaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tangni Gómez-Leduc</w:t>
+                <w:t xml:space="preserve">Jean-Louis Blin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katherine Costil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Latire</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Marin</w:t>
+                <w:t xml:space="preserve">Olivier Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Lebel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Biotechnology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Aquatic Living Resources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 31, pp.28. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/alr/2018018⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10126-018-9807-7⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01861438v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02277570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sub-lethal effects of a glyphosate-based commercial formulation and adjuvants on juvenile oysters ( Crassostrea gigas ) exposed for 35 days</w:t>
               </w:r>
@@ -2786,90 +2786,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shell extracts of the edible mussel and oyster induce an enhancement of the catabolic pathway of human skin fibroblasts, in vitro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Latire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Legendre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouloud Bouyoucef</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Marin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Carreiras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2972,51 +2972,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Serpentini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sahar Karray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Lebel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cytotechnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 69 (2), pp.191-200. </w:t>
@@ -3495,51 +3495,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monia Machreki-Ajmi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Serpentini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Lebel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amel Hamza-Chaffai</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3638,51 +3638,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katherine Costil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Bureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Lebel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aquatic Toxicology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 153, pp.3 - 11. </w:t>
@@ -3714,1195 +3714,1195 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01800718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of acute exposures to mecoprop, mecoprop-p and their biodegradation product (2-MCP) on the larval stages of the Pacific oyster, Crassostrea gigas</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Antoine Mottier</w:t>
+                <w:t xml:space="preserve">Toxicity of five antidepressant drugs on embryo-larval development and metamorphosis success in the Pacific oyster, Crassostrea gigas.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Di Poi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Bouchart</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christelle Dubreule</w:t>
+                <w:t xml:space="preserve">A. Evariste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Serpentini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean Marc Lebel</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Halm-Lemeille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Lebel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aquatic Toxicology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 21,, pp.13302-13314</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02277630v1</w:t>
+                <w:t xml:space="preserve">hal-01116464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acute toxicity of 8 antidepressants: What are their modes of action?</w:t>
+                <w:t xml:space="preserve">Comparison of the sensitivity of seven marine and freshwater bioassays as regards antidepressant toxicity assessment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Minguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Di Poi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Farcy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Ballandonne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Farcy</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Antoine Serpentini</w:t>
+                <w:t xml:space="preserve">Amira Benchouala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemosphere</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2014.01.057⟩</w:t>
+              <w:t xml:space="preserve">Ecotoxicology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 23 (9), pp.1744 - 1754. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10646-014-1339-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01800717v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01775302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hemocyte morphology and phagocytic activity in the common cuttlefish (Sepia officinalis).</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Lebel</w:t>
+                <w:t xml:space="preserve">Acute toxicity of 8 antidepressants: What are their modes of action?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Minguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Farcy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Ballandonne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Lepailleur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Serpentini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fish and Shellfish Immunology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.fsi.2014.07.020⟩</w:t>
+              <w:t xml:space="preserve">Chemosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 108, pp.314 - 319. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2014.01.057⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01062067v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01800717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shell Extracts from the Marine Bivalve Pecten maximus Regulate the Synthesis of Extracellular Matrix in Primary Cultured Human Skin Fibroblasts</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sabrina Kellouche</w:t>
+                <w:t xml:space="preserve">Hemocyte morphology and phagocytic activity in the common cuttlefish (Sepia officinalis).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Le Pabic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Goux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryline Guillamin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Safi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Lebel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0099931⟩</w:t>
+              <w:t xml:space="preserve">Fish and Shellfish Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 40 (2), pp.362-373. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.fsi.2014.07.020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01366292v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01062067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of the sensitivity of seven marine and freshwater bioassays as regards antidepressant toxicity assessment</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Amira Benchouala</w:t>
+                <w:t xml:space="preserve">Effects of acute exposures to mecoprop, mecoprop-p and their biodegradation product (2-MCP) on the larval stages of the Pacific oyster, Crassostrea gigas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Mottier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Bouchart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Dubreule</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Serpentini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Marc Lebel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecotoxicology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10646-014-1339-y⟩</w:t>
+              <w:t xml:space="preserve">Aquatic Toxicology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 146, pp.165-175. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.aquatox.2013.11.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01775302v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02277630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toxicity of five antidepressant drugs on embryo-larval development and metamorphosis success in the Pacific oyster, Crassostrea gigas.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Lebel</w:t>
+                <w:t xml:space="preserve">Shell Extracts from the Marine Bivalve Pecten maximus Regulate the Synthesis of Extracellular Matrix in Primary Cultured Human Skin Fibroblasts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Latire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Legendre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bigot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Carduner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Kellouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 9 (6), pp.e99931. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0099931⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01116464v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01366292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The effect of different polychlorinated biphenyls on two aquatic models, the green alga Pseudokirchneriella subcapitata and the haemocytes from the European abalone Haliotis tuberculata</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">In vitro effect of five pharmaceuticals on the viability of the European abalone hemocytes, Haliotis tuberculata</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Letullier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Minguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Costil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Pierre Halm-Lemeille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Katherine Costil</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-M. Lebel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemosphere</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2014.02.023⟩</w:t>
+              <w:t xml:space="preserve">Journal of Xenobiotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 4 (2), pp.1148-1155. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4081/xeno.2014.4900⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01076671v1</w:t>
+                <w:t xml:space="preserve">hal-02364713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In vitro effect of five pharmaceuticals on the viability of the European abalone hemocytes, Haliotis tuberculata</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A. Letullier</w:t>
+                <w:t xml:space="preserve">The effect of different polychlorinated biphenyls on two aquatic models, the green alga Pseudokirchneriella subcapitata and the haemocytes from the European abalone Haliotis tuberculata</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Halm-Lemeille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Minguez</w:t>
+                <w:t xml:space="preserve">Abbaszadeh Fard Elham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Latire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Costil</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">J.-M. Lebel</w:t>
+                <w:t xml:space="preserve">Jean-Francois Ferard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katherine Costil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Xenobiotics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Chemosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 110, pp.120-128. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2014.02.023⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4081/xeno.2014.4900⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02364713v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01076671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prophenoloxidase system, lysozyme and protease inhibitor distribution in the common cuttlefish Sepia officinalis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Le Pabic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Safi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Serpentini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Lebel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5005,51 +5005,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Mottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noussithé Kouéta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Lebel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cytotechnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 65 (5), pp.673-689. </w:t>
@@ -5259,51 +5259,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elmina Mottin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Caplat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Latire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Mottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5373,465 +5373,465 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02314104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The shell matrix of the pulmonate land snail Helix aspersa maxima.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Gilles Luquet</w:t>
+                <w:t xml:space="preserve">Responses of primary cultured haemocytes from the marine gastropod Haliotis tuberculata under 10-day exposure to cadmium chloride</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Latire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Le Pabic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elmina Mottin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Mottier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katherine Costil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comparative Biochemistry and Physiology - Part B: Biochemistry and Molecular Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cbpb.2011.12.003⟩</w:t>
+              <w:t xml:space="preserve">Aquatic Toxicology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 109, pp.213-221. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.aquatox.2011.09.017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00672366v1</w:t>
+                <w:t xml:space="preserve">hal-02278077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of a Sacrificial Anode as Assessed by Zinc Accumulation in Different Organs of the Oyster &amp;lt;i&amp;gt;Crassostrea gigas&amp;lt;/i&amp;gt;: Results from Long- and Short-Term Laboratory Tests</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Caplat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elmina Mottin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Lebel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Serpentini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Barillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archives of Environmental Contamination and Toxicology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 62 (4), pp.638-649. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00244-011-9737-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02314103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Responses of primary cultured haemocytes from the marine gastropod Haliotis tuberculata under 10-day exposure to cadmium chloride</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Katherine Costil</w:t>
+                <w:t xml:space="preserve">The shell matrix of the pulmonate land snail Helix aspersa maxima.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Pavat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Zanella-Cléon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Becchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davorin Medakovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Luquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aquatic Toxicology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 109, pp.213-221. </w:t>
+              <w:t xml:space="preserve">Comparative Biochemistry and Physiology - Part B: Biochemistry and Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 161 (4), pp.303-314. </w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.aquatox.2011.09.017⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cbpb.2011.12.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02278077v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00672366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of a Non-fibrillar-Related Collagen in the Mollusc Haliotis tuberculata and its Biological Activity on Human Dermal Fibroblasts</w:t>
               </w:r>
@@ -6015,51 +6015,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laure Mahaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katherine Costil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Barillier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fish and Shellfish Immunology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 29 (5), pp.846-853. </w:t>
@@ -6103,295 +6103,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02278080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shell repair process in the green ormer Haliotis tuberculata: a histological and microstructural study.</w:t>
+                <w:t xml:space="preserve">Shell repair process in the green ormer Haliotis tuberculata: A histological and microstructural study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Fleury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Marie</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Gilles Luquet</w:t>
+                <w:t xml:space="preserve">F. Marin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Thomas</w:t>
+                <w:t xml:space="preserve">B. Marie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Luquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tissue and Cell</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 40 (3), pp.207-218. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.tice.2007.12.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00275440v1</w:t>
+                <w:t xml:space="preserve">hal-02278088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shell repair process in the green ormer Haliotis tuberculata: A histological and microstructural study</w:t>
+                <w:t xml:space="preserve">Shell repair process in the green ormer Haliotis tuberculata: a histological and microstructural study.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Fleury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">B. Marie</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Marin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Luquet</w:t>
+                <w:t xml:space="preserve">Benjamin Marie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Luquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Thomas</w:t>
+                <w:t xml:space="preserve">Jérôme Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tissue and Cell</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 40 (3), pp.207-218. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.tice.2007.12.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02278088v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00275440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preliminary Study of the Effects of Commercial Lactobacilli Preparations on Digestive Metabolism of Juvenile Sea Bass &amp;lt;i&amp;gt;(Dicentrarchus labrax)&amp;lt;/i&amp;gt;</w:t>
               </w:r>
@@ -6511,90 +6511,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of cDNAs encoding HSP70 and HSP90 in the abalone Haliotis tuberculata: Transcriptional induction in response to thermal stress in hemocyte primary culture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Farcy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Serpentini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Fiévet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Lebel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comparative Biochemistry and Physiology - Part B: Biochemistry and Molecular Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 146 (4), pp.540-550. </w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7478,51 +7478,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biomonitoring of the water masses in Normandy, France by using the introduced brackish mussel, Mytilopsis leucophaeata</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katherine Costil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Levallois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7590,90 +7590,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects on growth of juvenile abalone Haliotis tuberculata under chronic exposure to metals released from the dissolution of an aluminum-based galvanic anode</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Levallois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Levallois</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Laureen Nivelais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Basuyaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Lebel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katherine Costil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7715,51 +7715,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bioaccumulation of metals released from the dissolution of an aluminium galvanic anode and potential effects on the pacific oyster Crassostrea gigas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Levallois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Caplat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8009,51 +8009,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326135v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine Costil" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Serpentini" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gu&#233;gan" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Boisserie" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Caplat" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-90050-1_6" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05133465v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Guegan" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Coulaud" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Caplat" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Serpentini" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04291090v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Costil" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Gu&#233;gan" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Serpentini" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Roger" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424604v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Xuereb" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khedidja Abbaci" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Amara" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Auffret" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bado-Nilles" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01854212v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rioult" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Gagnaire" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04777006v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Di Poi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Dubreule" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Tanguy" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Lebel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04776997v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04773432v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mottier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Seguin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Kientz-Bouchart" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04804840v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Mottier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Awadhesh Jha" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04542022v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Slaby" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Geffard" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Fisson" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Bonnevalle-Normand" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Allonier-Fernandes" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2024.120784" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04008377v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laureen Nivelais" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Levallois" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Basuyaux" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00244-022-00975-y" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754385v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-023-29566-7" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196506v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10646-023-02652-9" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196500v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Vivier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Goux" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Orvain" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2023.106501" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03706222v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Laisney" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2022.106223" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02904691v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorna Dallas" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le James" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fsi.2020.02.058" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278001v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Ladhar-Chaabouni" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Houel" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Hamza-Chaffai" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25431/1824-307X/isj.v0i0.1-7" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277570v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Blin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Richard" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/alr/2018018" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-KT6ZJQ63-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861438v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouloud Bouyoucef" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Rakic" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tangni G&#243;mez-Leduc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Latire" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Marin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10126-018-9807-7" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277666v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis S&#233;guin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Perron" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Lebel" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2017.02.028" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588926v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Legendre" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Carreiras" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10616-017-0096-1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278019v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Ladhar-Chaabouni" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Houel" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahar Karray" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10616-016-0050-7" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01299737v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. S&#233;guin" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Lebel" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Menet-Nedelec" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2016.02.068" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277620v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauris Evariste" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie P&#233;delucq" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-014-3702-1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277641v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Devos" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Le Pabic" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Voiseux" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2014.10.026" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278061v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monia Machreki-Ajmi" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Hamza-Chaffai" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-014-3387-5" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01800718v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Minguez" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Halm-Lemeille" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Bureau" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2013.10.020" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277630v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bouchart" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2013.11.008" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W8HC2Z8G-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01800717v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Farcy" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Ballandonne" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Lepailleur" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2014.01.057" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F6M0NVJ7-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01062067v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Guillamin" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Safi" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fsi.2014.07.020" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01366292v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bigot" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Carduner" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Kellouche" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0099931" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01775302v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Benchouala" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10646-014-1339-y" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116464v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Evariste" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076671v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abbaszadeh Fard Elham" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Ferard" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2014.02.023" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KJSRVXQ6-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02364713v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Letullier" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Minguez" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Costil" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Lebel" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4081/xeno.2014.4900" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00994223v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Robin" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cbpb.2014.04.009" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277648v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noussith&#233; Kou&#233;ta" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10616-013-9610-2" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277628v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Kientz-Bouchart" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2012.12.002" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R56P8GK2-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02314104v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elmina Mottin" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Mahaut" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2012.06.017" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DLJ91VHG-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00672366v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Pavat" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Zanella-Cl&#233;on" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Becchi" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davorin Medakovic" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Luquet" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cbpb.2011.12.003" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JMQFZQNT-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02314103v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Barillier" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00244-011-9737-0" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-54S128BX-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278077v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2011.09.017" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G3GFC789-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278079v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Fleury" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalini Kypriotou" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Renard" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gal&#233;ra" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10126-011-9364-9" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-5NHNC0TP-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278080v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fsi.2010.07.022" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M4J0KB10-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00275440v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fleury" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Marie" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Thomas" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tice.2007.12.002" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278088v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Marin" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Marie" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Luquet" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Thomas" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278091v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Frou&#235;l" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Le Bihan" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Kou&#233;ta" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000106088" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278095v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Fi&#233;vet" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cbpb.2006.12.006" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F0T4DVS9-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278097v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M Poncet" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Boucaud-Camou" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M Lebel" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0011-2240(02)00001-9" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TVXNFS79-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278184v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghayor Chaffic" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hebert Virginie" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Pujol" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278139v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Poncet" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Thiebot" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Villers" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bocquet Jean" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/PL00021685" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-0WTV7QLD-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04246317v2" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Xuereb" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Abbaci" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Auffret" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bado-Nilles" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04246387v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04342861v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891759v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Muller" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaspard Conseil" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Chapuis" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03897959v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04008578v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326135v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine Costil" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Serpentini" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gu&#233;gan" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Boisserie" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Caplat" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-90050-1_6" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05133465v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Guegan" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Coulaud" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Caplat" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Serpentini" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04291090v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Costil" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Gu&#233;gan" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Serpentini" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Roger" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04424604v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Xuereb" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khedidja Abbaci" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Amara" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Auffret" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bado-Nilles" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ineris.hal.science/ineris-01854212v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Rioult" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Gagnaire" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04776997v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Di Poi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Dubreule" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Tanguy" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04777006v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Lebel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04773432v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mottier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Seguin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Kientz-Bouchart" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04804840v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Mottier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Awadhesh Jha" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04542022v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Slaby" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Geffard" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Fisson" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Bonnevalle-Normand" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Allonier-Fernandes" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2024.120784" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196506v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Levallois" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laureen Nivelais" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Basuyaux" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10646-023-02652-9" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754385v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-023-29566-7" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04008377v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00244-022-00975-y" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196500v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Vivier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Goux" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Orvain" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2023.106501" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03706222v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Laisney" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2022.106223" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02904691v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorna Dallas" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le James" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fsi.2020.02.058" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278001v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Ladhar-Chaabouni" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Houel" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Hamza-Chaffai" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25431/1824-307X/isj.v0i0.1-7" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861438v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouloud Bouyoucef" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Rakic" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tangni G&#243;mez-Leduc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Latire" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Marin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10126-018-9807-7" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277570v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Blin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Richard" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/alr/2018018" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-KT6ZJQ63-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277666v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis S&#233;guin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Perron" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Lebel" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2017.02.028" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588926v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Legendre" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Carreiras" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10616-017-0096-1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278019v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Ladhar-Chaabouni" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Houel" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahar Karray" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10616-016-0050-7" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01299737v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. S&#233;guin" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Lebel" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Menet-Nedelec" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2016.02.068" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277620v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauris Evariste" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie P&#233;delucq" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-014-3702-1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277641v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Devos" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Le Pabic" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Voiseux" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2014.10.026" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278061v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monia Machreki-Ajmi" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Hamza-Chaffai" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-014-3387-5" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01800718v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Minguez" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Halm-Lemeille" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Bureau" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2013.10.020" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116464v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Evariste" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01775302v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Farcy" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Ballandonne" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Benchouala" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10646-014-1339-y" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01800717v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Lepailleur" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2014.01.057" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F6M0NVJ7-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01062067v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Guillamin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Safi" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fsi.2014.07.020" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277630v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bouchart" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2013.11.008" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W8HC2Z8G-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01366292v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bigot" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Carduner" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Kellouche" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0099931" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02364713v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Letullier" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Minguez" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Costil" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Lebel" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4081/xeno.2014.4900" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076671v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abbaszadeh Fard Elham" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Ferard" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2014.02.023" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KJSRVXQ6-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00994223v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Robin" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cbpb.2014.04.009" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277648v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noussith&#233; Kou&#233;ta" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10616-013-9610-2" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277628v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Kientz-Bouchart" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2012.12.002" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R56P8GK2-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02314104v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elmina Mottin" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Mahaut" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2012.06.017" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DLJ91VHG-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278077v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2011.09.017" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G3GFC789-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02314103v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Barillier" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00244-011-9737-0" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-54S128BX-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00672366v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Pavat" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Zanella-Cl&#233;on" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Becchi" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davorin Medakovic" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Luquet" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cbpb.2011.12.003" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JMQFZQNT-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278079v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Fleury" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalini Kypriotou" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Renard" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gal&#233;ra" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10126-011-9364-9" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-5NHNC0TP-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278080v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fsi.2010.07.022" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M4J0KB10-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278088v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fleury" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Marin" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Marie" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Luquet" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Thomas" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tice.2007.12.002" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00275440v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Marie" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Thomas" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278091v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Frou&#235;l" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Le Bihan" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Kou&#233;ta" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000106088" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278095v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Fi&#233;vet" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cbpb.2006.12.006" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F0T4DVS9-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278097v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M Poncet" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Boucaud-Camou" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M Lebel" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0011-2240(02)00001-9" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TVXNFS79-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278184v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghayor Chaffic" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hebert Virginie" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Pujol" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278139v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Poncet" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Thiebot" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Villers" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bocquet Jean" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/PL00021685" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-0WTV7QLD-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04246317v2" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Xuereb" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Abbaci" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Auffret" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bado-Nilles" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04246387v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04342861v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891759v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Muller" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaspard Conseil" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Chapuis" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03897959v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04008578v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>