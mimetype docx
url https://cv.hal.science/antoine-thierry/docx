--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -100,161 +100,161 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of Reduced Dialysate Flow on Dialysis Adequacy: A Pilot Study</w:t>
+                <w:t xml:space="preserve">Outcomes After Kidney Transplantation in Antiglomerular Basement Membrane Disease</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed Belmouaz</w:t>
+                <w:t xml:space="preserve">Priscille Traversat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charles Dibon</w:t>
+                <w:t xml:space="preserve">Marine Dekervel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Philippe Devaux</w:t>
+                <w:t xml:space="preserve">Christophe Masset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Duthe</w:t>
+                <w:t xml:space="preserve">Dominique Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Wong-Cheng</w:t>
+                <w:t xml:space="preserve">Léonard Golbin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Blood Purification</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 55 (2), pp.138-147. </w:t>
+              <w:t xml:space="preserve">Kidney International Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 10 (9), pp.3150 - 3163. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1159/000549110⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ekir.2025.06.021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05527786v1</w:t>
+                <w:t xml:space="preserve">hal-05319769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Association between mycophenolic acid treatment and infection with specific strains of Pneumocystis jirovecii in solid organ transplant recipients in France and Switzerland: a multicentre, retrospective, cross-sectional study</w:t>
               </w:r>
@@ -368,161 +368,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05217817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Outcomes After Kidney Transplantation in Antiglomerular Basement Membrane Disease</w:t>
+                <w:t xml:space="preserve">Effect of Reduced Dialysate Flow on Dialysis Adequacy: A Pilot Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Priscille Traversat</w:t>
+                <w:t xml:space="preserve">Mohamed Belmouaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marine Dekervel</w:t>
+                <w:t xml:space="preserve">Charles Dibon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Masset</w:t>
+                <w:t xml:space="preserve">Jean-Philippe Devaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Bertrand</w:t>
+                <w:t xml:space="preserve">Fabien Duthe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léonard Golbin</w:t>
+                <w:t xml:space="preserve">Romain Wong-Cheng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kidney International Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 10 (9), pp.3150 - 3163. </w:t>
+              <w:t xml:space="preserve">Blood Purification</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 55 (2), pp.138-147. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ekir.2025.06.021⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1159/000549110⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05319769v1</w:t>
+                <w:t xml:space="preserve">hal-05527786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Innovative Trajectory Analysis Reveals Dynamics and Risk Factors of Post‐Kidney Transplant Diabetes Mellitus in a French Cohort</w:t>
               </w:r>
@@ -642,90 +642,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Outcomes After Kidney Transplantation in Antineutrophil Cytoplasmic Autoantibody–Associated Renal Vasculitis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Dekervel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscille Traversat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gatault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léonard Golbin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Thierry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -770,459 +770,459 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05488918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gestion du traitement immunosuppresseur après arrêt fonctionnel du greffon rénal : résultats d’une enquête de pratique parmi les néphrologues francophones</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The Cost-effectiveness of Valganciclovir Prophylaxis Versus Preemptive Therapy in CMV R+ Kidney Transplant Recipients over the First Year Posttransplantation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marine Freist</w:t>
+                <w:t xml:space="preserve">Claire Villeneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Reydit</w:t>
+                <w:t xml:space="preserve">Jean-Phillipe Rerolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Bouquegneau</w:t>
+                <w:t xml:space="preserve">Lionel Couzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Fournier</w:t>
+                <w:t xml:space="preserve">Pierre-Francois Westeel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Néphrologie &amp; Thérapeutique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1684/ndt.2024.79⟩</w:t>
+              <w:t xml:space="preserve">Transplantation Direct</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 10 (8), pp.e1678. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/TXD.0000000000001678⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04913203v1</w:t>
+                <w:t xml:space="preserve">hal-04911777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prophylactic treatment of FSGS recurrence in patients who relapsed on a previous kidney graft</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Charlotte Uro-Coste</w:t>
+                <w:t xml:space="preserve">Gestion du traitement immunosuppresseur après arrêt fonctionnel du greffon rénal : résultats d’une enquête de pratique parmi les néphrologues francophones</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Garrouste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Lambert</w:t>
+                <w:t xml:space="preserve">Marine Freist</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Audard</w:t>
+                <w:t xml:space="preserve">Mathilde Reydit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lionel Couzi</w:t>
+                <w:t xml:space="preserve">Antoine Bouquegneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Caillard</w:t>
+                <w:t xml:space="preserve">Thomas Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nephrology Dialysis Transplantation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 40 (3), pp.475-483. </w:t>
+              <w:t xml:space="preserve">Néphrologie &amp; Thérapeutique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 20 (3), pp.1-10. </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/ndt/gfae108⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1684/ndt.2024.79⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04885610v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04913203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Cost-effectiveness of Valganciclovir Prophylaxis Versus Preemptive Therapy in CMV R+ Kidney Transplant Recipients over the First Year Posttransplantation</w:t>
+                <w:t xml:space="preserve">Prophylactic treatment of FSGS recurrence in patients who relapsed on a previous kidney graft</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Villeneuve</w:t>
+                <w:t xml:space="preserve">Charlotte Uro-Coste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Phillipe Rerolle</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId48" w:history="1">
+                <w:t xml:space="preserve">Céline Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Audard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Couzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Etienne</w:t>
+                <w:t xml:space="preserve">Sophie Caillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transplantation Direct</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 10 (8), pp.e1678. </w:t>
+              <w:t xml:space="preserve">Nephrology Dialysis Transplantation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 40 (3), pp.475-483. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1097/TXD.0000000000001678⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/ndt/gfae108⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04911777v1</w:t>
+                <w:t xml:space="preserve">hal-04885610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Better Rejection-Free Survival at Three Years in Kidney Transplant Recipients With Model-Informed Precision Dosing of Mycophenolate Mofetil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Villeneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Humeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1230,51 +1230,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Monchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Labriffe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Phillipe Rerolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Clinical Pharmacology and Therapeutics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 116 (2), pp.351 - 362. </w:t>
@@ -1440,538 +1440,538 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04769399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonskeletal and skeletal effects of high doses versus low doses of vitamin D3 in renal transplant recipients: Results of the VITALE (VITamin D supplementation in renAL transplant recipients) study, a randomized clinical trial</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Imlifidase for Kidney Transplantation of Highly Sensitized Patients With a Positive Crossmatch: The French Consensus Guidelines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Couzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Courbebaisse</w:t>
+                <w:t xml:space="preserve">P. Malvezzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurelie Bourmaud</w:t>
+                <w:t xml:space="preserve">Lucile Amrouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Claude Souberbielle</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Valérie Moal</w:t>
+                <w:t xml:space="preserve">Dany Anglicheau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Blancho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Transplantation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ajt.2022.12.007⟩</w:t>
+              <w:t xml:space="preserve">Transplant International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 36, pp.11244. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/ti.2023.11244⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-04099000v1</w:t>
+                <w:t xml:space="preserve">hal-04709070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imlifidase for Kidney Transplantation of Highly Sensitized Patients With a Positive Crossmatch: The French Consensus Guidelines</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lionel Couzi</w:t>
+                <w:t xml:space="preserve">Early activation and recruitment of invariant natural killer T cells during liver ischemia-reperfusion: the major role of the alarmin interleukin-33</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Mackowiak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Malvezzi</w:t>
+                <w:t xml:space="preserve">Romain Bost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucile Amrouche</w:t>
+                <w:t xml:space="preserve">Fanny Dujardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dany Anglicheau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Gilles Blancho</w:t>
+                <w:t xml:space="preserve">Alice Barbarin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transplant International</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 36, pp.11244. </w:t>
+              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14, </w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/ti.2023.11244⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fimmu.2023.1099529⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04709070v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04249259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Early activation and recruitment of invariant natural killer T cells during liver ischemia-reperfusion: the major role of the alarmin interleukin-33</w:t>
+                <w:t xml:space="preserve">Nonskeletal and skeletal effects of high doses versus low doses of vitamin D3 in renal transplant recipients: Results of the VITALE (VITamin D supplementation in renAL transplant recipients) study, a randomized clinical trial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Robin</w:t>
+                <w:t xml:space="preserve">Marie Courbebaisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Mackowiak</w:t>
+                <w:t xml:space="preserve">Aurelie Bourmaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Bost</w:t>
+                <w:t xml:space="preserve">Jean-Claude Souberbielle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fanny Dujardin</w:t>
+                <w:t xml:space="preserve">Rebecca Sberro-Soussan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alice Barbarin</w:t>
+                <w:t xml:space="preserve">Valérie Moal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 14, </w:t>
+              <w:t xml:space="preserve">American Journal of Transplantation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 23 (3), pp.366-376. </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fimmu.2023.1099529⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ajt.2022.12.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04249259v1</w:t>
+                <w:t xml:space="preserve">inserm-04099000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Early activation and recruitment of invariant natural killer T cells during liver ischemia-reperfusion: the major role of the alarmin interleukin-33</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Mackowiak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Bost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Dujardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Barbarin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Immunology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 14, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fimmu.2023.1099529⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05523287v1</w:t>
@@ -2008,64 +2008,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Noelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Mayet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Couzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2110,442 +2110,442 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04888758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Signalement des violences conjugales aux urgences d’un centre hospitalier universitaire</w:t>
+                <w:t xml:space="preserve">Paving the Way for Personalized Medicine in First Kidney Transplantation: Interest of a Creatininemia Latent Class Analysis in Early Post-transplantation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Edange</w:t>
+                <w:t xml:space="preserve">Héloïse Ducousso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. El Adli</w:t>
+                <w:t xml:space="preserve">Maxime Vallée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Thierry</w:t>
+                <w:t xml:space="preserve">Thomas Kerforne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Gennai</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ines Castilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Duthe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales françaises de médecine d'urgence</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 13 (1), pp.3-9. </w:t>
+              <w:t xml:space="preserve">Transplant International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 36, </w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3166/afmu-2022-0467⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/ti.2023.10685⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04049992v1</w:t>
+                <w:t xml:space="preserve">hal-05191570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tacrolimus Exposure Before and After a Switch From Twice-Daily Immediate-Release to Once-Daily Prolonged Release Tacrolimus: The ENVARSWITCH Study</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Signalement des violences conjugales aux urgences d’un centre hospitalier universitaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Baptiste Woillard</w:t>
+                <w:t xml:space="preserve">C. Edange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sabrina Crépin</w:t>
+                <w:t xml:space="preserve">A. El Adli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Naïma Tafzi</w:t>
+                <w:t xml:space="preserve">A. Thierry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludovic Micallef</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">S. Gennai</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transplant International</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 36, </w:t>
+              <w:t xml:space="preserve">Annales françaises de médecine d'urgence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (1), pp.3-9. </w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/ti.2023.11366⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3166/afmu-2022-0467⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04182787v1</w:t>
+                <w:t xml:space="preserve">hal-04049992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paving the Way for Personalized Medicine in First Kidney Transplantation: Interest of a Creatininemia Latent Class Analysis in Early Post-transplantation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Tacrolimus Exposure Before and After a Switch From Twice-Daily Immediate-Release to Once-Daily Prolonged Release Tacrolimus: The ENVARSWITCH Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Monchaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Héloïse Ducousso</w:t>
+                <w:t xml:space="preserve">Jean-Baptiste Woillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Vallée</w:t>
+                <w:t xml:space="preserve">Sabrina Crépin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Kerforne</w:t>
+                <w:t xml:space="preserve">Naïma Tafzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ines Castilla</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fabien Duthe</w:t>
+                <w:t xml:space="preserve">Ludovic Micallef</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transplant International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 36, </w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/ti.2023.10685⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/ti.2023.11366⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05191570v1</w:t>
+                <w:t xml:space="preserve">hal-04182787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[COVID-19 and organ transplantation, lessons from the national Registry of the Société Francophone de Transplantation]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Caillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2897,1397 +2897,1397 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03800251v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clinical utility of biochemical markers for the prediction of COVID-19-related mortality in kidney transplant recipients</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
+                <w:t xml:space="preserve">Is COVID‐19 infection more severe in kidney transplant recipients?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Caillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Chavarot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Francois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Matignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Helene Francois</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Renaud Snanoudj</w:t>
+                <w:t xml:space="preserve">Clarisse Greze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kidney International Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ekir.2021.06.034⟩</w:t>
+              <w:t xml:space="preserve">American Journal of Transplantation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 21 (3), pp.1295-1303. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ajt.16424⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03333553v2</w:t>
+                <w:t xml:space="preserve">hal-03371189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is COVID‐19 infection more severe in kidney transplant recipients?</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Marie Matignon</w:t>
+                <w:t xml:space="preserve">Among CMV-positive renal transplant patients receiving non-T-cell depleting induction, the absence of CMV disease prevention is a safe strategy: a retrospective cohort of 372 patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugoline Boulay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clarisse Greze</w:t>
+                <w:t xml:space="preserve">Emmanuel Oger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Cantarovich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gatault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Thierry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Transplantation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ajt.16424⟩</w:t>
+              <w:t xml:space="preserve">Transplant Infectious Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 23 (3), pp.e13541. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/tid.13541⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03371189v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03095269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">HEMO 2 life® improves renal function independent of cold ischemia time in kidney recipients: A comparison with a large multicenter prospective cohort study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Le Meur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Delpy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Felix Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Hauet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Badet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Artificial Organs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/aor.14141⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03608474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Endogenous Interleukin-33 Acts as an Alarmin in Liver Ischemia-Reperfusion and Is Associated With Injury After Human Liver Transplantation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Sindayigaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Héloïse Ducousso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Dujardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Immunology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 12, </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId147" w:history="1">
+              <w:t xml:space="preserve">, 2021, 12, pp.744927. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fimmu.2021.744927⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05523289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characteristics of T- and NK-cell Lymphomas After Renal Transplantation: A French National Multicentric Cohort Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Barba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Bachy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alizée Maarek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Fossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Genestier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transplantation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 105 (8), pp.1858-1868. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1097/tp.0000000000003568⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04912435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Living kidney donor evaluation for all candidates with normal estimated GFR for age</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lola Jacquemont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Lazareth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Albano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Barrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transplant International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 34 (6), pp.1123-1133. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/tri.13870⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03665050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Among CMV-positive renal transplant patients receiving non-T-cell depleting induction, the absence of CMV disease prevention is a safe strategy: a retrospective cohort of 372 patients</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Rituximab for recurrence of primary focal segmental glomerulosclerosis after kidney transplantation: Results of a nationwide study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Oger</w:t>
+                <w:t xml:space="preserve">Camille Lanaret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dany Anglicheau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Audard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diego Cantarovich</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Antoine Thierry</w:t>
+                <w:t xml:space="preserve">Mathias Büchler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Caillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transplant Infectious Disease</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 23 (3), pp.e13541. </w:t>
+              <w:t xml:space="preserve">American Journal of Transplantation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 21 (9), pp.3021-3033. </w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/tid.13541⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/ajt.16504⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03095269v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04548106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temporal trends in living kidney donation in France between 2007 and 2017</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">F. Gaillard</w:t>
+                <w:t xml:space="preserve">Clinical utility of biochemical markers for the prediction of COVID-19-related mortality in kidney transplant recipients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Caillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Chavarot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Jacquemont</w:t>
+                <w:t xml:space="preserve">Helene Francois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Matignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Roberts</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">J. Allard</w:t>
+                <w:t xml:space="preserve">Renaud Snanoudj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nephrology Dialysis Transplantation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/ndt/gfz229⟩</w:t>
+              <w:t xml:space="preserve">Kidney International Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 6 (10), pp.2689-2693. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ekir.2021.06.034⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03662303v1</w:t>
+                <w:t xml:space="preserve">hal-03333553v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Allotransplantation Is Associated With Exacerbation of CD8 T-Cell Senescence: The Particular Place of the Innate CD8 T-Cell Component</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Temporal trends in living kidney donation in France between 2007 and 2017</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Jacquemont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Roberts</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lauren Daniel</w:t>
+                <w:t xml:space="preserve">L. Albano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Tassery</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">André Herbelin</w:t>
+                <w:t xml:space="preserve">J. Allard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fimmu.2021.674016⟩</w:t>
+              <w:t xml:space="preserve">Nephrology Dialysis Transplantation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 36 (4), pp.730-738. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/ndt/gfz229⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-03325917v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03662303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rituximab for recurrence of primary focal segmental glomerulosclerosis after kidney transplantation: Results of a nationwide study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Allotransplantation Is Associated With Exacerbation of CD8 T-Cell Senescence: The Particular Place of the Innate CD8 T-Cell Component</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lauren Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Tassery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Lanaret</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Vincent Audard</w:t>
+                <w:t xml:space="preserve">Clara Lateur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Thierry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathias Büchler</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sophie Caillard</w:t>
+                <w:t xml:space="preserve">André Herbelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Transplantation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 21 (9), pp.3021-3033. </w:t>
+              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12, pp.674016. </w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/ajt.16504⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fimmu.2021.674016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04548106v1</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-03325917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intensity of de novo DSA detected by Immucor Lifecodes assay and C3d fixing antibodies are not predictive of subclinical ABMR after Kidney Transplantation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rangolie Kaveri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4377,959 +4377,959 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Endogenous Interleukin-33 Acts as an Alarmin in Liver Ischemia-Reperfusion and Is Associated With Injury After Human Liver Transplantation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Sindayigaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Héloïse Ducousso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Dujardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Immunology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 12, pp.744927. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fimmu.2021.744927⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-03842046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ischémie reperfusion en transplantation rénale</w:t>
+                <w:t xml:space="preserve">Chronic Hepatitis C Virus Infection After Kidney Transplantation With or Without Direct-Acting Antivirals in a Real-Life Setting: A French Multicenter Experience</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léa Dufour</w:t>
+                <w:t xml:space="preserve">Eloi Chevallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maroua Ferhat</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Robin</w:t>
+                <w:t xml:space="preserve">Matthias Büchler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Caillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sofiane Inal</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Favreau</w:t>
+                <w:t xml:space="preserve">Nicolas Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Colosio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Néphrologie &amp; Thérapeutique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.nephro.2020.05.001⟩</w:t>
+              <w:t xml:space="preserve">Transplantation Proceedings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 52 (10), pp.3179-3185. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.transproceed.2020.06.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05523297v1</w:t>
+                <w:t xml:space="preserve">hal-05095527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chronic Hepatitis C Virus Infection After Kidney Transplantation With or Without Direct-Acting Antivirals in a Real-Life Setting: A French Multicenter Experience</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ischémie reperfusion en transplantation rénale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eloi Chevallier</w:t>
+                <w:t xml:space="preserve">Maroua Ferhat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthias Büchler</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sophie Caillard</w:t>
+                <w:t xml:space="preserve">Sofiane Inal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Bouvier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Charlotte Colosio</w:t>
+                <w:t xml:space="preserve">Frédéric Favreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transplantation Proceedings</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 52 (10), pp.3179-3185. </w:t>
+              <w:t xml:space="preserve">Néphrologie &amp; Thérapeutique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 16 (6), pp.388-399. </w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.transproceed.2020.06.005⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.nephro.2020.05.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05095527v1</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05523297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Opportunistic Infections and Efficacy Following Conversion to Belatacept-Based Therapy after Kidney Transplantation: A French Multicenter Cohort</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Rebecca Sberro</w:t>
+                <w:t xml:space="preserve">Ischémie reperfusion en transplantation rénale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maroua Ferhat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofiane Inal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Favreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/jcm9113479⟩</w:t>
+              <w:t xml:space="preserve">Néphrologie &amp; Thérapeutique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 16, pp.388 - 399. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nephro.2020.05.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05095714v1</w:t>
+                <w:t xml:space="preserve">hal-03493388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ischémie reperfusion en transplantation rénale</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Favreau</w:t>
+                <w:t xml:space="preserve">Opportunistic Infections and Efficacy Following Conversion to Belatacept-Based Therapy after Kidney Transplantation: A French Multicenter Cohort</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Terrec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Etienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Chavarot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rebecca Sberro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Néphrologie &amp; Thérapeutique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.nephro.2020.05.001⟩</w:t>
+              <w:t xml:space="preserve">Journal of Clinical Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 9 (11), pp.3479. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/jcm9113479⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03493388v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05095714v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adherence profiles in kidney transplant patients: Causes and consequences</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nassim Kamar</w:t>
+                <w:t xml:space="preserve">Opportunistic infections after conversion to belatacept in kidney transplantation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Chavarot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gatault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Garrouste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Patient Education and Counseling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.pec.2019.08.002⟩</w:t>
+              <w:t xml:space="preserve">Nephrology Dialysis Transplantation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 35 (2), pp.336-345. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/ndt/gfz255⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03488791v1</w:t>
+                <w:t xml:space="preserve">hal-05095487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Opportunistic infections after conversion to belatacept in kidney transplantation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Bouvier</w:t>
+                <w:t xml:space="preserve">Adherence profiles in kidney transplant patients: Causes and consequences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Villeneuve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annick Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Phillipe Rerolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Couzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nassim Kamar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nephrology Dialysis Transplantation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 35 (2), pp.336-345. </w:t>
+              <w:t xml:space="preserve">Patient Education and Counseling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 103 (1), pp.189 - 198. </w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/ndt/gfz255⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.pec.2019.08.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05095487v1</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03488791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The FcγRIIIA-158 VV genotype increased the risk of post-transplant lymphoproliferative disorder in T-cell-depleted kidney transplant recipients – a retrospective study</w:t>
               </w:r>
@@ -5367,51 +5367,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jana Stojanova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Halimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Caillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transplant International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, 33 (8), pp.936-947. </w:t>
@@ -5462,51 +5462,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First‐in‐human use of a marine oxygen carrier (M101) for organ preservation: A safety and proof‐of‐principle study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Le Meur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Badet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Essig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5711,563 +5711,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03340159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hypercholesterolemia-induced increase in plasma oxidized LDL abrogated pro angiogenic response in kidney grafts</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Favreau</w:t>
+                <w:t xml:space="preserve">Epitope load identifies kidney transplant recipients at risk of allosensitization following minimization of immunosuppression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Snanoudj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nassim Kamar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tackwa Khalifeh</w:t>
+                <w:t xml:space="preserve">Elisabeth Cassuto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Caillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Souleymane Maiga</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Geraldine Allain</w:t>
+                <w:t xml:space="preserve">Marie Metzger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Translational Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12967-018-1764-4⟩</w:t>
+              <w:t xml:space="preserve">Kidney International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 95 (6), pp.1471-1485. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.kint.2018.12.029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03332362v1</w:t>
+                <w:t xml:space="preserve">hal-02190537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Risk of Perforated Colonic Diverticulitis in Patients With Chronic Kidney Disease Requiring Sodium Polystyrene Sulfonate</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Hypercholesterolemia-induced increase in plasma oxidized LDL abrogated pro angiogenic response in kidney grafts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Kerforne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Favreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tackwa Khalifeh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Gaiffe</w:t>
+                <w:t xml:space="preserve">Souleymane Maiga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Crépin</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Matthias Buchler</w:t>
+                <w:t xml:space="preserve">Geraldine Allain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The American Journal of Gastroenterology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.14309/ajg.0000000000000276⟩</w:t>
+              <w:t xml:space="preserve">Journal of Translational Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 17 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12967-018-1764-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02445634v1</w:t>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03332362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PRODIG (Prevention of new onset diabetes after transplantation by a short term treatment of Vildagliptin in the early renal post-transplant period) study: study protocol for a randomized controlled study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Gaiffe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Crépin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Bamoulid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Courivaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Buchler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Trials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 20 (1), pp.375. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/s13063-019-3392-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02173487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Epitope load identifies kidney transplant recipients at risk of allosensitization following minimization of immunosuppression</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marie Metzger</w:t>
+                <w:t xml:space="preserve">Risk of Perforated Colonic Diverticulitis in Patients With Chronic Kidney Disease Requiring Sodium Polystyrene Sulfonate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Gaiffe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Crépin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Bamoulid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Courivaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Buchler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kidney International</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 95 (6), pp.1471-1485. </w:t>
+              <w:t xml:space="preserve">The American Journal of Gastroenterology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 114 (6), pp.1003-1005. </w:t>
             </w:r>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.kint.2018.12.029⟩</w:t>
+                <w:t xml:space="preserve">⟨10.14309/ajg.0000000000000276⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02190537v1</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02445634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of Highly Individualized Complement Blockade Has Revolutionized Clinical Outcomes after Kidney Transplantation and Renal Epidemiology of Atypical Hemolytic Uremic Syndrome</w:t>
               </w:r>
@@ -6279,51 +6279,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zuber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Frimat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Caillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nassim Kamar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6707,51 +6707,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gatault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Pereira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Journal of Transplantation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 19 (2), pp.448-456. </w:t>
@@ -6887,1038 +6887,1050 @@
               <w:t xml:space="preserve">Journal of Clinical Virology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 99-100, pp.38-43. </w:t>
             </w:r>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jcv.2017.12.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03158627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Impact of Invariant NKT Cells in Sterile Inflammation: The Possible Contribution of the Alarmin/Cytokine IL-33</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maroua Haroun Ferhat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Thierry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Gombert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Immunology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 9, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fimmu.2018.02308⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05523319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">IL-33 receptor ST2 deficiency attenuates renal ischaemia–reperfusion injury in euglycaemic, but not streptozotocin-induced hyperglycaemic mice</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M. Sehnine</w:t>
+                <w:t xml:space="preserve">Endogenous IL-33 Contributes to Kidney Ischemia-Reperfusion Injury as an Alarmin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maroua Ferhat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Ferhat</w:t>
+                <w:t xml:space="preserve">Sébastien Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Sena</w:t>
+                <w:t xml:space="preserve">Sandra Sena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.M. Gombert</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">J.M. Goujon</w:t>
+                <w:t xml:space="preserve">Jean-Michel Goujon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Diabetes &amp; Metabolism</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.diabet.2017.06.008⟩</w:t>
+              <w:t xml:space="preserve">Journal of the American Society of Nephrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 29 (4), pp.1272-1288. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1681/ASN.2017060650⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-01617712v1</w:t>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05523330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Impact of Invariant NKT Cells in Sterile Inflammation: The Possible Contribution of the Alarmin/Cytokine IL-33</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Gombert</w:t>
+                <w:t xml:space="preserve">IL-33 receptor ST2 deficiency attenuates renal ischaemia–reperfusion injury in euglycaemic, but not streptozotocin-induced hyperglycaemic mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Sehnine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Ferhat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Sena</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. Gombert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. Goujon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fimmu.2018.02308⟩</w:t>
+              <w:t xml:space="preserve">Journal of Diabetes &amp; Metabolism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 44 (1), pp.55-60. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.diabet.2017.06.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02509353v1</w:t>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-01617712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Endogenous IL-33 Contributes to Kidney Ischemia-Reperfusion Injury as an Alarmin</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId82" w:history="1">
+                <w:t xml:space="preserve">The Impact of Invariant NKT Cells in Sterile Inflammation: The Possible Contribution of the Alarmin/Cytokine IL-33</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maroua Haroun Ferhat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId282" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jean-Michel Goujon</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Barbier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Thierry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Gombert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Society of Nephrology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1681/ASN.2017060650⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9, pp.2308. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fimmu.2018.02308⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05523330v1</w:t>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02509353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Endogenous IL-33 Contributes to Kidney Ischemia-Reperfusion Injury as an Alarmin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maroua Ferhat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Sena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Goujon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the American Society of Nephrology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 29 (4), pp.1272 - 1288. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1681/ASN.2017060650⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01929544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recurrence of Renal Cell Cancer After Renal Transplantation in a Multicenter French Cohort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noelle Cognard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dany Anglicheau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gatault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Girerd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Essig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transplantation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 102 (5), pp.860-867. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1097/TP.0000000000002009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03573109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Specific expression of heme oxygenase-1 by myeloid cells modulates renal ischemia-reperfusion injury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Rossi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Thierry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Delbauve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Preyat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miguel P Soares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 7 (1), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41598-017-00220-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01928717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An adjustable predictive score of graft survival in kidney transplant patients and the levels of risk linked to de novo donor-specific anti-HLA antibodies.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Prémaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Filloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gatault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7940,3595 +7952,3595 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthias Buchler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 12 (7), pp.e0180236. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pone.0180236⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-01547862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Predictive Modeling of Tacrolimus Dose Requirement Based on High-Throughput Genetic Screening</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Damon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Luck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Toullec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthias Buchler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Journal of Transplantation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 17 (4), pp.1008-1019. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/ajt.14040⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02445539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A lack of significant effect of POR*28 allelic variant on tacrolimus exposure in kidney transplant recipients</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Jannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Vuillemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthias Buchler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Hurault De Ligny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Therapeutic Drug Monitoring</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 38 (2), pp.223-229. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1097/FTD.0000000000000267⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01274241v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long-term clinical impact of adaptation of initial tacrolimus dosing to CYP3A5 genotype</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Pallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthias Buchler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Hurault de Ligny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Journal of Transplantation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 16 (9), pp.2670-2675. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/ajt.13788⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01296771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eight-Year Results of the Spiesser Study, a Randomized Trial Comparing de Novo Sirolimus and Cyclosporine in Renal Transplantation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gatault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthias Buchler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Colosio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Hurault De Ligny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transplant International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 29 (1), pp.41-50. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/tri.12656⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId319" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03157732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kidney Diseases Associated With Monoclonal Immunoglobulin M-Secreting B-Cell Lymphoproliferative Disorders: A Case Series of 35 Patients.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Chauvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Bridoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L Ecotière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V Javaugue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Sirac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Journal of Kidney Diseases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01212509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kidney Transplant Recipients Carrying the CYP3A4*22 Allelic Variant Have Reduced Tacrolimus Clearance and Often Reach Supratherapeutic Tacrolimus Concentrations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Pallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.-S. Jannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. El Bahri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Buchler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Journal of Transplantation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 15 (3), pp.800-805. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/ajt.13059⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01116416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of preservation temperature on endothelial cells and kidney phenotypes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraldine Allain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solenne Tillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Thierry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Coudroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transplant International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 28, pp.308</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02630173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Alarmin Concept Applied to Human Renal Transplantation: Evidence for a Differential Implication of HMGB1 and IL-33</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Thierry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Barra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Bridoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 9 (2), </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId336" w:history="1">
+              <w:t xml:space="preserve">, 2014, 9 (2), pp.e88742. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pone.0088742⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId334" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01928093v1</w:t>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05523345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Alarmin Concept Applied to Human Renal Transplantation: Evidence for a Differential Implication of HMGB1 and IL-33</w:t>
+                <w:t xml:space="preserve">Three-Year Outcomes in Kidney Transplant Patients Randomized to Steroid-Free Immunosuppression or Steroid Withdrawal, with Enteric-Coated Mycophenolate Sodium and Cyclosporine: The Infinity Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Thierry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId282" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Franck Bridoux</w:t>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Mourad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Büchler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Choukroun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Toupance</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0088742⟩</w:t>
+              <w:t xml:space="preserve">Journal of Transplantation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 2014, pp.171898. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1155/2014/171898⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId337" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05523345v1</w:t>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01933057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Three-Year Outcomes in Kidney Transplant Patients Randomized to Steroid-Free Immunosuppression or Steroid Withdrawal, with Enteric-Coated Mycophenolate Sodium and Cyclosporine: The Infinity Study</w:t>
+                <w:t xml:space="preserve">The Alarmin Concept Applied to Human Renal Transplantation: Evidence for a Differential Implication of HMGB1 and IL-33</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Thierry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId339" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Olivier Toupance</w:t>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Barra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Bridoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Transplantation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1155/2014/171898⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 9 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0088742⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId338" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01933057v1</w:t>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01928093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Associations between polymorphisms in target, metabolism, or transport proteins of mycophenolate sodium and therapeutic or adverse effects in kidney transplant patients.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Woillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Thierry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Touchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Marquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pharmacogenetics and Genomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 24 (5), pp.256-62. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1097/FPC.0000000000000045⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-00954708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diet-induced increase in plasma oxidized LDL promotes early fibrosis in a renal porcine auto-transplantation model.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Chatauret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Favreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Thierry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludivine Rossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Translational Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 12 (1), pp.76. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/1479-5876-12-76⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-00981313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Post-transplantation lymphoproliferative disorder after kidney transplantation: report of a nationwide French registry and the development of a new prognostic score.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Caillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Porcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Provot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Dantal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Choquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Clinical Oncology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 31 (10), pp.1302-9. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1200/JCO.2012.43.2344⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-00925169v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Five-year results of a randomized trial comparing de novo sirolimus and cyclosporine in renal transplantation: the SPIESSER study.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvon Lebranchu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Snanoudj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Toupance</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P.-F. Weestel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Hurault de Ligny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Journal of Transplantation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 12 (7), pp.1801-10. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/j.1600-6143.2012.04036.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-00926347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of invariant natural killer T cells in porcine peripheral blood.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Thierry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Minouflet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Barra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Veterinary Immunology and Immunopathology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 149 (3-4), pp.272-9. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.vetimm.2012.06.023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-00871261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Early steroid withdrawal and optimization of mycophenolic acid exposure in kidney transplant recipients receiving mycophenolate mofetil.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Long-term Impact of Subclinical Inflammation Diagnosed by Protocol Biopsy One Year After Renal Transplantation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Thierry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId369" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Philippe Rerolle</w:t>
+                <w:t xml:space="preserve">Eric Thervet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valerie Garrigue</w:t>
+                <w:t xml:space="preserve">Vincent Vuiblet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Goujon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Machet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transplantation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1097/TP.0b013e318234e134⟩</w:t>
+              <w:t xml:space="preserve">American Journal of Transplantation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 11 (10), pp.2153-2161. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1600-6143.2011.03695.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId368" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01151208v1</w:t>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00620852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficacy and safety of early cyclosporine conversion to sirolimus with continued MMF-four-year results of the Postconcept study.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">I. Etienne</w:t>
+                <w:t xml:space="preserve">Early steroid withdrawal and optimization of mycophenolic acid exposure in kidney transplant recipients receiving mycophenolate mofetil.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Le Meur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Thierry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Glowacki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Rerolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Garrigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Transplantation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1600-6143.2011.03637.x⟩</w:t>
+              <w:t xml:space="preserve">Transplantation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 92 (11), pp.1244-51. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/TP.0b013e318234e134⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId373" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-00926380v1</w:t>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01151208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long-term Impact of Subclinical Inflammation Diagnosed by Protocol Biopsy One Year After Renal Transplantation.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marie-Christine Machet</w:t>
+                <w:t xml:space="preserve">Efficacy and safety of early cyclosporine conversion to sirolimus with continued MMF-four-year results of the Postconcept study.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvon Lebranchu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Thierry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Thervet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthias Buchler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Journal of Transplantation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 11 (10), pp.2153-2161. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1600-6143.2011.03695.x⟩</w:t>
+              <w:t xml:space="preserve">, 2011, 11 (8), pp.1665-75. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1600-6143.2011.03637.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId376" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-00620852v1</w:t>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00926380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crystal-storing histiocytosis with renal Fanconi syndrome: pathological and molecular characteristics compared with classical myeloma-associated Fanconi syndrome.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId382" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chahrazed El Hamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Thierry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Trouillas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Bridoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Carrion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nephrology Dialysis Transplantation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 25 (9), pp.2982-90. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/ndt/gfq129⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00514235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[Quinine-induced renal bilateral cortical necrosis]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Bridoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Abou-Ayache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Belmouaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Desport</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Néphrologie &amp; Thérapeutique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 4 (3), pp.181-6. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.nephro.2008.01.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00453216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Successful heart transplantation following melphalan plus dexamethasone therapy in systemic AL amyloidosis.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Mignot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId396" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frank Bridoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Thierry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shaida Varnous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId398" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Pujo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Haematologica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 93 (3), pp.e32-5. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId399" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3324/haematol.12108⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00452947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long-term maintenance of calcineurin inhibitor monotherapy reduces the risk for squamous cell carcinomas after kidney transplantation compared with bi- or tritherapy.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Abou Ayache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Thierry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Bridoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Bauwens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Belmouaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transplantation Proceedings</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 39 (8), pp.2592-4. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.transproceed.2007.08.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00453212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long-term molecular efficacy and safety of imatinib in a patient with chronic myeloid leukaemia after renal transplantation.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Thierry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId407" w:history="1">
+            <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Dreyfus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Bridoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ramzi Abou Ayache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId409" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Milin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nephrology Dialysis Transplantation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 22 (6), pp.1791-2. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId410" w:history="1">
+            <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/ndt/gfm052⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId411" w:history="1">
+            <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00453205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId412" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acute immuno-allergic interstitial nephritis caused by fluindione.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Belmouaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Desport</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Abou Ayache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Thierry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId413" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Mignot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Clinical Nephrology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 66 (6), pp.455-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId412" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00453201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId414" w:history="1">
+            <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cytomegalovirus prophylaxis with intravenous polyvalent immunoglobulin in high-risk renal transplant recipients.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId415" w:history="1">
+            <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Sechet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Abou Ayache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Thierry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Belmouaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transplantation Proceedings</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 38 (7), pp.2324-6. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.transproceed.2006.07.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId414" w:history="1">
+            <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00453203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId418" w:history="1">
+            <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanconi's syndrome induced by a monoclonal Vkappa3 light chain in Waldenstrom's macroglobulinemia.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Bridoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Sirac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId419" w:history="1">
+            <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Hugue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId420" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Decourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Thierry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Journal of Kidney Diseases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 45 (4), pp.749-57. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId421" w:history="1">
+            <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1053/j.ajkd.2004.12.020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId418" w:history="1">
+            <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00022808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -11538,322 +11550,322 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId422" w:history="1">
+            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effet protecteur du lactate chez le Donneur Décédé après Arrêt Circulatoire Maastricht 3, in vitro, et mise au point in vivo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId423" w:history="1">
+            <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Wairy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId424" w:history="1">
+            <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Danion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId425" w:history="1">
+            <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Coué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId426" w:history="1">
+            <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Pellerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ouest Transplant Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2024, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId422" w:history="1">
+            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05204362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId427" w:history="1">
+            <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Absence de bénéfice extra-osseux de doses élevées de vitamine D3 chez les transplantés rénaux dans une étude prospective, multicentrique, en double aveugle, randomisée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId428" w:history="1">
+            <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Courbebaisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId429" w:history="1">
+            <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Colas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId430" w:history="1">
+            <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Sberro-Soussan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId431" w:history="1">
+            <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Moal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId432" w:history="1">
+            <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Lemeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3ème Congrès de Société Francophone de Néphrologie, dialyse et Transplantation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Lille, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId433" w:history="1">
+            <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.nephro.2018.07.053⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId434" w:history="1">
+            <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId427" w:history="1">
+            <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01875287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId435" w:history="1">
+            <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">BREAKTHROUGH IN THE MANAGEMENT OF ATYPICAL HEMOLYTIC UREMIC SYNDROME AFTER KIDNEY TRANSPLANTATION: A NATIONWIDE STUDY</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Zuber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -11862,726 +11874,726 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nassim Kamar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Frimat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId436" w:history="1">
+            <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moglie Le Quintrec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gatault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Society for Organ Transplantation Congress 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, BARCELONE, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId435" w:history="1">
+            <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01787228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId437" w:history="1">
+            <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of Inter-Individual Variability in Response Pharmacokinetics to Tacrolimus By a High Throughput Genetic Screening</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId438" w:history="1">
+            <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Damond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Luck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Choukroun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId439" w:history="1">
+            <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. F. Subra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId440" w:history="1">
+            <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Legendre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15th Annual Congress of the French Speaking Society of Transplantation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2015, Lille, France. pp.9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId437" w:history="1">
+            <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03574438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId441" w:history="1">
+            <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trimetazidine is protective during kidney preservation with machine perfusion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId442" w:history="1">
+            <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Codas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId443" w:history="1">
+            <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Kasil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId444" w:history="1">
+            <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Cau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Thierry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId445" w:history="1">
+            <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Hauet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3. International Meeting on Ischemia Reperfusion Injury (IMIRT)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2016, Poitiers, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId441" w:history="1">
+            <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02739930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId446" w:history="1">
+            <w:hyperlink r:id="rId447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-fat diet promotes early vascular remodeling in a renal porcine auto-transplantation model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId447" w:history="1">
+            <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Souleymane Maïga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tackwa Khalifeh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Thierry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId448" w:history="1">
+            <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Guy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId449" w:history="1">
+            <w:hyperlink r:id="rId450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Cau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17. Congress of the European Society for Organ Transplantation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Society for Organ Transplantation (ESOT). INT., Sep 2015, Bruxelles, Belgium. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId446" w:history="1">
+            <w:hyperlink r:id="rId447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02744213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId450" w:history="1">
+            <w:hyperlink r:id="rId451" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">NK cell activation as a possible signature of the alarmin il-33 released during kidney transplantation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maroua Ferhat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId451" w:history="1">
+            <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Charron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId452" w:history="1">
+            <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17. Congress of the European Society for Organ Transplantation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Society for Organ Transplantation (ESOT). INT., Sep 2015, Bruxelles, Belgium. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId450" w:history="1">
+            <w:hyperlink r:id="rId451" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02741442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId453" w:history="1">
+            <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of different isotypes of vegf in vascular repair during preservation: analysis in a preclinical model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId449" w:history="1">
+            <w:hyperlink r:id="rId450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Cau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId454" w:history="1">
+            <w:hyperlink r:id="rId455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Claire Gourinat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Thierry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId455" w:history="1">
+            <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Olivier Delpech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Barrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17. Congress of the European Society for Organ Transplantation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Society for Organ Transplantation (ESOT). INT., Sep 2015, Bruxelles, Belgium. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId453" w:history="1">
+            <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02739913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -12591,918 +12603,918 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId456" w:history="1">
+            <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’alarmine IL-33 joue un rôle clé dans un modèle d’ischémie-reperfusion chez la souris.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Héloïse Ducousso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId457" w:history="1">
+            <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Thierry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Hauet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19ème Réunion annuelle de Société Francophone de Transplantation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2019, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId456" w:history="1">
+            <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05523425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId458" w:history="1">
+            <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The alarmin IL-33 has a key-role in hepatic ischemia-reperfusion in a mouse model.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Barbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Héloïse Ducousso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId457" w:history="1">
+            <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Thierry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Hauet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ILTS 25th Annual Congress on Liver Transplantation : Innovation and Excellence in Liver Transplantation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Toronto, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId458" w:history="1">
+            <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05523443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId459" w:history="1">
+            <w:hyperlink r:id="rId460" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Treg profile associated with long-term immunosuppressed patients with cancer.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lauren Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Herbelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Gombert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5ème European Congress of ImmunoIogy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Amsterdam, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId459" w:history="1">
+            <w:hyperlink r:id="rId460" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05523450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId460" w:history="1">
+            <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The possible role of the IL-33/iNKT cell axis during kidney ischemia-reperfusion injury.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maroua Ferhat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId461" w:history="1">
+            <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Goujon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Gombert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th CD1- MR1 meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2017, Napa (Cal.), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId460" w:history="1">
+            <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05523470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId462" w:history="1">
+            <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of regulatory T lymphocytes in the transplanted patients with long-term minimized immunosuppression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lauren Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maroua Ferhat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId463" w:history="1">
+            <w:hyperlink r:id="rId464" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andre Herbelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18th Congress of the European Society for Organ transplantation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Barcelona (ES), Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId462" w:history="1">
+            <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05523481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId464" w:history="1">
+            <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of VEGF on renal graft integrity when added during machine preservation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId465" w:history="1">
+            <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. O. Delpech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId466" w:history="1">
+            <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Barrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId467" w:history="1">
+            <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Badet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId461" w:history="1">
+            <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId468" w:history="1">
+            <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Matillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3. International Meeting on Ischemia Reperfusion Injury (IMIRT)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2016, Poitiers, France. Wiley-Blackwell, Transplant International, 29, 1 p., 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId464" w:history="1">
+            <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02739932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId469" w:history="1">
+            <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of cold ischemia time on oxidative stress and innate immunity activation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId461" w:history="1">
+            <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId470" w:history="1">
+            <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Salame</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId466" w:history="1">
+            <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Barrou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId467" w:history="1">
+            <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Badet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Thierry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3. International Meeting on Ischemia Reperfusion Injury (IMIRT)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2016, Poitiers, France. Wiley-Blackwell, Transplant International, 29, 1 p., 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId469" w:history="1">
+            <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02743010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId471"/>
+      <w:footerReference w:type="default" r:id="rId472"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -13649,51 +13661,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05527786v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Belmouaz" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Dibon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Devaux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Duthe" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Wong-Cheng" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000549110" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05217817v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire V Hoffmann" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Le Meur" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Moal" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Grall-J&#233;z&#233;quel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Le Nan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lanmic.2025.101146" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05319769v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscille Traversat" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Dekervel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Masset" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bertrand" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onard Golbin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ekir.2025.06.021" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05096155v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Olabe" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Garrouste" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pereira" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Colosio" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Thierry" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ctr.70116" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05488918v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gatault" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ekir.2025.07.008" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913203v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Freist" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Reydit" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bouquegneau" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Fournier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ndt.2024.79" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885610v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Uro-Coste" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Lambert" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Audard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Couzi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Caillard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ndt/gfae108" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911777v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Villeneuve" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Phillipe Rerolle" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Francois Westeel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Etienne" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/TXD.0000000000001678" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752344v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Humeau" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Monchaud" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Labriffe" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cpt.3206" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769399v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Canet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;lle Brule" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Pere" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Feuillet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Blancho" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2213-2600(24)00117-6" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04099000v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Courbebaisse" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Bourmaud" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Souberbielle" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Sberro-Soussan" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Moal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajt.2022.12.007" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709070v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Malvezzi" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Amrouche" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Anglicheau" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/ti.2023.11244" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249259v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Robin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Mackowiak" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bost" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Dujardin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Barbarin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2023.1099529" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523287v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04888758v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Noelle" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Mayet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Chauveau" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/ti.2023.11775" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04049992v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Edange" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. El Adli" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Thierry" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gennai" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/afmu-2022-0467" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04182787v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Woillard" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Cr&#233;pin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Na&#239;ma Tafzi" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Micallef" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/ti.2023.11366" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191570v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Ducousso" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Vall&#233;e" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Kerforne" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Castilla" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/ti.2023.10685" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04998253v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Moulin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fafi-Kremer" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hazzan" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Anglicheau" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.banm.2022.01.025" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04509001v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;lle Brul&#233;" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane P&#233;r&#233;" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryvonne Hourmant" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2021-052845" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03800251v2" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Berger" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Hazzan" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Kamar" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Francois" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Matignon" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ekir.2022.09.007" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333553v2" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Chavarot" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Francois" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Snanoudj" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ekir.2021.06.034" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03371189v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Greze" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ajt.16424" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608474v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Delpy" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Renard" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Hauet" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Badet" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/aor.14141" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523289v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Barbier" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Sindayigaya" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2021.744927" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912435v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Barba" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bachy" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliz&#233;e Maarek" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Fossard" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Genestier" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/tp.0000000000003568" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03665050v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gaillard" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lola Jacquemont" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Lazareth" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Albano" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Barrou" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tri.13870" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03095269v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugoline Boulay" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Oger" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Cantarovich" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tid.13541" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03662303v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Jacquemont" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Roberts" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Albano" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Allard" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ndt/gfz229" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03325917v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauren Daniel" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Tassery" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Lateur" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Herbelin" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2021.674016" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04548106v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Lanaret" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias B&#252;chler" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ajt.16504" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03751893v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rangolie Kaveri" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Laurent" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;t&#233; Jaur&#233;guy" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0249934" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03842046v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523297v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Dufour" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maroua Ferhat" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Inal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Favreau" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nephro.2020.05.001" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05095527v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloi Chevallier" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias B&#252;chler" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bouvier" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.transproceed.2020.06.005" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05095714v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Terrec" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Sberro" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm9113479" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03493388v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03488791v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Rousseau" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pec.2019.08.002" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05095487v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ndt/gfz255" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02638433v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Lajoie" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Stojanova" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Halimi" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tri.13624" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03205783v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Essig" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Buchler" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ajt.15798" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03340159v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Couchoud" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Bayer" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Ayav" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence B&#233;chade" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhamid Abbassi" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.kint.2020.07.042" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03332362v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tackwa Khalifeh" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souleymane Maiga" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine Allain" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12967-018-1764-4" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02445634v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gaiffe" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Cr&#233;pin" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bamoulid" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Courivaud" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14309/ajg.0000000000000276" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02173487v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Buchler" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13063-019-3392-6" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02190537v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Cassuto" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Metzger" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.kint.2018.12.029" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02556079v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Zuber" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Frimat" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1681/ASN.2019040331" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02132592v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Javaugue" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Debiais-Delpech" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Nouvier" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gand" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chauvet" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.kint.2019.01.027" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04562978v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Savoye" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Alice Macher" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Videcoq" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ctr.13536" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04548266v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Baudenon" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ajt.15008" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158627v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Noble" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Sautenet" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Gaudy-Graffin" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Beby-Defaux" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcv.2017.12.011" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523319v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maroua Haroun Ferhat" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Gombert" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2018.02308" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01617712v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sehnine" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ferhat" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sena" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Gombert" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Goujon" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diabet.2017.06.008" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02509353v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523330v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Giraud" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Sena" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Goujon" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1681/ASN.2017060650" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929544v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Giraud" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03573109v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noelle Cognard" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Girerd" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/TP.0000000000002009" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928717v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Rossi" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Delbauve" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Preyat" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel P Soares" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-00220-w" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01547862v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Pr&#233;maud" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Filloux" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0180236" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02445539v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Damon" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Luck" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Toullec" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Etienne" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ajt.14040" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01274241v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Jannot" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Vuillemin" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Hurault De Ligny" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/FTD.0000000000000267" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01296771v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pallet" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Bailly" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Hurault de Ligny" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ajt.13788" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157732v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tri.12656" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01212509v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Chauvet" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bridoux" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Ecoti&#232;re" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Javaugue" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Sirac" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01116416v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Pallet" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-S. Jannot" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. El Bahri" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ajt.13059" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630173v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenne Tillet" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Coudroy" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928093v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Barra" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0088742" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523345v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01933057v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Mourad" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Choukroun" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Toupance" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2014/171898" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00954708v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Picard" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Touchard" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Marquet" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/FPC.0000000000000045" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00981313v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chatauret" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Rossard" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1479-5876-12-76" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00925169v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Porcher" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Provot" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Dantal" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Choquet" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1200/JCO.2012.43.2344" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00926347v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Lebranchu" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Snanoudj" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-F. Weestel" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Hurault de Ligny" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1600-6143.2012.04036.x" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00871261v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Minouflet" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetimm.2012.06.023" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LP10C8L3-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151208v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Glowacki" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Rerolle" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Garrigue" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/TP.0b013e318234e134" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00926380v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Thervet" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1600-6143.2011.03637.x" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00620852v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Thervet" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Vuiblet" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Machet" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1600-6143.2011.03695.x" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00514235v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chahrazed El Hamel" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Trouillas" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Carrion" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ndt/gfq129" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HXZ-5W0VG7CF-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00453216v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Leroy" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Abou-Ayache" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Belmouaz" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Desport" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nephro.2008.01.001" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D9CDNHGJ-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452947v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Mignot" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Bridoux" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaida Varnous" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Pujo" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3324/haematol.12108" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00453212v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Abou Ayache" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bauwens" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Belmouaz" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.transproceed.2007.08.016" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NGV1CWT1-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00453205v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Dreyfus" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramzi Abou Ayache" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Milin" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ndt/gfm052" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HXZ-F1Q14Z4M-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00453201v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mignot" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00453203v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sechet" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.transproceed.2006.07.001" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XQN8N4NM-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00022808v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Hugue" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Decourt" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1053/j.ajkd.2004.12.020" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05204362v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Wairy" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Danion" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Cou&#233;" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Pellerin" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875287v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Courbebaisse" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Colas" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Sberro-Soussan" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Moal" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Lemeur" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nephro.2018.07.053" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FTLXJ9XC-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01787228v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moglie Le Quintrec" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03574438v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Damond" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. F. Subra" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Legendre" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739930v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Codas" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kasil" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cau" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Hauet" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744213v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souleymane Ma&#239;ga" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Guy" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Cau" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741442v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Charron" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Giraud" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739913v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Gourinat" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Delpech" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523425v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Thierry" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523443v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523450v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523470v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Giraud" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523481v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Herbelin" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739932v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. O. Delpech" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Barrou" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Badet" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Matillon" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743010v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Salame" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05319769v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscille Traversat" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Dekervel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Masset" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bertrand" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onard Golbin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ekir.2025.06.021" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05217817v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire V Hoffmann" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Le Meur" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Moal" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Grall-J&#233;z&#233;quel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Le Nan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lanmic.2025.101146" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05527786v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Belmouaz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Dibon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Devaux" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Duthe" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Wong-Cheng" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000549110" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05096155v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Olabe" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Garrouste" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pereira" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Colosio" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Thierry" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ctr.70116" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05488918v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gatault" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ekir.2025.07.008" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911777v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Villeneuve" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Phillipe Rerolle" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Couzi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Francois Westeel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Etienne" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/TXD.0000000000001678" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913203v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Freist" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Reydit" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bouquegneau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Fournier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ndt.2024.79" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04885610v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Uro-Coste" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Lambert" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Audard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Caillard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ndt/gfae108" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752344v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Humeau" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Monchaud" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Labriffe" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cpt.3206" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769399v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Canet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;lle Brule" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Pere" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Feuillet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Blancho" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2213-2600(24)00117-6" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709070v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Malvezzi" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Amrouche" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Anglicheau" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/ti.2023.11244" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04249259v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Robin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Mackowiak" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bost" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Dujardin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Barbarin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2023.1099529" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04099000v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Courbebaisse" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Bourmaud" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Souberbielle" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Sberro-Soussan" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Moal" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajt.2022.12.007" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523287v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04888758v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Noelle" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Mayet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Chauveau" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/ti.2023.11775" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191570v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Ducousso" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Vall&#233;e" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Kerforne" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Castilla" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/ti.2023.10685" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04049992v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Edange" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. El Adli" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Thierry" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gennai" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/afmu-2022-0467" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04182787v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Woillard" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Cr&#233;pin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Na&#239;ma Tafzi" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Micallef" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/ti.2023.11366" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04998253v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Moulin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fafi-Kremer" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hazzan" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Anglicheau" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.banm.2022.01.025" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04509001v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;lle Brul&#233;" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane P&#233;r&#233;" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryvonne Hourmant" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2021-052845" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03800251v2" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Berger" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Hazzan" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Kamar" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Francois" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Matignon" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ekir.2022.09.007" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03371189v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Chavarot" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Greze" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ajt.16424" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03095269v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugoline Boulay" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Oger" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Cantarovich" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tid.13541" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03608474v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Delpy" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Renard" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Hauet" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Badet" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/aor.14141" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523289v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Barbier" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Sindayigaya" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2021.744927" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912435v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Barba" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bachy" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliz&#233;e Maarek" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Fossard" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Genestier" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/tp.0000000000003568" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03665050v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gaillard" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lola Jacquemont" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Lazareth" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Albano" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Barrou" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tri.13870" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04548106v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Lanaret" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias B&#252;chler" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ajt.16504" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333553v2" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Francois" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Snanoudj" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ekir.2021.06.034" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03662303v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Jacquemont" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Roberts" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Albano" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Allard" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ndt/gfz229" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03325917v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauren Daniel" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Tassery" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Lateur" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Herbelin" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2021.674016" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03751893v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rangolie Kaveri" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Laurent" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;t&#233; Jaur&#233;guy" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0249934" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03842046v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05095527v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloi Chevallier" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias B&#252;chler" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bouvier" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.transproceed.2020.06.005" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523297v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Dufour" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maroua Ferhat" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Inal" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Favreau" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nephro.2020.05.001" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03493388v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05095714v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Terrec" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Sberro" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm9113479" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05095487v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ndt/gfz255" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03488791v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Rousseau" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pec.2019.08.002" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02638433v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Lajoie" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Stojanova" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Halimi" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tri.13624" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03205783v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Essig" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Buchler" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ajt.15798" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03340159v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Couchoud" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Bayer" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Ayav" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence B&#233;chade" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhamid Abbassi" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.kint.2020.07.042" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02190537v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Cassuto" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Metzger" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.kint.2018.12.029" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03332362v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tackwa Khalifeh" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souleymane Maiga" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine Allain" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12967-018-1764-4" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02173487v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gaiffe" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Cr&#233;pin" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bamoulid" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Courivaud" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Buchler" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13063-019-3392-6" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02445634v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14309/ajg.0000000000000276" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02556079v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Zuber" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Frimat" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1681/ASN.2019040331" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02132592v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Javaugue" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Debiais-Delpech" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Nouvier" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gand" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chauvet" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.kint.2019.01.027" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04562978v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Savoye" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Alice Macher" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Videcoq" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ctr.13536" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04548266v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Baudenon" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ajt.15008" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158627v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Noble" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Sautenet" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Gaudy-Graffin" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Beby-Defaux" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcv.2017.12.011" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-731WC0L7-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523319v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maroua Haroun Ferhat" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Gombert" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2018.02308" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523330v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Giraud" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Sena" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Goujon" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1681/ASN.2017060650" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01617712v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sehnine" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ferhat" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sena" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Gombert" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Goujon" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diabet.2017.06.008" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02509353v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929544v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Giraud" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03573109v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noelle Cognard" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Girerd" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/TP.0000000000002009" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928717v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Rossi" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Delbauve" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Preyat" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel P Soares" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-00220-w" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01547862v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Pr&#233;maud" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Filloux" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0180236" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02445539v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Damon" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Luck" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Toullec" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Etienne" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ajt.14040" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01274241v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Jannot" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Vuillemin" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Hurault De Ligny" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/FTD.0000000000000267" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01296771v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pallet" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Bailly" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Hurault de Ligny" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ajt.13788" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157732v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tri.12656" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01212509v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Chauvet" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bridoux" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Ecoti&#232;re" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Javaugue" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Sirac" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01116416v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Pallet" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-S. Jannot" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. El Bahri" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ajt.13059" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630173v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solenne Tillet" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Coudroy" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523345v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Barra" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0088742" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01933057v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Mourad" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Choukroun" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Toupance" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2014/171898" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01928093v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00954708v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Picard" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Touchard" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Marquet" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/FPC.0000000000000045" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00981313v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chatauret" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Rossard" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1479-5876-12-76" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00925169v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Porcher" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Provot" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Dantal" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Choquet" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1200/JCO.2012.43.2344" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00926347v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvon Lebranchu" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Snanoudj" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-F. Weestel" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Hurault de Ligny" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1600-6143.2012.04036.x" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00871261v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Minouflet" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.vetimm.2012.06.023" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LP10C8L3-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00620852v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Thervet" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Vuiblet" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Machet" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1600-6143.2011.03695.x" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151208v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Glowacki" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Rerolle" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Garrigue" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/TP.0b013e318234e134" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00926380v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Thervet" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1600-6143.2011.03637.x" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00514235v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chahrazed El Hamel" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Trouillas" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Carrion" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ndt/gfq129" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HXZ-5W0VG7CF-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00453216v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Leroy" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Abou-Ayache" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Belmouaz" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Desport" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nephro.2008.01.001" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D9CDNHGJ-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00452947v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Mignot" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Bridoux" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaida Varnous" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Pujo" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3324/haematol.12108" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00453212v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Abou Ayache" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bauwens" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Belmouaz" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.transproceed.2007.08.016" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NGV1CWT1-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00453205v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Dreyfus" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramzi Abou Ayache" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Milin" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ndt/gfm052" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HXZ-F1Q14Z4M-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00453201v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mignot" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00453203v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sechet" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.transproceed.2006.07.001" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XQN8N4NM-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00022808v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Hugue" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Decourt" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1053/j.ajkd.2004.12.020" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05204362v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Wairy" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Danion" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Cou&#233;" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Pellerin" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01875287v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Courbebaisse" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Colas" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Sberro-Soussan" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Moal" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Lemeur" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nephro.2018.07.053" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FTLXJ9XC-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01787228v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moglie Le Quintrec" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03574438v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Damond" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. F. Subra" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Legendre" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739930v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Codas" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kasil" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cau" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Hauet" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744213v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souleymane Ma&#239;ga" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Guy" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Cau" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741442v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Charron" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Giraud" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739913v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Gourinat" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Delpech" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523425v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Thierry" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523443v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523450v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523470v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Giraud" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523481v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Herbelin" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739932v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. O. Delpech" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Barrou" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Badet" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Matillon" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743010v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Salame" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>