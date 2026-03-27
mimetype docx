--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (6)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -217,272 +217,272 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05419808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variational inference for approximate objective priors using neural networks</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Design of experiments based on a low fidelity model for seismic fragility curves estimation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Van Biesbroeck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Gauchy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Feau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josselin Garnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computo</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.57750/76fh-t442⟩</w:t>
+              <w:t xml:space="preserve">ESAIM: Proceedings and Surveys</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 79, pp.96-109. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/proc/202579096⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05396180v1</w:t>
+                <w:t xml:space="preserve">hal-04719458v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of experiments based on a low fidelity model for seismic fragility curves estimation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Variational inference for approximate objective priors using neural networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nils Baillie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Van Biesbroeck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Gauchy</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Josselin Garnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESAIM: Proceedings and Surveys</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 79, pp.96-109. </w:t>
+              <w:t xml:space="preserve">Computo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/proc/202579096⟩</w:t>
+                <w:t xml:space="preserve">⟨10.57750/76fh-t442⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05464083v1</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05396180v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of experiments based on a low fidelity model for seismic fragility curves estimation</w:t>
+                <w:t xml:space="preserve">Reference prior for Bayesian estimation of seismic fragility curves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Van Biesbroeck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Gauchy</w:t>
@@ -500,297 +500,180 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Feau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josselin Garnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESAIM: Proceedings and Surveys</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/proc/202579096⟩</w:t>
+              <w:t xml:space="preserve">Probabilistic Engineering Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 76, pp.103622. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.probengmech.2024.103622⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04719458v2</w:t>
+                <w:t xml:space="preserve">hal-04548979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reference prior for Bayesian estimation of seismic fragility curves</w:t>
+                <w:t xml:space="preserve">CAD model Segmentation via Deep Learning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Van Biesbroeck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...88 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...16 lines deleted...]
-                <w:t xml:space="preserve">Antoine Van Biesbroeck</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Feifei Shang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Bassir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Computational Methods</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1142/S0219876220410054⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02527141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -800,51 +683,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design of experiments for efficient and conform Bayesian learning of seismic fragility curves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Van Biesbroeck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -873,87 +756,87 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SMiRT28 - 28th International Conference on Structural Mechanics In Reactor Technology 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2025, Toronto, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-05293227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prior de référence sous contraintes selon différentes mesures de dissimilarité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine van Biesbroeck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Gauchy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -981,393 +864,393 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JdS 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2024, Bordeaux, France. pp.189-196</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04706840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of the choice of the seismic intensity measure on fragility curves estimation in a bayesian framework based on reference prior</w:t>
+                <w:t xml:space="preserve">Connections between reference prior theory and global sensitivity analysis, an illustration with $f$-divergences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Van Biesbroeck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Gauchy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josselin Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Feau</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Josselin Garnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th International Conference on Uncertainty Quantification in Computational Sciences and Engineering</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">JdS 2023 - 54èmes Journées de Statistique de la SFDS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Bruxelles, Belgium</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04265785v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04171446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Connections between reference prior theory and global sensitivity analysis, an illustration with $f$-divergences</w:t>
+                <w:t xml:space="preserve">Influence of the choice of the seismic intensity measure on fragility curves estimation in a bayesian framework based on reference prior</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Van Biesbroeck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Gauchy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Feau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josselin Garnier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cyril Feau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JdS 2023 - 54èmes Journées de Statistique de la SFDS</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">5th International Conference on Uncertainty Quantification in Computational Sciences and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Athens, Greece. pp.94-111, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7712/120223.10327.19899⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04171446v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04265785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extended reference prior theory for objective and practical inference, application to robust and auditable seismic fragility curve estimation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine van Biesbroeck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Statistics [math.ST]. Institut Polytechnique de Paris, 2025. English. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2025IPPAX074⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-05354194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId33"/>
+      <w:footerReference w:type="default" r:id="rId32"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -1514,51 +1397,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419808v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Van Biesbroeck" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Gauchy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Feau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Garnier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2025.114695" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05396180v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Baillie" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57750/76fh-t442" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05464083v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/proc/202579096" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719458v2" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04548979v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.probengmech.2024.103622" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02527141v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feifei Shang" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bassir" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0219876220410054" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05293227v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04706840v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine van Biesbroeck" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04265785v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7712/120223.10327.19899" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04171446v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-05354194v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2025IPPAX074" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419808v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Van Biesbroeck" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Gauchy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Feau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Garnier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nucengdes.2025.114695" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719458v2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/proc/202579096" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05396180v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Baillie" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57750/76fh-t442" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04548979v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.probengmech.2024.103622" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02527141v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feifei Shang" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bassir" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0219876220410054" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05293227v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04706840v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine van Biesbroeck" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04171446v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04265785v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7712/120223.10327.19899" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-05354194v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2025IPPAX074" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>