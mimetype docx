--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -502,295 +502,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04591531v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is history of abuse predictive of eating disorders with binge-eating episodes through an effect mediated by impulsivity? A French longitudinal study</w:t>
+                <w:t xml:space="preserve">Implications of the syntheses on definition, theory, and methods conducted by the Response Shift – in Sync Working Group</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clémence Cabelguen</w:t>
+                <w:t xml:space="preserve">Mirjam a G Sprangers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anaïs Saillard</w:t>
+                <w:t xml:space="preserve">Richard Sawatzky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Vanier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manuel Laslandes</w:t>
+                <w:t xml:space="preserve">Jan R Böhnke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliette Leboucher</w:t>
+                <w:t xml:space="preserve">Tolulope Sajobi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Psychiatry and Neuroscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 48 (1), pp.E13-E22. </w:t>
+              <w:t xml:space="preserve">Quality of Life Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 32 (8), pp.2165-2178. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1503/jpn.210218⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11136-023-03347-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05079907v1</w:t>
+                <w:t xml:space="preserve">hal-04792913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Implications of the syntheses on definition, theory, and methods conducted by the Response Shift – in Sync Working Group</w:t>
+                <w:t xml:space="preserve">Is history of abuse predictive of eating disorders with binge-eating episodes through an effect mediated by impulsivity? A French longitudinal study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mirjam a G Sprangers</w:t>
+                <w:t xml:space="preserve">Clémence Cabelguen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Richard Sawatzky</w:t>
+                <w:t xml:space="preserve">Anaïs Saillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Vanier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jan R Böhnke</w:t>
+                <w:t xml:space="preserve">Manuel Laslandes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tolulope Sajobi</w:t>
+                <w:t xml:space="preserve">Juliette Leboucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quality of Life Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 32 (8), pp.2165-2178. </w:t>
+              <w:t xml:space="preserve">Journal of Psychiatry and Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 48 (1), pp.E13-E22. </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11136-023-03347-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1503/jpn.210218⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04792913v1</w:t>
+                <w:t xml:space="preserve">hal-05079907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toward a rigorous assessment of the statistical performances of methods to estimate the Minimal Important Difference of Patient-Reported Outcomes: A protocol for a large-scale simulation study</w:t>
               </w:r>
@@ -1265,103 +1265,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Response shift in results of patient-reported outcome measures: a commentary to The Response Shift—in Sync Working Group initiative</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mirjam a G Sprangers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tolulope Sajobi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Vanier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nancy E Mayo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Sawatzky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quality of Life Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, </w:t>
@@ -1523,831 +1523,831 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04041547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Depression Reappraisal and Treatment Effect: Will Response Shift Help Improve the Estimation of Treatment Efficacy in Trials for Mood Disorders?</w:t>
+                <w:t xml:space="preserve">Predictive Factors of Intraocular Pressure Level Evolution Over Time and Glaucoma Severity in Fuchs'' Heterochromic Iridocyclitis.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samuel Bulteau</w:t>
+                <w:t xml:space="preserve">Sara Touhami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Vanier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Sauvaget</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Antoine Vanier</w:t>
+                <w:t xml:space="preserve">Alessandra Rosati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Marie Vanelle</w:t>
+                <w:t xml:space="preserve">Magdalena Bojanova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Poulet</w:t>
+                <w:t xml:space="preserve">Bouchra Benromdhane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Psychiatry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 10, pp.420. </w:t>
+              <w:t xml:space="preserve">Investigative Ophthalmology &amp; Visual Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 60 (7), pp.2399-2405. </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fpsyt.2019.00420⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1167/iovs.18-24597⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03158774v1</w:t>
+                <w:t xml:space="preserve">hal-03158827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Predictive Factors of Intraocular Pressure Level Evolution Over Time and Glaucoma Severity in Fuchs'' Heterochromic Iridocyclitis.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An Updated Matrix to Predict Rapid Radiographic Progression of Early Rheumatoid Arthritis Patients: Pooled Analyses from Several Databases.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Vanier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sara Touhami</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Antoine Vanier</w:t>
+                <w:t xml:space="preserve">Js Smolen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alessandra Rosati</w:t>
+                <w:t xml:space="preserve">Cf Allaart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magdalena Bojanova</w:t>
+                <w:t xml:space="preserve">Rv Vollenhoven</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bouchra Benromdhane</w:t>
+                <w:t xml:space="preserve">P Verschueren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Investigative Ophthalmology &amp; Visual Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 60 (7), pp.2399-2405. </w:t>
+              <w:t xml:space="preserve">Rheumatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1167/iovs.18-24597⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/rheumatology/kez542⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03158827v1</w:t>
+                <w:t xml:space="preserve">hal-03158828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Updated Matrix to Predict Rapid Radiographic Progression of Early Rheumatoid Arthritis Patients: Pooled Analyses from Several Databases.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Materialism, Financial Motives and Gambling: Examination of an Unexplored Relationship</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeline Eyzop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Vanier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Js Smolen</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Leboucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cf Allaart</w:t>
+                <w:t xml:space="preserve">Hervé Morvan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rv Vollenhoven</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">P Verschueren</w:t>
+                <w:t xml:space="preserve">Mailis Poulette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rheumatology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/rheumatology/kez542⟩</w:t>
+              <w:t xml:space="preserve">Journal of Gambling Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 35 (3), pp.861-873. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10899-018-9807-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03158828v1</w:t>
+                <w:t xml:space="preserve">hal-03158788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Materialism, Financial Motives and Gambling: Examination of an Unexplored Relationship</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Depression Reappraisal and Treatment Effect: Will Response Shift Help Improve the Estimation of Treatment Efficacy in Trials for Mood Disorders?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Bulteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emeline Eyzop</w:t>
+                <w:t xml:space="preserve">Anne Sauvaget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Vanier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hervé Morvan</w:t>
+                <w:t xml:space="preserve">Jean-Marie Vanelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mailis Poulette</w:t>
+                <w:t xml:space="preserve">Emmanuel Poulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Gambling Studies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 35 (3), pp.861-873. </w:t>
+              <w:t xml:space="preserve">Frontiers in Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10, pp.420. </w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10899-018-9807-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fpsyt.2019.00420⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03158788v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03158774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long-Term Cognitive Prognosis of Profoundly Deaf Older Adults After Hearing Rehabilitation Using Cochlear Implants</w:t>
+                <w:t xml:space="preserve">Role of Electrophysiology in Guiding Near-Total Resection for Preservation of Facial Nerve Function in the Surgical Treatment of Large Vestibular Schwannomas.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Mosnier</w:t>
+                <w:t xml:space="preserve">D Bernardeschi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N Pyatigorskaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Vanier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geneviève Lina-Granade</w:t>
+                <w:t xml:space="preserve">F Bielle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Truy</w:t>
+                <w:t xml:space="preserve">M Smail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Geriatrics Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 66 (8), pp.1553--1561. </w:t>
+              <w:t xml:space="preserve">J Neurosurg</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 128, pp.903-910. </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/jgs.15445⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3171/2016.11.JNS161737⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01958660v1</w:t>
+                <w:t xml:space="preserve">hal-03158595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of Electrophysiology in Guiding Near-Total Resection for Preservation of Facial Nerve Function in the Surgical Treatment of Large Vestibular Schwannomas.</w:t>
+                <w:t xml:space="preserve">Long-Term Cognitive Prognosis of Profoundly Deaf Older Adults After Hearing Rehabilitation Using Cochlear Implants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D Bernardeschi</w:t>
+                <w:t xml:space="preserve">Isabelle Mosnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Vanier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N Pyatigorskaya</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Antoine Vanier</w:t>
+                <w:t xml:space="preserve">Damien Bonnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F Bielle</w:t>
+                <w:t xml:space="preserve">Geneviève Lina-Granade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M Smail</w:t>
+                <w:t xml:space="preserve">Eric Truy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">J Neurosurg</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 128, pp.903-910. </w:t>
+              <w:t xml:space="preserve">Journal of the American Geriatrics Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 66 (8), pp.1553--1561. </w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3171/2016.11.JNS161737⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/jgs.15445⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03158595v1</w:t>
+                <w:t xml:space="preserve">hal-01958660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cost-Effectiveness of TNF-Blocker Injection Spacing for Patients with Established Rheumatoid Arthritis in Remission: An Economic Evaluation from the Spacing of TNF-Blocker Injections in Rheumatoid Arthritis Trial.</w:t>
               </w:r>
@@ -2489,51 +2489,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Vanier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Smail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Ferrary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2846,472 +2846,472 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03158145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Risk factors for substances use and misuse among young people in France: what can we learn from the Substance Use Risk Profile Scale?</w:t>
+                <w:t xml:space="preserve">Five-Year Hearing Outcomes in Bilateral Simultaneously Cochlear-Implanted Adult Patients</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Ali</w:t>
+                <w:t xml:space="preserve">Daniele de Seta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Carré</w:t>
+                <w:t xml:space="preserve">Yann Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Vanier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Hassler</w:t>
+                <w:t xml:space="preserve">Evelyne Ferrary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Spilka</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">A. Vanier</w:t>
+                <w:t xml:space="preserve">Jean-Pierre Bebear</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Drug and Alcohol Dependence</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.drugalcdep.2016.03.027⟩</w:t>
+              <w:t xml:space="preserve">Audiology and Neurotology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 21 (4), pp.261-267. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1159/000448582⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01303676v1</w:t>
+                <w:t xml:space="preserve">hal-01378673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Five-Year Hearing Outcomes in Bilateral Simultaneously Cochlear-Implanted Adult Patients</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Birdshot Retinochoroidopathy: Prognostic Factors of Long-Term Visual Outcome.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Touhami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniele de Seta</w:t>
+                <w:t xml:space="preserve">C Fardeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Vanier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yann Nguyen</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Antoine Vanier</w:t>
+                <w:t xml:space="preserve">O Zambrowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evelyne Ferrary</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre Bebear</w:t>
+                <w:t xml:space="preserve">R Steinborn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Audiology and Neurotology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1159/000448582⟩</w:t>
+              <w:t xml:space="preserve">American Journal of Ophthalmology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 170, pp.190-196. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ajo.2016.08.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01378673v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03157755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Birdshot Retinochoroidopathy: Prognostic Factors of Long-Term Visual Outcome.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Risk factors for substances use and misuse among young people in France: what can we learn from the Substance Use Risk Profile Scale?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S Touhami</w:t>
+                <w:t xml:space="preserve">A. Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C Fardeau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Antoine Vanier</w:t>
+                <w:t xml:space="preserve">C. Hassler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O Zambrowski</w:t>
+                <w:t xml:space="preserve">S. Spilka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R Steinborn</w:t>
+                <w:t xml:space="preserve">A. Vanier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Ophthalmology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 170, pp.190-196. </w:t>
+              <w:t xml:space="preserve">Drug and Alcohol Dependence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 163, pp.84-91. </w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ajo.2016.08.007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.drugalcdep.2016.03.027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03157755v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01303676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Visual Acuity in Birdshot Retinochoroidopathy Evaluation.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Touhami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Fardeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Vanier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3929,51 +3929,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trends in breast cancer incidence and mortality in France 1990–2008</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Molinié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Vanier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. S. Woronoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4392,51 +4392,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les données des registres : évolution des types et des stades des cancers du sein – Focus 50-74 ans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Molinié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Vanier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Grosclaude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4656,51 +4656,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675354v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Fernandez" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celeste Babin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Thomassin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Pelon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Kelley" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0266462324000291" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-04056273v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Vanier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Alter" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Semenzato" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjebm-2022-112091" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04591531v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Sapin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Descarpentry" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustave Maffre" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Vuillermoz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00787-024-02392-z" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05079907v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Cabelguen" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Saillard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Laslandes" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Leboucher" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1503/jpn.210218" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792913v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirjam a G Sprangers" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Sawatzky" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan R B&#246;hnke" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tolulope Sajobi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11136-023-03347-8" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04795616v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Leroy" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Benoit Hardouin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymeth.2022.02.006" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03314537v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique S&#233;bille" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Blanchin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12874-021-01307-9" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03243409v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frans J Oort" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leah Mcclimans" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikki Ow" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernice G Gulek" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11136-021-02846-w" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05079851v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11136-021-02890-6" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03243418v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy E Mayo" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11136-020-02747-4" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04041547v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Woaye-Hune" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Antoine Lehur" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Meurette" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12955-020-01398-w" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158774v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Bulteau" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sauvaget" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Vanelle" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Poulet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyt.2019.00420" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158827v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Touhami" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Rosati" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Bojanova" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouchra Benromdhane" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1167/iovs.18-24597" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158828v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Js Smolen" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cf Allaart" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rv Vollenhoven" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Verschueren" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/rheumatology/kez542" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158788v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Eyzop" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Morvan" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mailis Poulette" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10899-018-9807-6" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01958660v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Mosnier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Bonnard" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Lina-Granade" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Truy" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jgs.15445" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158595v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Bernardeschi" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Pyatigorskaya" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Bielle" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Smail" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3171/2016.11.JNS161737" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158167v2" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X Mariette" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Tubach" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Fautrel" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jval.2017.01.005" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158166v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Torres" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Nguyen" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Ferrary" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0194599816677711" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02050776v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Molt&#243;" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Tezenas Du Montcel" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Wendling" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Dougados" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/annrheumdis-2016-209785" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158145v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Lepere" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Loncar" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Lemoine" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Vaillant" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12871-017-0372-9" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01303676v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ali" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Carr&#233;" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hassler" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Spilka" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vanier" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.drugalcdep.2016.03.027" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01378673v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele de Seta" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Nguyen" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Ferrary" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Bebear" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000448582" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157755v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Touhami" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Fardeau" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Zambrowski" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Steinborn" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajo.2016.08.007" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03156128v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Knoeri" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Simon" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajo.2015.07.008" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01815975v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Guilleux" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Guillemin" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Falissard" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11136-014-0876-4" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03243355v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11136-015-0938-2" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01139064v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Lepl&#232;ge" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclinepi.2015.01.023" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01820311v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal J&#233;z&#233;quel" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Loussouarn" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Gu&#233;rin-Charbonnel" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Campion" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13058-015-0550-y" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04954439v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Molini&#233;" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. S. Woronoff" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. V. Guizard" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Delafosse" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10549-014-3073-9" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416345v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustave Maffre Maviel" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159549v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575816v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Grosclaude" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le R&#233;seau Francim" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675354v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Fernandez" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celeste Babin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Thomassin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Pelon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Kelley" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0266462324000291" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-04056273v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Vanier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Alter" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Semenzato" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjebm-2022-112091" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04591531v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Sapin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Descarpentry" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustave Maffre" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Vuillermoz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00787-024-02392-z" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792913v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirjam a G Sprangers" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Sawatzky" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan R B&#246;hnke" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tolulope Sajobi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11136-023-03347-8" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05079907v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Cabelguen" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Saillard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Laslandes" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Leboucher" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1503/jpn.210218" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04795616v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Leroy" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Benoit Hardouin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymeth.2022.02.006" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03314537v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique S&#233;bille" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Blanchin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12874-021-01307-9" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03243409v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frans J Oort" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leah Mcclimans" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikki Ow" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernice G Gulek" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11136-021-02846-w" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05079851v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11136-021-02890-6" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03243418v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy E Mayo" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11136-020-02747-4" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04041547v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Woaye-Hune" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Antoine Lehur" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Meurette" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12955-020-01398-w" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158827v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Touhami" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Rosati" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Bojanova" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouchra Benromdhane" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1167/iovs.18-24597" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158828v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Js Smolen" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cf Allaart" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rv Vollenhoven" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Verschueren" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/rheumatology/kez542" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158788v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Eyzop" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Morvan" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mailis Poulette" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10899-018-9807-6" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158774v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Bulteau" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sauvaget" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Vanelle" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Poulet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyt.2019.00420" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158595v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Bernardeschi" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Pyatigorskaya" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Bielle" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Smail" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3171/2016.11.JNS161737" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01958660v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Mosnier" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Bonnard" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Lina-Granade" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Truy" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jgs.15445" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158167v2" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X Mariette" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Tubach" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Fautrel" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jval.2017.01.005" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158166v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Torres" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Nguyen" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Ferrary" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0194599816677711" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02050776v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Molt&#243;" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Tezenas Du Montcel" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Wendling" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Dougados" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/annrheumdis-2016-209785" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03158145v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Lepere" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Loncar" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Lemoine" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Vaillant" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12871-017-0372-9" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01378673v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele de Seta" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Nguyen" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Ferrary" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Bebear" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000448582" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157755v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Touhami" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Fardeau" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Zambrowski" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Steinborn" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajo.2016.08.007" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01303676v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ali" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Carr&#233;" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hassler" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Spilka" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vanier" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.drugalcdep.2016.03.027" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03156128v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Knoeri" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Simon" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajo.2015.07.008" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01815975v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Guilleux" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Guillemin" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Falissard" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11136-014-0876-4" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03243355v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11136-015-0938-2" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01139064v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Lepl&#232;ge" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclinepi.2015.01.023" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01820311v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal J&#233;z&#233;quel" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Loussouarn" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Gu&#233;rin-Charbonnel" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Campion" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13058-015-0550-y" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04954439v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Molini&#233;" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. S. Woronoff" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. V. Guizard" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Delafosse" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10549-014-3073-9" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416345v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustave Maffre Maviel" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03159549v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575816v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Grosclaude" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le R&#233;seau Francim" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>