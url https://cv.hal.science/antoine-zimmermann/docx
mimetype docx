--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -239,13373 +239,13498 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Poster de conférence (4)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Automatic Creation of Knowledge Graphs From IEC 61850-Tagged Datasets for Renewable Energy Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lina Nachabe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Lefrançois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Effantin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SEMANTiCS 2025 : 21st International Conference on Semantic Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Vienne, Austria</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05244527v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Intelligent and decentralized Applications on constrained objects using Semantic Web technologies for Sustainable Agriculture and Smart Buildings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Bento</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Martins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghislain Atemezing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Badeig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahdi Bennara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Forum of Agricultural Robotic (FIRA 2020)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2020, Virtuel event, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03114508v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">LinkedVocabularyEditor: une extension MediaWiki pour l’édition collaborative et la publication de vocabulaires liés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Lefrançois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">26e Journées Francophones d'Ingénierie des Connaissances, IC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Rennes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-01158410v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adding a Social Dimension to the Web of Things</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrei Ciortea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Boissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adina Magda Florea</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées scientifiques SEmba 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2013, Saint Germain au Mont d'Or, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-01082444v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (93)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Process-Oriented Framework for Operationalising Agile Transformation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cheikh Sid Ahmed Mohamed Taleb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaled Medini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaya El Dib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hybrid Human-AI Collaborative Networks 26th IFIP WG 5.5 SOCOLNET Working Conference on Virtual Enterprises, PRO-VE 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Porto, Portugal. pp.124-136, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-032-05681-8_8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05330040v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Web of Simulation Ontology-Driven Framework (WoSO-DF) for Integrating Building Performance Simulations and IoT Systems for Smart Energy Management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zehor Hounas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Lefrançois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Traverson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Acolant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hasan Sayegh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2025 European Conference on Computing in Construction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Porto, Portugal</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05551801v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Web of Simulation ontology (WoSO): Integration of Building Performance Simulations in IoT Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zehor Hounas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Lefrançois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Traverson</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">LDAC2024 - Linked Data in Architecture and Construction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ruhr University Bochum, Jun 2024, Bochum, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04604267v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kind of X and X of Interest: An Ontology Design Pattern to Reconcile Web of Thing Ontologies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Lefrançois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Roussey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatma-Zohra Hannou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Charpenay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">15. Workshop on Ontology Design and Patterns (WOP 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Baltimore, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04765079v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Towards Linked Data for Ecosystems of Digital Twins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuele Burattini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Picone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Ricci</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ACM/IEEE 27th International Conference on Model Driven Engineering Languages and Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Linz, Austria. pp.332 - 337, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3652620.3688245⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04768000v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La méthodologie ACIMOV pour l'intégration agile et continue des modules ontologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatma-Zohra Hannou Hannou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Charpenay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Lefrançois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Roussey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">35. Journées francophones d'Ingénierie des Connaissances (IC 2024) @ Plate-Forme Intelligence Artificielle (PFIA 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, La Rochelle, France. pp.127-128</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-04636109v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Formalization of building codes and regulations in knowledge graphs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gonçal Costa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edlira Vakaj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Beach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rita Lavikka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Lefrançois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Digital Building Permit conference 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, Barcelone, Spain. pp.120-125</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-04919653v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Make autonomous agents work and collaborate on the Web thanks to ontologies and ontology patterns</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">15th Workshop on Ontology Design and Patterns (WOP 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Baltimore, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04792760v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Content Negotiation in a Decentralised Semantic Context Utilising Equivalence Links</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yousouf Taghzouti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Lefrançois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1st International Workshop on Data Management for Knowledge Graphs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Hersonissos, Greece</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04119138v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">FB15k-CVT: A Challenging Dataset for Knowledge Graph Embedding Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mouloud Iferroudjene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Charpenay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SeReCo Summer Workshop 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Waischenfeld, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-04138834v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">FB15k-CVT: A Challenging Dataset for Knowledge Graph Embedding Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mouloud Iferroudjene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Charpenay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NeSy 2023, 17th International Workshop on Neural-Symbolic Learning and Reasoning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Siena, Italy. pp.381-394</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-04081543v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modular Knowledge integration for Smart Building Digital Twins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isaac Fatokun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arun Raveendran Nair Sheela</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thamer Mecharnia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Lefrançois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Charpenay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">LDAC’23: 11th Linked Data in Architecture and Construction Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Matera, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-04086955v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Socio-Technical Networking Platforms for Multi-Agent Collaboration on the Web</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dagstuhl Seminar 23081 Agents on the Web</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2023, Wadern, Germany. pp.109</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-04240465v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pody: a Solid-based approach to embody agents in Web-based Multi-Agent-Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrei Ciortea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Faron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eoin O'Neill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">María Poveda-Villalón</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EMAS 2023 - 11th International Workshop on Engineering Multi-Agent Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Londres, United Kingdom</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-04058783v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abstractions for Agents on the Web</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrei Ciortea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Faron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jomi Fred Hübner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eoin O'Neill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">María Poveda-Villalón</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Agents on the Web</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2023, Wadern, Germany. pp.126-130</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-04240584v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The ACIMOV Methodology: Agile and Continuous Integration for Modular Ontologies and Vocabularies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatma-Zohra Hannou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Charpenay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Lefrançois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Roussey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MK 2023 - 2. Workshop on Modular Knowledge associated with FOIS 2023 - 13. International Conference on Formal Ontology in Information Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Sherbrooke, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04187236v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Governing Online Forum Interactions with Multi-agent System: A Reddit Use Case with the JaCaMo Platform</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nesrine Hafiene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Nardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Boissier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PAAMS 2023: Advances in Practical Applications of Agents, Multi-Agent Systems, and Cognitive Mimetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Guimarães, Portugal. pp.113-124, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-37616-0_10⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-04179613v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hypermedea: A Framework for Web (of Things) Agents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Charpenay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Lefrançois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Boissier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">WWW '22: Companion Proceedings of the Web Conference 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ACM, New York, NY, USA, Apr 2022, Lyon (Virtual), France. pp.176-179, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3487553.3524243⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-03609556v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modular Knowledge 2022 Preface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loris Bozzato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentina Anita Carriero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Torsten Hahmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MK 2022 : First International Workshop on Modular Knowledge</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Hersonissos, Greece. 4p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-03757538v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Négociation de contenu sémantique pour l'échange de connaissances entre systèmes hétérogènes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yousouf Taghzouti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Lefrançois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20èmes Rencontres des Jeunes Chercheurs en Intelligence Artificielle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Saint-Etienne, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03765368v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Portal for the State of the Art on Content Negotiation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yousouf Taghzouti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Lefrançois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ISWC’22: international semantic web conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Hangzhou, China</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-03843924v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Négociation de contenu sur le Web: un état de l’art</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yousouf Taghzouti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Lefrançois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IC Journées francophones d’Ingénierie des Connaissances PFIA 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Saint-Etienne, France. pp.64-70</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03837655v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Norms and Policies for Agents on the Web</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timotheus Kampik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Boissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Kirrane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adnane Mansour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julian Padget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dagstuhl-Seminar 21072 : Autonomous Agents on the Web</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2021, Wadern, Germany. pp.88-98</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-03313821v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pitfalls in Networked and Versioned Ontologies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omar Qawasmeh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Lefrançois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Maret</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Joint Conference on Knowledge Discovery, Knowledge Engineering, and Knowledge Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Vienne, Austria. pp.185-212, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-66196-0_9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03205325v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Interoperabilité et raisonnement dans le Web Sémantique des objets: le projet CoSWoT</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Antoniazzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghislain Auguste Atemezing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Badeig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahdi Bennara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphan Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">31es Journées francophones d'Ingénierie des Connaissances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sébastien Ferré, Jun 2020, Angers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02888216v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Interoperability of Semantically-Enabled Web Services on theWoT: Challenges and Prospects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahdi Bennara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Lefrançois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nurten Messalti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">22nd International Conference on Information Integration and Web-based Applications &amp; Services (iiWAS2020)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2020, Chiang Mai, Thailand. pp.5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-03010270v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le code unifié pour les unités de mesure en RDF : le type de données cdt:ucum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SemWeb.Pro 2020 Journée de présentations et de rencontres dédiées au web sémantique dans le monde professionnel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2020, En ligne, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-03007002v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">LDP-DL : Une langage pour definir la conception des Linked Data Platforms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noorani Bakerally</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Boissier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30es Journées Francophones d'Ingénierie des Connaissances, IC 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AFIA, Jul 2019, Toulouse, France. pp.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02556894v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Observing the Impact and Adaptation to the Evolution of an Imported Ontology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omar Qawasmeh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Lefrançois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Maret</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IC3K 2019 - 11ht International Joint Conference on Knowledge Discovery, Knowledge Enginnering and Knowledge Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Vienne, Austria. pp.76-86, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5220/0008064700760086⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-02319731v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Decade in Hindsight: The Missing Bridge Between Multi-Agent Systems and the World Wide Web</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrei Ciortea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Mayer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Gandon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Boissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Ricci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AAMAS 2019 - 18th International Conference on Autonomous Agents and Multiagent Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Montréal, Canada. pp.5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-02070625v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Computer-assisted Ontology Construction System: Focus on Bootstrapping Capabilities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omar Qawasmeh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Lefrançois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Maret</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Semantic Web: ESWC 2018 Satellite Events. ESWC 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Heraklion, France. pp.60-65, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-98192-5_12⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01885340v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Workflow for generation of LDP</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noorani Bakerally</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Boissier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Semantic Web: ESWC 2018 Satellite Events. ESWC 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Heraklion, Greece. pp.142-147, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-98192-5_27⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-01838364v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Querying web polystores</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasar Khan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alokkumar Jha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dietrich Rebholz-Schuhmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ratnesh Sahay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2017 IEEE International Conference on Big Data (Big Data)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2017, Boston, France. pp.3190-3195, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/BigData.2017.8258299⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-01879779v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Give Agents Some REST: Hypermedia-driven Agent Environments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrei Ciortea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Boissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adina Magda Florea</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EMAS 2017 : Engineering Multi-Agent Systems </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Sao Paulo, Brazil. pp 125-141, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-91899-0_8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-01804137v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">LDP-DL: A Language to Define the Design of Linked Data Platforms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noorani Bakerally</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Boissier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> European Semantic Web Conference ESWC 2018: The Semantic Web </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Heraklion, Greece. pp.33-49, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-93417-4_3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-01838266v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Unified Code for Units of Measure in RDF: cdt:ucum and other UCUM Datatypes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Lefrançois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Semantic Web: ESWC 2018 Satellite Events. ESWC 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Heraklion, Greece. pp.196-201, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-98192-5_37⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01885337v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Support uniforme de types de données personnalisés dans RDF et SPARQL</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Lefrançois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EGC 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2017, Grenoble, France. pp.321-326</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-01491558v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Traveler-Oriented Advanced Traveler Information System Based on Discovery and Exploitation of Resources: Potentials and Challenges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oudom Kem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavien Balbo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">19th EURO Working Group on Transportation Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Istanbul, Turkey. pp.Pages 635-644, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.trpro.2017.03.059⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01382389v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multi-goal Pathfinding in Cyber-Physical-Social Environments: Multi-layer Search over a Semantic Knowledge Graph</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oudom Kem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavien Balbo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Nagellen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">21st International Conference on Knowledge-Based and Intelligent Information &amp; Engineering Systems (KES-2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Cecilia Zanni-Merk, Claudia S. Frydman, Carlos Toro, Yulia Hicks, Robert J. Howlett, Lakhmi C. Jain, Sep 2017, Marseille, France. pp.741 - 750</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01634461v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contextualizing DL axioms: Formalization, a New Approach, and its Properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José M Giménez-García</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Web Stream Processing workshop (WSP 2017) and the 2nd International Workshop on Ontology Modularity, Contextuality, and Evolution (WOMoCoE 2017), 16th International Semantic Web Conference (ISWC 2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Vienne, Austria. pp.74-85</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-01619212v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Génération de RDF à partir de sources de données aux formats hétérogènes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Lefrançois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noorani Bakerally</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EGC 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2017, Grenoble, France. pp.93-104</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-01491561v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multi-goal pathfinding in ubiquitous environments: modeling and exploiting knowledge to satisfy goals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oudom Kem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavien Balbo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> International Conference on Web Intelligence, WI '17 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2017, Leipzig, Germany. pp.1147-1150, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3106426.3109054⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-01575662v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A SPARQL extension for generating RDF from heterogeneous formats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Lefrançois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noorani Bakerally</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">14th ESWC 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Portoroz, Slovenia. pp.Pages 35-50, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-58068-5_3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-01504637v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flexible RDF generation from RDF and heterogeneous data sources with SPARQL-Generate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Lefrançois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noorani Bakerally</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20th International Conference on Knowledge Engineering and Knowledge Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Bologne, Italy. pp.Pages 131-135, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-58694-6_16⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-01417238v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Collaborative Search for Multi-goal Pathfinding in Ubiquitous Environments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oudom Kem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavien Balbo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Multiagent System Technologies: 15th German Conference, MATES 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2017, Leipzig, Germany. pp 72-88, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-64798-2_5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-01575624v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dataset Reuse: An Analysis of References in Community Discussions, Publications and Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kemele M Endris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José M Giménez-García</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christoph Lange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harsh Thakkar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">K-CAP 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2017, Austin, United States. pp.Article No. 5 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3148011.3154461⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-01639661v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Give Agents Some REST: A Resource-oriented Abstraction Layer for Internet-scale Agent Environments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrei Ciortea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Boissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adina Magda Florea</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">16th Conference on Autonomous Agents and MultiAgent Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, São Paulo, Brazil. pp.1502-1504</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-01523631v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Representing Contextual Information as Fluents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José-M. Giménez-Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Maret</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20th International Conference on Knowledge Engineering and Knowledge Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Bologne, Italy. pp.Pages 119-122, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-58694-6_13⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-01440232v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A system to automatize the deployment of data in Linked Data Platforms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noorani Bakerally</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ISWC 2017 16th International Semantic Web Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Vienne, Austria</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-01613006v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">NdFluents: An Ontology for Annotating Statements in Linked Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José-M. Giménez-Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Maret</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 14th ESWC 2017 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Portoroz, Slovenia. pp.Pages 638-654, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-58068-5_39⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-01504641v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Smart City Artifacts Web Portal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noorani Bakerally</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Boissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Semantic Web - ESWC 2016 Satellite Events</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Heraklion, Greece. p172-177, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-47602-5_34⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-01339122v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Distributed Approach to Constructing Travel Solutions by Exploiting Web Resources</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oudom Kem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavien Balbo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2016 IEEE/WIC/ACM International Conference on Web Intelligence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Omaha, United States. pp.713-716, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/WI.2016.0128⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-01412921v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assessing trust with PageRank in the Web of Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José-M. Giménez-Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harsh Thakkar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PROFILES 2016: 3rd International Workshop on Dataset PROFIling and fEderated Search for Linked Data</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Anissaras, Greece. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-47602-5_45⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-01310508v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multi-level Networked Knowledge Base: DDL-Reasoning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sihem Klai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Tarek Khadir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6th International Conference, MEDI 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Almería, Spain. pp 118-131, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-45547-1_10⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-01364941v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ontology Driven Complex Event Pattern Definition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois-Élies Calvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderrahmen Kammoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamal Singh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Fayolle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">On the Move to Meaningful Internet Systems: OTM 2016 Conferences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Rhodes, Greece. pp 522-530, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-48472-3_31⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-01387446v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hypermedia-driven Socio-technical Networks for Goal-driven Discovery in the Web of Things</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrei Ciortea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Boissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adina Magda Florea</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Workshop on the Web of Things (WoT) 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Stuttgart, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-01440260v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Supporting Arbitrary Custom Datatypes in RDF and SPARQL</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Lefrançois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13th International Conference, ESWC 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Anissaras, Greece. pp 371-386, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-34129-3_23⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-01310428v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Responsive Decentralized Composition of Service Mashups for the Internet of Things</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrei Ciortea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Boissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adina Magda Florea</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6th International Conference on the Internet of Things (IoT'16)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Stuttgart, Germany. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/2991561.2991573⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-01399895v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">SCORVoc: Vocabulary-Based Information Integration and Exchange in Supply Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Niklas Petersen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irlán Grangel-González</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gökhan Coskun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sören Auer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marvin Frommhold</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10th IEEE International Conference on Semantic Computing, ICSC 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2016, Laguna Hills, United States. pp 132-139, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICSC.2016.25⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-01438831v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dealing with ethical conflicts in autonomous agents and multi-agent systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Belloni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Boissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauvain Bourgne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1st International Workshop on Artificial Intelligence and Ethics at the 29th AAAI Conference on Artificial Intelligence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2015, Austin, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-01099705v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Towards a Social and Ubiquitous Web: A Model for Socio-technical Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrei Ciortea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Boissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adina Magda Florea</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> IEEE/WIC/ACM Web Intelligence Conference 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2015, Singapore, Singapore</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01239764v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Towards Efficient Semantically Enriched Complex Event Processing and Pattern Matching</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Syed Gillani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Laforest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">OrdRing 2014 - 3rd International Workshop on Ordering and Reasoning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Trentino, Italy. 8p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-01087640v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Open and Interoperable Socio-technical Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrei Ciortea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Boissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adina Magda Florea</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SYNASC 2014 : 16th International Symposium on Symbolic and Numeric Algorithms for Scientific Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Department of Computer Science, West University of Timisoara, Romania; Research Institute for Symbolic Computation, Johannes Kepler University, Linz, Austria; Research Institute e-Austria, Timisoara, Romania, Sep 2014, Timisoara, Romania</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-01082423v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Towards a framework to deal with ethical conflicts in autonomous agents and multi - agent systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Belloni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Besson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Boissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CEPE 2014 Well-Being, Flourishing, and ICTs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Paris, France. paper 8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-01059503v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Applying semantic web technologies to context modeling in ambient intelligence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Sorici</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Boissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3rd International Workshop on Pervasive and Context-Aware Middleware (PerCAM 2013) in conjunction with Fourth International Joint Conference on Ambient Intelligence (AmI 2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2013, Dublin, Ireland. pp 217-229, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-04406-4_22⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-00868038v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reconsidering the social web of things: position paper</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrei Ciortea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Boissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adina Magda Florea</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2013 ACM conference on Pervasive and ubiquitous computing adjunct publication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Zurich, Switzerland. pp.Pages 1535-1544, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/2494091.2497587⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-00862279v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nell2RDF: Read the Web, and turn it into RDF</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Gravier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Subercaze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Cruzille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Second international workshop on Knowledge Discovery and Data Mining Meets Linked Open Data (Know@LOD)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-00826385v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">DRAOn: A Distributed Reasoner for Aligned Ontologies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chan Le Duc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Lamolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Curé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The OWL Reasoner Evaluation Workshop 2013 (ORE 2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, Ulm, Germany. pp.14.1-14.6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-00847315v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Logic Programming approach for Acess Control over RDF</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nuno Lopes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Kirrane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Polleres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandra Mileo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Conference on Logic Programming</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2012, Budapest, Hungary. pp.381-392, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4230/LIPIcs.ICLP.2012.381⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-00723221v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Integrating Semantic Web technologies and Multi-Agent Systems: a Semantic Description of Multi-Agent Organizations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra-M Ad Alina Zarafin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Boissier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AT 2012, Agreement Technologies, First International Conference on Agreement Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2012, Dubrovnik, Croatia. p. 296-297</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-00741806v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reengineering the Core Grid Ontology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pawel Szmeja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AT 2012, Agreement Technologies, First International Conference on Agreement Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2012, Dubrovnik, Croatia. p. 298-299</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-00741820v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enabling Privacy-Preserving Semantic Presence in Instant Messaging Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anca Dumitrache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandra Mileo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Polleres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Obermeir Philipp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7th International and Interdisciplinary Conference, CONTEXT 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Karlsruhe, Germany. pp 82-96, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-24279-3_9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01240060v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leveraging the Linked Data Principles for Electronic Communications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> International Conference on Web Intelligence and Intelligent Agent Technology (WI-IAT), 2011 IEEE/WIC/ACM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2011, Lyon, France. pp.385 - 388 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/WI-IAT.2011.113⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01240147v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Methodological Approach for Ontologising and Aligning Health Level Seven (HL7) Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ratnesh Sahay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Fox</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Polleres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manfred Hauswirth</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1st Availability, Reliability and Security (CD-ARES)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2011, Vienne, Austria. pp.102-117, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-23300-5_9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01240094v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Some entities are more equal than others: statistical methods to consolidate Linked Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hogan Aidan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Polleres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Umbrich Jürgen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Workshop on New Forms of Reasoning for the Semantic Web: Scalable &amp; Dynamic</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2010, Heraklion, Greece</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01240427v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Towards consolidated presence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manfred Hauswirth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Euzenat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Owen Friel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Keith Griffin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pat Hession</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proc. 6th International conference on collaborative computing: networking, applications and worksharing (CollaborateCom)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2010, Chicago, United States. pp.1-10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00793278v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An API for Distributed Reasoning on Networked Ontologies with Alignments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chan Le Duc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Lamolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Conference on Knowledge Engineering and Ontology Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2010, Valence, Spain. pp.295-304</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01240330v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">AnQL: SPARQLing Up Annotated RDFS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nuno Lopes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Polleres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Umberto Straccia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9th International Semantic Web Conference, ISWC 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2010, Shanghai, China. pp 518-533, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-17746-0_33⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01240320v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ontology Recommendation for the Data Publishers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ORES-2010 Ontology Repositories and Editors for the Semantic Web</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2010, Hersonissos, Greece</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01240460v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">RDF Needs Annotations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nuno Lopes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hogan Aidan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lukácsy Gergely</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Polleres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">W3C Workshop — RDF Next Steps </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, National Center for Biomedical Ontology (NCBO), Jun 2010, Stanford, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01240406v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A semantic framework for modelling quotes in email conversations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Passant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jodi Schneider</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Breslin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1st International Conference on Intelligent Semantic Web-Services and Applications </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Amman, Jordan. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/1874590.1874601⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01240393v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An approach for ontology modularization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camila Bezerra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederico Freitas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Euzenat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proc. Brazil/INRIA colloquium on computation: cooperations, advances and challenges (Colibri)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2009, Bento-Conçalves, Brazil. pp.184-189</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00794915v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heterogeneity and Context in Semantic-Web-Enabled HCLS Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ratnesh Sahay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Fox</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Polleres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Confederated International Conferences, CoopIS, DOA, IS, and ODBASE 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2009, Vilamoura, Portugal. pp 1165-1182, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-05151-7_30⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01240880v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ModOnto: A tool for modularizing ontologies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camila Bezerra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederico Freitas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Euzenat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proc. 3rd workshop on ontologies and their applications (Wonto)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2008, Salvador de Bahia, Brazil. No pagination</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00793533v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reasoning on a network of aligned ontologies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chan Le Duc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proc. 2nd International conference on web reasoning and rule systems (RR)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2008, Karlsruhe, Germany. pp.43-57, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-540-88737-9_5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00793549v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alignment-based modules for encapsulating ontologies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Euzenat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederico Freitas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proc. 2nd workshop on Modular ontologies (WoMO)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2007, Whistler, Canada. pp.32-45</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00817809v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Query answering in distributed description logics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faisal Alkhateeb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proc. conference on New technologies, mobility and security (NTMS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2007, Paris, France. pp.523-534</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00817804v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Integrated distributed description logics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proc. 20th International workshop on description logic (DL)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Brixen/Bressanone, Italy. pp.507-514</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00817817v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A framework for media adaptation using the web and the semantic web</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Laborie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Second International Workshop on Semantic Media Adaptation and Personalization (SMAP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2007, Londres, United Kingdom. pp.32-37, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SMAP.2007.1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00167381v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Concept-based query transformation based on semantic centrality in semantic peer-to-peer environment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jason Jung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Euzenat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proc. 9th Conference on Asia-Pacific web (APWeb)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2007, Huang Shan, China. pp.622-629, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-540-72524-4_64⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00817812v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Répondre à des requêtes dans un système distribué à base de connaissances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faisal Alkhateeb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actes atelier sur Intelligence artificielle et web intelligence (IAWI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2007, Grenoble, France. no pagination</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00817822v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Formalizing ontology alignment and its operations with category theory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Markus Krötzsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Euzenat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Hitzler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proc. 4th International conference on Formal ontology in information systems (FOIS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2006, Baltimore, United States. pp.277-288</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00825949v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Three semantics for distributed systems and their relations with alignment composition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Euzenat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proc. 5th International semantic web conference (ISWC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2006, Athens, United States. pp.16-29, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/11926078_2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00825950v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (14)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Driving agile transformation: the interplay of processes, knowledge and agile thinking</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Medini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cheikh Sid Ahmed Mohamed Taleb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Zimmermann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Business Process Management Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, pp.1-20. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1108/BPMJ-06-2025-0976⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05296146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Survey on IoT Programming Platforms: A Business-Domain Experts Perspective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatma-Zohra Hannou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lefrançois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jouvelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Charpenay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Zimmermann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACM Computing Surveys</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1145/3699954⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04764936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Autonomy in the Age of Knowledge Graphs: Vision and Challenges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Calbimonte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrei Ciortea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Timotheus Kampik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Mayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Terry R Payne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transactions on Graph Data and Knowledge</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 1 (1), 22p. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4230/TGDK.1.1.13⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04358408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Governance of Autonomous Agents on the Web: Challenges and Opportunities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timotheus Kampik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adnane Mansour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Timotheus Kampik</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Olivier Boissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Kirrane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julian Padget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACM Transactions on Internet Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, pp.3507910. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1145/3507910⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">emse-03592242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">One Size Does Not Fit All: Querying Web Polystores</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Networked Ontologies with Contextual Alignments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sihem Klai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Zimmermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Tarek Khadir</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Access</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ACCESS.2018.2888601⟩</w:t>
+              <w:t xml:space="preserve">Computing and Informatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 38 (1), pp.115-150. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.31577/cai_2019_1_115⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">emse-02008296v1</w:t>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-02389753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Networked Ontologies with Contextual Alignments</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">A query language for semantic complex event processing: Syntax, semantics and implementation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Syed Gillani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Zimmermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Tarek Khadir</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederique Laforest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computing and Informatics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.31577/cai_2019_1_115⟩</w:t>
+              <w:t xml:space="preserve">Semantic Web – Interoperability, Usability, Applicability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10 (1), pp.53-93. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3233/SW-180313⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">emse-02389753v1</w:t>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01861610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A query language for semantic complex event processing: Syntax, semantics and implementation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">One Size Does Not Fit All: Querying Web Polystores</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasar Khan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Zimmermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alokkumar Jha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vijay Gadepally</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu d'Aquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Semantic Web – Interoperability, Usability, Applicability</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3233/SW-180313⟩</w:t>
+              <w:t xml:space="preserve">IEEE Access</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 7, pp.9598 - 9617. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ACCESS.2018.2888601⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01861610v1</w:t>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-02008296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Building IoT-Based Applications for Smart Cities: How Can Ontology Catalogs Help?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amelie Gyrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Zimmermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amit Sheth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Internet of Things Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 5 (5), pp.3978-3990. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/JIOT.2018.2854278⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">emse-01968153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vigi4Med Scraper: A Framework for Web Forum Structured Data Extraction and Semantic Representation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bissan Audeh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Beigbeder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Zimmermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Jaillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Bousquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 12 (1), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pone.0169658⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01468194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-level networked knowledge: representation and DL-reasoning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sihem Klai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Zimmermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Tarek Khadir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Metadata, Semantics and Ontologies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 11 (1), pp. 1-15. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1504/IJMSO.2016.078101⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">emse-01353342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CONSERT: Applying semantic web technologies to context modeling in ambient intelligence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandru Sorici</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gauthier Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Boissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Zimmermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adina Florea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computers and Electrical Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 44, pp.280-306. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.compeleceng.2015.03.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">emse-01139804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conflict resolution when axioms are materialized in semantic-based smart environments.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Gravier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Subercaze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Zimmermann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JAISE - Journal of Ambient Intelligence and Smart Environments</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 7 (2), pp.187-199. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3233/AIS-150307⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00995689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Scalable and Distributed Methods for Entity Matching, Consolidation and Disambiguation over Linked Data Corpora</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hogan Aidan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Zimmermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Umbrich Jürgen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel Polleres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Web Semantics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, special issue on Web-scale Semantic Information Processing, Volume 10, pp.Pages 76-110. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.websem.2011.11.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">emse-01082486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A general framework for representing, reasoning and querying with annotated Semantic Web data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Zimmermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nuno Lopes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel Polleres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Umberto Straccia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Web Semantics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, Volume 11, pp.Pages 72-95. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.websem.2011.08.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">emse-01082498v1</w:t>
-              </w:r>
-[...10290 lines deleted...]
-                <w:t xml:space="preserve">emse-01082444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Proceedings/Recueil des communications (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proceedings of the Second International Workshop on Hypermedia Multi-Agent Systems (HyperAgents 2025) co-located with 28th European Conference on Artificial Intelligence (ECAI 2025)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrei Ciortea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rem Collier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Gandon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Harth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Zimmermann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">HyperAgents 2025 : Hypermedia Multi-Agent Systems 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2025, Bologne, Italy. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CEUR Workshop Proceedings</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Vol-4084, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05356585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proceedings of the Doctoral Consortium at ISWC 2024 co-located with the 23rd International Semantic Web Conference (ISWC 2024)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kerry Taylor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Zimmermann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISWC-DC 2024 Doctoral Consortium at ISWC 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2024, Baltimore, United States. 3884, CEUR, 2024, CEUR Workshop Proceedings, 1613-0073</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05229148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proceedings of the Joint Ontology Workshops 2023 (JOWO 2023)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fumiaki Toyoshima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Megan Katsumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilio M. Sanfilippo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guendalina Righetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefano de Giorgis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JOWO 2023 The Joint Ontology Workshops</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Sherbrooke, Canada. 3637, CEUR, 2023, CEUR Workshop Proceedings, 1613-0073</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05229297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modular Knowledge 2022</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loris Bozzato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentina Anita Carriero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Torsten Hahmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Zimmermann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MK 2022 : First International Workshop on Modular Knowledge</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Hersonissos, Greece. 3184, pp.ISSN 1613-0073, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">emse-03757606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proceedings of the joint ontology workshops 2019, Episode V: The Styrian autumn of ontology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Barton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selja Seppälä</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniele Porello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Torsten Hahmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafael Peñaloza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JOWO 2019 - The Joint Ontology Workshops</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Graz, Austria. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05229490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Semantic Web: Latest Advances and New Domains</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId152" w:history="1">
+                <w:t xml:space="preserve">The Semantic Web: ESWC 2015 Satellite Events</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Gandon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId331" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Cudré-Mauroux</w:t>
+                <w:t xml:space="preserve">Christophe Guéret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serena Villata</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Breslin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Faron Zucker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Fabien Gandon; Marta Sabou; Harald Sack; Claudia D’Amato; Philippe Cudré-Mauroux; Antoine Zimmermann. </w:t>
+              <w:t xml:space="preserve">Gandon, Fabien; Guéret, Christophe; Villata, Serena; Breslin, John; Faron-Zucker, Catherine; Zimmermann, Antoine. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESWC 2015 - European Semantic Web Conference</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-18818-8⟩</w:t>
+              <w:t xml:space="preserve">ESWC 2015 Satellite Events</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, Portorož, Slovenia. 9341, Springer, 2015, Computer Communication Networks and Telecommunications, 978-3-319-25639-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-25639-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId330" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01187094v1</w:t>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01239773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Semantic Web: ESWC 2015 Satellite Events</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId152" w:history="1">
+                <w:t xml:space="preserve">The Semantic Web: Latest Advances and New Domains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Gandon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId338" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Serena Villata</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">John Breslin</w:t>
+                <w:t xml:space="preserve">Marta Sabou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Faron Zucker</w:t>
+                <w:t xml:space="preserve">Harald Sack</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia d'Amato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Cudré-Mauroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Gandon, Fabien; Guéret, Christophe; Villata, Serena; Breslin, John; Faron-Zucker, Catherine; Zimmermann, Antoine. </w:t>
+              <w:t xml:space="preserve">Fabien Gandon; Marta Sabou; Harald Sack; Claudia D’Amato; Philippe Cudré-Mauroux; Antoine Zimmermann. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESWC 2015 Satellite Events</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-25639-9⟩</w:t>
+              <w:t xml:space="preserve">ESWC 2015 - European Semantic Web Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, Portoroz, Slovenia. 9088, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Springer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.830, 2015, The Semantic Web, 978-3-319-18817-1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-18818-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId337" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01239773v1</w:t>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01187094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude analytique d’ontologies pour le projet ACCORD</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thamer Mecharnia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lefrançois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Zimmermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mihaela Juganaru</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Aurélie de Boissieu. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BIM computationnel, des données vers l'IA : Ingénierie &amp; architecture, enseignement &amp; recherche</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Eyrolles, 2024, Blanche BTP, 978-2-416-01511-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">emse-04387204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Formal Investigation of Semantic Interoperability of HCLS Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ratnesh Sahay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Zimmermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Fox</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel Polleres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manfred Hauswirth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Healthcare Administration: Concepts, Methodologies, Tools, and Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IGI Global, Chapter 11, p. 177-208, 2014, 9781466663398. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4018/978-1-4666-6339-8.ch011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">emse-01074929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Logical Formalisms for Agreement Technologies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Zimmermann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sascha Ossowski. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Agreement Technologies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer Netherlands, pp 69-82, 2013, Law, Governance and Technology Series, 978-94-007-5582-6. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-94-007-5583-3_5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">emse-00776103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On using information retrieval techniques for semantic media adaptation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Laborie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Zimmermann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Manolis Wallace, Marios Angelides, Phivos Mylonas. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Semantic Media Adaptation and Personalization</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CRC Press, pp.137-157, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00372995v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -13615,476 +13740,476 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Survey on IoT Programming Platforms: A Business-Domain Experts Perspective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatma-Zohra Hannou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lefrançois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Jouvelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Charpenay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Zimmermann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04159987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What does Dataset Reuse tell us about Quality?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kemele M. Endris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José-M. Giménez-Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harsh Thakkar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena Demidova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christoph Lange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">emse-01317206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A General Framework for Representing, Reasoning and Querying with Annotated Semantic Web Data (updated version)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Zimmermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nuno Lopes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel Polleres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Umberto Straccia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01240162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A General Framework for Representing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nuno Lopes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lukácsy Gergely</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axel Polleres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Umberto Straccia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Zimmermann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01240838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -14094,91 +14219,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interoperability for the Semantic Web: A Loosely Coupled Mediation Approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Zimmermann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Modeling and Simulation. Université Jean Monnet, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03163932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -14188,1341 +14313,1341 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Knowledge Graphs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hogan Aidan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Blomqvist</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Cochez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia d'Amato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerard de Melo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Technical Report] Mines Saint-Etienne. 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport technique)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId359" w:history="1">
-              <w:r>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">emse-03109122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The SEAS Knowledge Model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lefrançois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jarmo Kalaoja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Takoua Ghariani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Zimmermann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] Deliverable 2.2, ITEA2 12004 Smart Energy Aware Systems. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01885354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modèle d'enrichissement et d'intégration des données</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Zimmermann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] 3.3, ARMINES/Ecole des Mines de Saint Etienne. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01598004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrating Context of Statements within Description Logics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Zimmermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José-M. Giménez-Garcia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] Ecole des mines de Saint Etienne. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01612970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D2.2 SEAS Knowledge Model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lefrançois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jarmo Kalaoja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Takoua Ghariani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Zimmermann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] ITEA2 12004 Smart Energy Aware Systems. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02016334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">NdFluents: A Multi-dimensional Contexts Ontology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José-M. Giménez-Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Zimmermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Maret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] Ecole des mines de Saint Etienne. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">emse-01411671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D1.4.4: Reasoning over Distributed Networked Ontologies and Data Sources</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giorgios Trimponias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Haase</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chan Le Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Zimmermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Schenk Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] Universität Karlsruhe. 2009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId370" w:history="1">
-              <w:r>
-[...28 lines deleted...]
-            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01242814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D1.1.4: NeOn Formalism for Modularization: Implementation and Evaluation</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId242" w:history="1">
+                <w:t xml:space="preserve">Reasoning with a Network of Aligned Ontologies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chan Le Duc</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] Universität Karlsruhe. 2008, 44p</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-6484, INRIA. 2008, pp.41</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId371" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01242824v1</w:t>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00267808v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D1.1.3: NeOn Formalisms for Modularization: Syntax, Semantics, Algebra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu d'Aquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Haase</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Rudolph</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Euzenat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Zimmermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] Universität Karlsruhe. 2008, 49p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01242833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reasoning with a Network of Aligned Ontologies</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">D1.1.4: NeOn Formalism for Modularization: Implementation and Evaluation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu d'Aquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Haase</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chan Le Duc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Zimmermann</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] RR-6484, INRIA. 2008, pp.41</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] Universität Karlsruhe. 2008, 44p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId374" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inria-00267808v3</w:t>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01242824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expressive alignment language and implementation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId271" w:history="1">
+                <w:t xml:space="preserve">Matching ontologies for context</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Euzenat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId376" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Zimmermann</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">[Contract] 2007, pp.60</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Sabou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu d'Aquin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Contract] 2007, pp.42</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId375" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00822892v1</w:t>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00817807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matching ontologies for context</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId271" w:history="1">
+                <w:t xml:space="preserve">Expressive alignment language and implementation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Euzenat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Scharffe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Zimmermann</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">[Contract] 2007, pp.42</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Contract] 2007, pp.60</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId377" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00817807v1</w:t>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00822892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrated view and comparison of alignment semantics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Hitzler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Euzenat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Markus Krötzsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luciano Serafini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heiner Stuckenschmidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Contract] 2005, pp.32</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00922275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -15532,152 +15657,152 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SPARQL-Generate implementation over Apache Jena</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lefrançois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Zimmermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId382" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammad Noorani Bakerally</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">El Mehdi Khalfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Omar Qawasmeh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨swh:1:dir:522b14ecc703bdcbd739d5cc9eaaf307ac0822e1;origin=https://hal.archives-ouvertes.fr/hal-04999601;visit=swh:1:snp:26e5e4829cac9cd221a60dfd7443ce4b1ce58a5f;anchor=swh:1:rel:e4b15bccca3a5bce7d7eb91ea8bcecd9bf1e2d2b;path=/⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Logiciel</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId384" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04999601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -15687,744 +15812,744 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le « Petit Larousse » des objets connectés</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">L’IA pour des systèmes industriels interopérables et autonomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anais Culot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Boissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lefrançois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Zimmermann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId385" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">emse-02406702v1</w:t>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-02964645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’IA pour des systèmes industriels interopérables et autonomes</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Le « Petit Larousse » des objets connectés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Claveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lefrançois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Zimmermann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId387" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">emse-02964645v1</w:t>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-02406702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">N°spécial de revue/special issue (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact des open et/ou linked data dans les SI</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Max Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Laborie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassia Trojahn dos Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Zimmermann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 23 (3-4), 120p, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02099201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Éditorial</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Joint Proceedings of Reasoning with Ambiguous and Conflicting Evidence and Recommendations in Medicine (MedRACER 2018) and the 3rd International Workshop on Ontology Modularity, Contextuality, and Evolution (WOMoCoE 2018)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kristijonas Čyras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiago Oliveira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James Matthew Lloyd Williamson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loris Bozzato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Homola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 23 (3-4), pp.7-8, 2018</w:t>
+              <w:t xml:space="preserve">MedRACER 2018 &amp; WOMoCoE 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Tempe, United States. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CEUR Workshop Proceedings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2237, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId392" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">emse-02009033v1</w:t>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-01968199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joint Proceedings of Reasoning with Ambiguous and Conflicting Evidence and Recommendations in Medicine (MedRACER 2018) and the 3rd International Workshop on Ontology Modularity, Contextuality, and Evolution (WOMoCoE 2018)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Éditorial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Max Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Laborie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kristijonas Čyras</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cassia Trojahn dos Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MedRACER 2018 &amp; WOMoCoE 2018</w:t>
-[...14 lines deleted...]
-              <w:t xml:space="preserve">, 2237, 2018</w:t>
+              <w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série ISI : Ingénierie des Systèmes d'Information</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 23 (3-4), pp.7-8, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId393" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">emse-01968199v1</w:t>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-02009033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId398" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Semantic Web Evaluation Challenges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Gandon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId399" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena Cabrio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Milan Stankovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Zimmermann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Fabien Gandon; Elena Cabrio; Milan Stankovic; Antoine Zimmermann. Springer, 548, 2015, Communications in Computer and Information Science, 978-3-319-25518-7. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-25518-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId401" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">emse-01212063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -16434,91 +16559,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">RDF 1.1: On Semantics of RDF Datasets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Zimmermann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">emse-01082430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -16528,114 +16653,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sémantique des réseaux de connaissances : gestion de l'hétérogénéité fondée sur le principe de médiation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Zimmermann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Interface homme-machine [cs.HC]. Université Joseph-Fourier - Grenoble I, 2008. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00341525v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId405"/>
+      <w:footerReference w:type="default" r:id="rId408"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -16703,51 +16828,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="9804E027"/>
+    <w:nsid w:val="540C4CAD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16851,51 +16976,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="84D87BCB"/>
+    <w:nsid w:val="201B2020"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17085,51 +17210,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/antoine-zimmermann" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1502-6986" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/133375676" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/201186754" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05296146v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Medini" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheikh Sid Ahmed Mohamed Taleb" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Zimmermann" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/BPMJ-06-2025-0976" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764936v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma-Zohra Hannou" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Lefran&#231;ois" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Jouvelot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Charpenay" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3699954" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04358408v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Calbimonte" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Ciortea" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timotheus Kampik" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Mayer" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Terry R Payne" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/TGDK.1.1.13" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03592242v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnane Mansour" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boissier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Kirrane" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Padget" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3507910" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-02008296v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasar Khan" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alokkumar Jha" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vijay Gadepally" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu d'Aquin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2018.2888601" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-02389753v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sihem Klai" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Tarek Khadir" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31577/cai_2019_1_115" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861610v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syed Gillani" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Picard" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Laforest" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/SW-180313" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01968153v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelie Gyrard" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amit Sheth" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JIOT.2018.2854278" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01468194v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bissan Audeh" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Beigbeder" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jaillon" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bousquet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0169658" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01353342v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJMSO.2016.078101" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01139804v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandru Sorici" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adina Florea" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compeleceng.2015.03.012" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VTNGV87L-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00995689v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gravier" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Subercaze" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/AIS-150307" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01082486v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hogan Aidan" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Umbrich J&#252;rgen" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Polleres" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.websem.2011.11.002" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H97596TB-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01082498v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuno Lopes" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Umberto Straccia" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.websem.2011.08.006" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05330040v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaya El Dib" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-05681-8_8" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792760v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765079v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Roussey" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04604267v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zehor Hounas" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Traverson" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768000v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuele Burattini" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Picone" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Ricci" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3652620.3688245" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04636109v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma-Zohra Hannou Hannou" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04919653v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gon&#231;al Costa" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edlira Vakaj" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Beach" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Lavikka" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04179613v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nesrine Hafiene" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Nardin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-37616-0_10" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04138834v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouloud Iferroudjene" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04081543v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04119138v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yousouf Taghzouti" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04086955v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isaac Fatokun" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arun Raveendran Nair Sheela" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thamer Mecharnia" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04240584v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Faron" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jomi Fred H&#252;bner" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eoin O'Neill" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Poveda-Villal&#243;n" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04240465v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04058783v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04187236v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03609556v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3487553.3524243" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03757538v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loris Bozzato" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Anita Carriero" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Torsten Hahmann" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765368v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03843924v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837655v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03205325v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Qawasmeh" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Maret" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-66196-0_9" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03313821v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02888216v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Antoniazzi" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Auguste Atemezing" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Badeig" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahdi Bennara" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan Bernard" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03010270v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nurten Messalti" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03007002v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02556894v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noorani Bakerally" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-02319731v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0008064700760086" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-02070625v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Gandon" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01838266v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-93417-4_3" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885337v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-98192-5_37" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885340v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-98192-5_12" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01838364v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-98192-5_27" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01879779v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dietrich Rebholz-Schuhmann" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ratnesh Sahay" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/BigData.2017.8258299" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01804137v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adina Magda Florea" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-91899-0_8" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01613006v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01504641v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;-M. Gim&#233;nez-Garcia" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-58068-5_39" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01491561v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01619212v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; M Gim&#233;nez-Garc&#237;a" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01575662v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oudom Kem" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Balbo" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3106426.3109054" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01504637v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-58068-5_3" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01417238v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-58694-6_16" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634461v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Nagellen" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01491558v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01382389v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trpro.2017.03.059" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01639661v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kemele M Endris" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Lange" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harsh Thakkar" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3148011.3154461" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01575624v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-64798-2_5" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01523631v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01440232v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-58694-6_13" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01438831v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niklas Petersen" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irl&#225;n Grangel-Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#246;khan Coskun" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#246;ren Auer" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marvin Frommhold" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSC.2016.25" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01310508v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-47602-5_45" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01412921v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WI.2016.0128" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01339122v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-47602-5_34" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01440260v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01364941v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-45547-1_10" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01387446v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois-&#201;lies Calvier" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahmen Kammoun" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Singh" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Fayolle" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-48472-3_31" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01310428v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-34129-3_23" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01399895v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2991561.2991573" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01099705v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Belloni" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Berger" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Bonnet" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauvain Bourgne" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01239764v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01059503v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Besson" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01087640v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Laforest" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01082423v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00826385v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Cruzille" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00862279v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2494091.2497587" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00868038v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-04406-4_22" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00847315v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chan Le Duc" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Lamolle" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cur&#233;" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00741820v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pawel Szmeja" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00723221v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Mileo" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ICLP.2012.381" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00741806v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra-M Ad Alina Zarafin" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240094v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Fox" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manfred Hauswirth" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-23300-5_9" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240060v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anca Dumitrache" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Obermeir Philipp" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-24279-3_9" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-X1F0T2TR-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240147v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WI-IAT.2011.113" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240393v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Passant" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jodi Schneider" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Breslin" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1874590.1874601" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240406v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luk&#225;csy Gergely" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00793278v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Euzenat" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Owen Friel" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keith Griffin" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pat Hession" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240330v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240427v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240320v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-17746-0_33" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240460v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00794915v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Bezerra" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederico Freitas" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240880v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-05151-7_30" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00793549v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-88737-9_5" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00793533v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00817822v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faisal Alkhateeb" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00817809v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00817804v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00817817v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00167381v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Laborie" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SMAP.2007.1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00817812v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Jung" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-72524-4_64" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00825950v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/11926078_2" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00825949v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Kr&#246;tzsch" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Hitzler" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244527v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Nachabe" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Effantin" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03114508v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bento" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Martins" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Atemezing" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01158410v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01082444v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05356585v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rem Collier" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Harth" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05229148v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerry Taylor" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05229297v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fumiaki Toyoshima" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan Katsumi" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilio M. Sanfilippo" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guendalina Righetti" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano de Giorgis" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03757606v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05229490v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Barton" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selja Sepp&#228;l&#228;" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Porello" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Pe&#241;aloza" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01187094v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Sabou" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harald Sack" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia d'Amato" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cudr&#233;-Mauroux" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/us/book/9783319188171" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-18818-8" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01239773v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gu&#233;ret" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serena Villata" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Faron Zucker" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-25639-9" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04387204v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihaela Juganaru" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01074929v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/978-1-4666-6339-8.ch011" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00776103v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-007-5583-3_5" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00372995v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159987v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01317206v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kemele M. Endris" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Demidova" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240162v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240838v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03163932v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03109122v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Blomqvist" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Cochez" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard de Melo" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885354v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jarmo Kalaoja" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takoua Ghariani" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01598004v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612970v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02016334v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01411671v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01242814v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgios Trimponias" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Haase" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Schenk Simon" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01242824v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01242833v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Rudolph" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00267808v3" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00822892v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Scharffe" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00817807v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00922275v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciano Serafini" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heiner Stuckenschmidt" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04999601v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Noorani Bakerally" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Mehdi Khalfi" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:522b14ecc703bdcbd739d5cc9eaaf307ac0822e1;origin=https://hal.archives-ouvertes.fr/hal-04999601;visit=swh:1:snp:26e5e4829cac9cd221a60dfd7443ce4b1ce58a5f;anchor=swh:1:rel:e4b15bccca3a5bce7d7eb91ea8bcecd9bf1e2d2b;path=/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-02406702v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Claveau" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-02964645v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Culot" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02099201v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Chevalier" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassia Trojahn dos Santos" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-02009033v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01968199v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristijonas &#268;yras" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiago Oliveira" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Matthew Lloyd Williamson" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Homola" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01212063v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Cabrio" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milan Stankovic" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-25518-7" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01082430v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00341525v3" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/antoine-zimmermann" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1502-6986" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/133375676" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/201186754" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05244527v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Nachabe" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Lefran&#231;ois" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Effantin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Zimmermann" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03114508v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bento" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Martins" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Atemezing" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Badeig" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahdi Bennara" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01158410v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01082444v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Ciortea" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boissier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adina Magda Florea" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05330040v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheikh Sid Ahmed Mohamed Taleb" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Medini" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaya El Dib" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-05681-8_8" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05551801v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zehor Hounas" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Traverson" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Acolant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasan Sayegh" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04604267v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765079v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Roussey" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma-Zohra Hannou" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Charpenay" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768000v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuele Burattini" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Picone" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Ricci" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3652620.3688245" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04636109v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma-Zohra Hannou Hannou" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04919653v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gon&#231;al Costa" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edlira Vakaj" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Beach" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Lavikka" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792760v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04119138v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yousouf Taghzouti" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04138834v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouloud Iferroudjene" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04081543v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04086955v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isaac Fatokun" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arun Raveendran Nair Sheela" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thamer Mecharnia" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04240465v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04058783v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Faron" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eoin O'Neill" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Poveda-Villal&#243;n" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04240584v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jomi Fred H&#252;bner" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04187236v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04179613v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nesrine Hafiene" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Nardin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-37616-0_10" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03609556v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3487553.3524243" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03757538v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loris Bozzato" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Anita Carriero" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Torsten Hahmann" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765368v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03843924v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03837655v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03313821v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timotheus Kampik" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Kirrane" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnane Mansour" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Padget" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03205325v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Qawasmeh" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Maret" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-66196-0_9" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02888216v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Antoniazzi" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Auguste Atemezing" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phan Bernard" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03010270v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nurten Messalti" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03007002v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02556894v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noorani Bakerally" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-02319731v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0008064700760086" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-02070625v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Mayer" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Gandon" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885340v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-98192-5_12" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01838364v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-98192-5_27" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01879779v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasar Khan" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alokkumar Jha" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dietrich Rebholz-Schuhmann" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ratnesh Sahay" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/BigData.2017.8258299" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01804137v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-91899-0_8" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01838266v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-93417-4_3" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885337v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-98192-5_37" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01491558v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01382389v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oudom Kem" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Balbo" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trpro.2017.03.059" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01634461v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Nagellen" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01619212v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; M Gim&#233;nez-Garc&#237;a" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01491561v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01575662v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3106426.3109054" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01504637v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-58068-5_3" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01417238v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-58694-6_16" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01575624v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-64798-2_5" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01639661v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kemele M Endris" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Lange" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harsh Thakkar" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3148011.3154461" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01523631v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01440232v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;-M. Gim&#233;nez-Garcia" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-58694-6_13" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01613006v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01504641v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-58068-5_39" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01339122v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-47602-5_34" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01412921v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WI.2016.0128" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01310508v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-47602-5_45" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01364941v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sihem Klai" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Tarek Khadir" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-45547-1_10" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01387446v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois-&#201;lies Calvier" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahmen Kammoun" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Singh" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Fayolle" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-48472-3_31" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01440260v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01310428v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-34129-3_23" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01399895v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2991561.2991573" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01438831v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niklas Petersen" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irl&#225;n Grangel-Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#246;khan Coskun" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#246;ren Auer" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marvin Frommhold" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSC.2016.25" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01099705v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Belloni" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Berger" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Bonnet" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauvain Bourgne" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01239764v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01087640v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syed Gillani" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Picard" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Laforest" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01082423v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01059503v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Besson" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00868038v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandru Sorici" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-04406-4_22" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00862279v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2494091.2497587" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00826385v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gravier" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Subercaze" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Cruzille" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00847315v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chan Le Duc" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Lamolle" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cur&#233;" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00723221v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuno Lopes" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Polleres" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Mileo" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/LIPIcs.ICLP.2012.381" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00741806v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra-M Ad Alina Zarafin" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00741820v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pawel Szmeja" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240060v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anca Dumitrache" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Obermeir Philipp" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-24279-3_9" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-X1F0T2TR-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240147v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WI-IAT.2011.113" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240094v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Fox" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manfred Hauswirth" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-23300-5_9" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240427v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hogan Aidan" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Umbrich J&#252;rgen" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00793278v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Euzenat" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Owen Friel" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keith Griffin" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pat Hession" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240330v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240320v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Umberto Straccia" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-17746-0_33" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240460v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240406v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luk&#225;csy Gergely" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240393v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Passant" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jodi Schneider" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Breslin" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1874590.1874601" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00794915v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Bezerra" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederico Freitas" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240880v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-05151-7_30" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00793533v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00793549v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-88737-9_5" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00817809v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00817804v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faisal Alkhateeb" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00817817v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00167381v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Laborie" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SMAP.2007.1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00817812v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Jung" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-540-72524-4_64" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00817822v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00825949v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Kr&#246;tzsch" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Hitzler" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00825950v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/11926078_2" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05296146v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/BPMJ-06-2025-0976" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764936v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Jouvelot" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3699954" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04358408v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Calbimonte" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Terry R Payne" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4230/TGDK.1.1.13" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03592242v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3507910" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-02389753v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31577/cai_2019_1_115" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01861610v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Laforest" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/SW-180313" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-02008296v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vijay Gadepally" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu d'Aquin" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2018.2888601" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01968153v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelie Gyrard" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amit Sheth" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JIOT.2018.2854278" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01468194v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bissan Audeh" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Beigbeder" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jaillon" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bousquet" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0169658" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01353342v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJMSO.2016.078101" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01139804v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adina Florea" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compeleceng.2015.03.012" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VTNGV87L-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00995689v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/AIS-150307" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01082486v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.websem.2011.11.002" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H97596TB-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01082498v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.websem.2011.08.006" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05356585v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rem Collier" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Harth" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05229148v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kerry Taylor" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05229297v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fumiaki Toyoshima" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan Katsumi" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilio M. Sanfilippo" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guendalina Righetti" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano de Giorgis" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03757606v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05229490v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Barton" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selja Sepp&#228;l&#228;" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Porello" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Pe&#241;aloza" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01239773v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gu&#233;ret" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serena Villata" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Faron Zucker" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-25639-9" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01187094v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Sabou" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harald Sack" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia d'Amato" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cudr&#233;-Mauroux" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/us/book/9783319188171" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-18818-8" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04387204v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihaela Juganaru" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01074929v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/978-1-4666-6339-8.ch011" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00776103v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-007-5583-3_5" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00372995v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159987v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01317206v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kemele M. Endris" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Demidova" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240162v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240838v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03163932v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03109122v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Blomqvist" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Cochez" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard de Melo" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885354v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jarmo Kalaoja" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takoua Ghariani" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01598004v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612970v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02016334v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01411671v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01242814v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgios Trimponias" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Haase" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Schenk Simon" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00267808v3" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01242833v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Rudolph" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01242824v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00817807v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00822892v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Scharffe" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00922275v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciano Serafini" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heiner Stuckenschmidt" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04999601v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Noorani Bakerally" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Mehdi Khalfi" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:522b14ecc703bdcbd739d5cc9eaaf307ac0822e1;origin=https://hal.archives-ouvertes.fr/hal-04999601;visit=swh:1:snp:26e5e4829cac9cd221a60dfd7443ce4b1ce58a5f;anchor=swh:1:rel:e4b15bccca3a5bce7d7eb91ea8bcecd9bf1e2d2b;path=/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-02964645v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Culot" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-02406702v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Claveau" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02099201v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Chevalier" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassia Trojahn dos Santos" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01968199v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristijonas &#268;yras" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiago Oliveira" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Matthew Lloyd Williamson" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Homola" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-02009033v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01212063v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Cabrio" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milan Stankovic" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-25518-7" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01082430v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00341525v3" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>