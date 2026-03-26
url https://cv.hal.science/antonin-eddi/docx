--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -66,725 +66,813 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (6)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Resonance of an object floating within a surface wavefield</w:t>
+                <w:t xml:space="preserve">Tunable Thin Elasto-Drops</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Kuchly</w:t>
+                <w:t xml:space="preserve">Antonin Eddi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wilson Reino</w:t>
+                <w:t xml:space="preserve">S Perrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kyle Mckee</w:t>
-[...37 lines deleted...]
-              <w:t xml:space="preserve">2025</w:t>
+                <w:t xml:space="preserve">J Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05344770v1</w:t>
+                <w:t xml:space="preserve">hal-05535589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Distributed network of smartphone sensors: a new tool for scientific field measurements</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Wave induced fracture of a sea ice analog</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Auvity</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Duchemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonin Eddi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jishen Zhang</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Stéphane Perrard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Perrard</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">hal-05345033v1</w:t>
+                <w:t xml:space="preserve">hal-05345009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wave induced fracture of a sea ice analog</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Resonance of an object floating within a surface wavefield</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Kuchly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wilson Reino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kyle Mckee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Perrard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baptiste Auvity</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Giuseppe Pucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05345009v1</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05344770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An integrated multi-instrument methodology for studying marginal ice zone dynamics and wave-ice interactions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Distributed network of smartphone sensors: a new tool for scientific field measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jishen Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Mokus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sebastien Kuchly</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Mokus</w:t>
+                <w:t xml:space="preserve">Jules Casoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matilde Bureau</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A. Eddi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Perrard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05345908v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05345033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dissipation driven time reversal for waves</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An integrated multi-instrument methodology for studying marginal ice zone dynamics and wave-ice interactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Kuchly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Auvity</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Mokus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Bacot</w:t>
+                <w:t xml:space="preserve">Matilde Bureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sander Wildeman</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Xiaoping Jia</w:t>
+                <w:t xml:space="preserve">Paul Nicot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2018</w:t>
+              <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01755880v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05345908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Dissipation driven time reversal for waves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bacot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sander Wildeman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Surabhi Kottigegollahalli Sreenivas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Harazi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaoping Jia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01755880v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Faraday wave lattice as an elastic metamaterial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L Domino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Tarpin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Patinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Eddi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01262123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -794,379 +882,379 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elastic Wave Packets Crossing a Space-Time Interface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Lemoult</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Delory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Prada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lanoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonin Eddi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFA 2025 - 17e Congrès Français d'Acoustique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française d'Acoustique (SFA), Apr 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05365049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guided elastic waves in stretched hyperelastic plates and strips</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Delory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Lemoult</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonin Eddi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Prada</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16ème Congrès Français d'Acoustique, CFA2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française d'Acoustique; Laboratoire de Mécanique et d'Acoustique, Apr 2022, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03847922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In plane guided modes in soft strips</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Lanoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Lanoy</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Fabrice Lemoult</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonin Eddi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Prada</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Forum Acusticum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2020, Lyon, France. pp.1879-1879, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.48465/fa.2020.0511⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03240275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1176,2577 +1264,2577 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viscoelastic dynamics of a soft strip subject to a large deformation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Delory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel A Kiefer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lanoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonin Eddi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Prada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Soft Matter</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 20 (9), pp.1983-1995. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1039/D3SM01485A⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04797444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soft elastomers: a playground for guided waves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Delory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Lemoult</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lanoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonin Eddi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Prada</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 151 (5), pp.3343-3358. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1121/10.0011391⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03864234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dirac cones and chiral selection of elastic waves in a soft strip</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">On the formation of vase-shaped drops</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Coux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Chantelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Domino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Clanet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonin Eddi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1073/pnas.2010812117⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 5 (3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevFluids.5.033609⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03014230v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02982364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the formation of vase-shaped drops</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Dirac cones and chiral selection of elastic waves in a soft strip</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Lanoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Lemoult</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonin Eddi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Prada</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Fluids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevFluids.5.033609⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, pp.202010812. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.2010812117⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02982364v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03014230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floating under a levitating liquid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Apffel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filip Novkoski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonin Eddi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Fort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 585 (7823), pp.48-52. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41586-020-2643-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02982326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Probing Floquet modes in a time periodic system with time defects using Faraday instability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Hardemare</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonin Eddi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Fort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EPL - Europhysics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 131 (2), pp.24007. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1209/0295-5075/131/24007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02982337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental teaching -A tribute to Yves Couder by the example: stroboscopy and fluorescence lifetime with a fan</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">How capillarity affects the propagation of elastic waves in soft gels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suzie Protière</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L. Domino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Eddi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Chantelot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5802/crmeca.39⟩</w:t>
+              <w:t xml:space="preserve">Physical Review E </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 101 (3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.101.032609⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03014224v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02869788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How capillarity affects the propagation of elastic waves in soft gels</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">A. Eddi</w:t>
+                <w:t xml:space="preserve">Experimental teaching -A tribute to Yves Couder by the example: stroboscopy and fluorescence lifetime with a fan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonin Eddi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Chantelot</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Paul Baconnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Blons</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Pautrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suzie Protière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review E </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevE.101.032609⟩</w:t>
+              <w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 348 (6-7), pp.439 - 445. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5802/crmeca.39⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02869788v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03014224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Artificial resonant crystals for hydroelastic waves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Domino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Fermigier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Eddi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Physics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 117 (6), pp.063701. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/5.0018823⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02966867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Space-Time folding of the wake produced by a super-velocity rotating point source</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Hardemare</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sander Wildeman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonin Eddi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Fort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 122 (10), pp.104301. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevLett.122.104301⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02337463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peeling an elastic film from a soft viscoelastic adhesive: experiments and scaling laws</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonin Eddi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Karpitschka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacco H Snoeijer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Andreotti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Soft Matter</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 15 (4), pp.770-778. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1039/C8SM01946K⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02337495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phase-conjugate mirror for water waves driven by the Faraday instability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Bacot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Durey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonin Eddi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathias Fink</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Fort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 116 (18), pp.8809-8814. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.1818742116⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02182069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kicked drops</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Chantelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Chantelot</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Martin Coux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Domino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Pype</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Clanet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Fluids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 3 (10), pp.100503. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevFluids.3.100503⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02350142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dispersion free control of hydroelastic waves down to sub-wavelength scale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Domino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Fermigier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Fort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Eddi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EPL - Europhysics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1209/0295-5075/121/14001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01974542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental demonstration of epsilon-near-zero water waves focusing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Bobinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Eddi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Petitjeans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Maurel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Pagneux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Physics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 107 (1), pp.014101. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/1.4926362⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02991341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interaction of two walkers: Wave-mediated energy and force</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Borghesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Moukhtar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Labousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonin Eddi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Fort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 90, pp.063017. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevE.90.063017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01099730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Information stored in Faraday waves: the origin of a path memory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonin Eddi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Sultan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Moukhtar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Fort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Rossi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 674, pp.433--463. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0022112011000176⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04030600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oscillating instability in bouncing droplet crystals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonin Eddi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arezki Boudaoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Couder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EPL - Europhysics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 94 (2), pp.20004. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1209/0295-5075/94/20004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
-              <w:r>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02643200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Archimedean lattices in the bound states of wave interacting particles</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Y. Couder</w:t>
+                <w:t xml:space="preserve">Unpredictable Tunneling of a Classical Wave-Particle Association</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonin Eddi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Fort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Moisy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Couder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPL - Europhysics Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 102 (24), pp.240401. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.102.240401⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1209/0295-5075/87/56002⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05454620v1</w:t>
+                <w:t xml:space="preserve">hal-04353048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unpredictable Tunneling of a Classical Wave-Particle Association</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Yves Couder</w:t>
+                <w:t xml:space="preserve">Archimedean lattices in the bound states of wave interacting particles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Eddi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Decelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Fort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Couder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EPL - Europhysics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 87 (5), pp.56002. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1209/0295-5075/87/56002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.102.240401⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04353048v1</w:t>
+                <w:t xml:space="preserve">hal-05454620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">HDR (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental approaches of wave control: From water waves to elastic waves in soft solids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonin Eddi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Physics [physics]. Sorbonne Université (France), 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03980055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3756,114 +3844,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcheurs, dualité onde-particule et Mémoire de chemin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonin Eddi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Dynamique des Fluides [physics.flu-dyn]. Université Paris-Diderot - Paris VII, 2011. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00575626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId127"/>
+      <w:footerReference w:type="default" r:id="rId130"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4010,51 +4098,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344770v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Kuchly" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilson Reino" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyle Mckee" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Perrard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Pucci" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345033v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jishen Zhang" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mokus" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Casoli" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Eddi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345009v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Auvity" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Duchemin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Eddi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345908v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Kuchly" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matilde Bureau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Nicot" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01755880v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bacot" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sander Wildeman" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Surabhi Kottigegollahalli Sreenivas" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Harazi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoping Jia" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01262123v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Domino" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Tarpin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Patinet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Eddi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05365049v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Lemoult" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Delory" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Prada" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Lanoy" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847922v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03240275v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0511" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797444v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel A Kiefer" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3SM01485A" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864234v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0011391" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03014230v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2010812117" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02982364v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Coux" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chantelot" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Domino" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Clanet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.5.033609" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02982326v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Apffel" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filip Novkoski" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Fort" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-020-2643-8" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02982337v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Hardemare" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/131/24007" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03014224v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Baconnier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Blons" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Pautrel" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzie Proti&#232;re" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crmeca.39" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02869788v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Domino" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chantelot" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.101.032609" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02966867v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fermigier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0018823" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02337463v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.122.104301" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02337495v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Perrin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Karpitschka" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacco H Snoeijer" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Andreotti" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8SM01946K" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02182069v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Durey" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Fink" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1818742116" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350142v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Pype" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.3.100503" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974542v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Fort" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/121/14001" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02991341v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Bobinski" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Petitjeans" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Maurel" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Pagneux" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4926362" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01099730v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Borghesi" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Moukhtar" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Labousse" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.90.063017" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04030600v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Sultan" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Rossi" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0022112011000176" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643200v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arezki Boudaoud" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Couder" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/94/20004" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/2/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05454620v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Decelle" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Couder" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/87/56002" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353048v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Moisy" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.102.240401" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03980055v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00575626v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05535589v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Eddi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Perrard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Zhang" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345009v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Auvity" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Duchemin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Perrard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05344770v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Kuchly" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilson Reino" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyle Mckee" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Pucci" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345033v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jishen Zhang" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mokus" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Casoli" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Eddi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05345908v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Kuchly" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matilde Bureau" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Nicot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01755880v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bacot" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sander Wildeman" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Surabhi Kottigegollahalli Sreenivas" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Harazi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoping Jia" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01262123v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Domino" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Tarpin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Patinet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Eddi" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05365049v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Lemoult" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Delory" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Prada" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Lanoy" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847922v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03240275v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0511" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797444v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel A Kiefer" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3SM01485A" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864234v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0011391" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02982364v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Coux" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chantelot" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Domino" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Clanet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.5.033609" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03014230v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2010812117" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02982326v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Apffel" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filip Novkoski" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Fort" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-020-2643-8" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02982337v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Hardemare" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/131/24007" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02869788v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Domino" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chantelot" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.101.032609" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03014224v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Baconnier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Blons" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Pautrel" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzie Proti&#232;re" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crmeca.39" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02966867v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fermigier" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0018823" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02337463v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.122.104301" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02337495v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Perrin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Karpitschka" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacco H Snoeijer" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Andreotti" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C8SM01946K" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02182069v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Durey" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Fink" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1818742116" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350142v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Pype" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.3.100503" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974542v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Fort" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/121/14001" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02991341v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Bobinski" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Petitjeans" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Maurel" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Pagneux" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4926362" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01099730v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Borghesi" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Moukhtar" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Labousse" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.90.063017" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04030600v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Sultan" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Rossi" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0022112011000176" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643200v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arezki Boudaoud" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Couder" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/94/20004" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/2/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353048v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Moisy" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.102.240401" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05454620v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Decelle" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Couder" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/87/56002" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03980055v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00575626v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>