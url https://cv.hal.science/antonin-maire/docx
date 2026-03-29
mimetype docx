--- v0 (2026-03-05)
+++ v1 (2026-03-29)
@@ -208,295 +208,295 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ALICE upgrades during the LHC Long Shutdown 2</w:t>
+                <w:t xml:space="preserve">The ALICE experiment: a journey through QCD</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Acharya</w:t>
+                <w:t xml:space="preserve">S Acharya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Acosta Hernandez</w:t>
+                <w:t xml:space="preserve">D Adamová</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Adamová</w:t>
+                <w:t xml:space="preserve">A Adler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Adler</w:t>
+                <w:t xml:space="preserve">G Aglieri Rinella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Adolfsson</w:t>
+                <w:t xml:space="preserve">M Agnello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Instrumentation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 19 (05), pp.P05062. </w:t>
+              <w:t xml:space="preserve">Eur.Phys.J.C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 84 (8), pp.813. </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1748-0221/19/05/P05062⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-024-12935-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04645565v1</w:t>
+                <w:t xml:space="preserve">hal-04679289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The ALICE experiment: a journey through QCD</w:t>
+                <w:t xml:space="preserve">ALICE upgrades during the LHC Long Shutdown 2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S Acharya</w:t>
+                <w:t xml:space="preserve">S. Acharya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D Adamová</w:t>
+                <w:t xml:space="preserve">R. Acosta Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Adler</w:t>
+                <w:t xml:space="preserve">D. Adamová</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G Aglieri Rinella</w:t>
+                <w:t xml:space="preserve">A. Adler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M Agnello</w:t>
+                <w:t xml:space="preserve">J. Adolfsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eur.Phys.J.C</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 84 (8), pp.813. </w:t>
+              <w:t xml:space="preserve">Journal of Instrumentation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 19 (05), pp.P05062. </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1140/epjc/s10052-024-12935-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1748-0221/19/05/P05062⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04679289v1</w:t>
+                <w:t xml:space="preserve">hal-04645565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First measurement of Ωc0 production in pp collisions at s=13 TeV</w:t>
               </w:r>
@@ -873,207 +873,207 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Forecasting performance in particle identification with potential TOF detectors at HL-LHC</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Une expérience de nouvelle génération pour la QCD au HL-LHC. (Détecteur ITS-3 d’ALICE-2 et proposition d’expérience ALICE-3)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iouri Belikov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Gal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris Hippolyte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Imhoff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Kuhn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03563619v1</w:t>
+                <w:t xml:space="preserve">hal-03574877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une expérience de nouvelle génération pour la QCD au HL-LHC. (Détecteur ITS-3 d’ALICE-2 et proposition d’expérience ALICE-3)</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Forecasting performance in particle identification with potential TOF detectors at HL-LHC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonin Maire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Kuhn</w:t>
-[...29 lines deleted...]
-                <w:t xml:space="preserve">hal-03574877v1</w:t>
+                <w:t xml:space="preserve">hal-03563619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1252,51 +1252,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="87A5C912"/>
+    <w:nsid w:val="EC2E9364"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1483,51 +1483,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/antonin-maire" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4831-2367" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/196260159" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645565v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Acharya" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Acosta Hernandez" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Adamov&#225;" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Adler" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Adolfsson" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/19/05/P05062" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679289v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Acharya" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Adamov&#225;" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Adler" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Aglieri Rinella" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Agnello" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-024-12935-y" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248245v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shreyasi Acharya" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dagmar Adamova" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Adler" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianluca Aglieri Rinella" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelangelo Agnello" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2022.137625" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00600856v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Ricaud" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Kalweit" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Maire" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0954-3899/37/9/094049" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03176057v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Guilbaud" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlene Nahrgang" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563619v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03574877v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iouri Belikov" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Gal" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Hippolyte" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Imhoff" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Kuhn" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00746248v2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/antonin-maire" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4831-2367" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/196260159" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679289v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Acharya" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Adamov&#225;" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Adler" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Aglieri Rinella" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Agnello" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjc/s10052-024-12935-y" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645565v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Acharya" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Acosta Hernandez" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Adamov&#225;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Adler" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Adolfsson" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/19/05/P05062" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248245v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shreyasi Acharya" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dagmar Adamova" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Adler" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianluca Aglieri Rinella" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelangelo Agnello" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physletb.2022.137625" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00600856v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Ricaud" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Kalweit" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Maire" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0954-3899/37/9/094049" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03176057v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Guilbaud" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlene Nahrgang" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03574877v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iouri Belikov" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Gal" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Hippolyte" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Imhoff" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Kuhn" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563619v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00746248v2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>