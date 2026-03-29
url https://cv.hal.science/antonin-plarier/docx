--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -106,801 +106,801 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annick Lacroix , Un service pour quel public ? Postes et télécommunications dans l’Algérie colonisée, 1830-1939, Rennes, Presses universitaires de Rennes, 2022, 454 p., ISBN 978-2-7535-8244-6</w:t>
+                <w:t xml:space="preserve">Une ville-mine d'Algérie par les archives de ses protagonistes (Aïn Mokra, mi-XIXe siècle—fin XIXe siècle) : Jalons d'une micro-histoire en situation coloniale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Guillopé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonin Plarier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue d'Histoire Moderne et Contemporaine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/rhmc.712.0141⟩</w:t>
+              <w:t xml:space="preserve">French Colonial History</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 21/22, pp.279-311. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.14321/frencolohist.21.22.2023.0279⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04879735v1</w:t>
+                <w:t xml:space="preserve">halshs-04927983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une ville-mine d'Algérie par les archives de ses protagonistes (Aïn Mokra, mi-XIXe siècle—fin XIXe siècle) : Jalons d'une micro-histoire en situation coloniale</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Isabelle Merle, Adrian Muckle, L’Indigénat. Genèses dans l’empire français. Pratiques en Nouvelle-Calédonie, Paris, CNRS Éditions, 2019, 527 p., ISBN 978-2-271-12562-0</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonin Plarier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">French Colonial History</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 21/22, pp.279-311. </w:t>
+              <w:t xml:space="preserve">Revue d'Histoire Moderne et Contemporaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, n° 72 (2), pp.136-138. </w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.14321/frencolohist.21.22.2023.0279⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/rhmc.712.0137⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04927983v1</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04879698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Merle, Adrian Muckle, L’Indigénat. Genèses dans l’empire français. Pratiques en Nouvelle-Calédonie, Paris, CNRS Éditions, 2019, 527 p., ISBN 978-2-271-12562-0</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Comptes rendus - Soutenance d'HDR de Didier Guignard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonin Plarier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue d'Histoire Moderne et Contemporaine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, n° 72 (2), pp.136-138. </w:t>
+              <w:t xml:space="preserve">Histoire &amp; sociétés rurales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Vol. 61 (2), pp.227-274. </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/rhmc.712.0137⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/hsr.062.0227⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04879698v1</w:t>
+                <w:t xml:space="preserve">hal-04949265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comptes rendus - Soutenance d'HDR de Didier Guignard</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Annick Lacroix , Un service pour quel public ? Postes et télécommunications dans l’Algérie colonisée, 1830-1939, Rennes, Presses universitaires de Rennes, 2022, 454 p., ISBN 978-2-7535-8244-6</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonin Plarier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Histoire &amp; sociétés rurales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, Vol. 61 (2), pp.227-274. </w:t>
+              <w:t xml:space="preserve">Revue d'Histoire Moderne et Contemporaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, n° 72 (2), pp.140-141. </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/hsr.062.0227⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/rhmc.712.0141⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04949265v1</w:t>
+                <w:t xml:space="preserve">hal-04879735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier GUIGNARD, 1871. L’Algérie sous séquestre</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Une histoire environnement des sociétés coloniales au XIXe siècle, Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Blais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonin Plarier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue d’histoire du XIXe siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 67, pp.208-210. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/rh19.9429⟩</w:t>
+              <w:t xml:space="preserve">, 2023, 67, pp.09-26. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/rh19.9233⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04452578v1</w:t>
+                <w:t xml:space="preserve">hal-04516196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une histoire environnement des sociétés coloniales au XIXe siècle, Introduction</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Une histoire environnementale des sociétés coloniales au xixe siècle : enjeux et perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Blais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonin Plarier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue d’histoire du XIXe siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 67, pp.09-26. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/rh19.9233⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04516196v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04452543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une histoire environnementale des sociétés coloniales au xixe siècle : enjeux et perspectives</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hélène Blais</w:t>
+                <w:t xml:space="preserve">“(Dé)construire les ‘archives coloniales’ : enjeux, pratiques et débats contemporains” : Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élise Abassade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bollenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Gasteuil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antonin Plarier</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Thierry Guillopé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Leconte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue d’histoire du XIXe siècle</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">French Colonial History</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 21-22 (1), pp.201-214. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.14321/frencolohist.21.22.2023.0201⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/rh19.9233⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">halshs-04452543v1</w:t>
+                <w:t xml:space="preserve">halshs-04834440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">“(Dé)construire les ‘archives coloniales’ : enjeux, pratiques et débats contemporains” : Introduction</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Didier GUIGNARD, 1871. L’Algérie sous séquestre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonin Plarier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">French Colonial History</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 21-22 (1), pp.201-214. </w:t>
+              <w:t xml:space="preserve">Revue d’histoire du XIXe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 67, pp.208-210. </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.14321/frencolohist.21.22.2023.0201⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/rh19.9429⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04834440v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04452578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers une histoire socio-environnementale des empires contemporains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonin Plarier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iris Seri-Hersch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -947,51 +947,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comprendre la paysannerie dans le bouillonnement des luttes politiques (Algérie, 1918-1958)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonin Plarier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genèses. Sciences sociales et histoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Prescription médicale, 127, pp.154-160. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1029,51 +1029,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Populations et administration forestière en Algérie (1830 -1914) : Des usages forestiers entre persistance et reconfiguration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonin Plarier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahier du GHFF forêt, environnement et société</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1098,51 +1098,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agricultural Fire or Arson?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonin Plarier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Historical Reflections/Réflexions Historiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 46 (2), pp.9-24. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1176,51 +1176,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« BANDITS » RECHERCHÉS AUX CONFINS ALGÉRO-TUNISIENS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonin Plarier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue d’histoire du XIXe siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 57, pp.171-189. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1280,186 +1280,186 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Empires. Une histoire sociale de l'environnement</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Des bandits face au pouvoir colonial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonin Plarier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">CNRS éditions, 2025, 9782271151889</w:t>
-            </w:r>
+              <w:t xml:space="preserve">ENS Éditions. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ENS Éditions</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 345p., 2025, 979-10-362-0800-3. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/144ug⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05294518v1</w:t>
+                <w:t xml:space="preserve">hal-05126522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des bandits face au pouvoir colonial</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
+                <w:t xml:space="preserve">Empires. Une histoire sociale de l'environnement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonin Plarier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">ENS Éditions. </w:t>
-[...13 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">CNRS éditions, 432 p., 2025, 9782271151889</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/144ug⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05126522v1</w:t>
+                <w:t xml:space="preserve">hal-05294518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les sociétés africaines et le monde : une histoire connectée (1900-1980)</w:t>
               </w:r>
@@ -1604,64 +1604,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Concession minière, conquête coloniale et transformations environnementales. La mine de fer d’Aïn Mokra et son système concessionnaire articulé (1845-fin du xixe siècle)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonin Plarier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Guillopé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Presses universitaires de Rennes. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Nature sous contrat. Concession, histoire et environnement (xvie-xxie siècle)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , 2025, 978-2-7535-9814-0</w:t>
@@ -1690,51 +1690,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dépossession foncière, résistances et internement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonin Plarier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mairie de Cannes. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Prisonniers en terre d'exil. L'île Sainte Marguerite au temps de la conquête de l'Algérie (1830 - 1884)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 978-2-916261-77-5</w:t>
@@ -1763,51 +1763,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rural Banditry in Colonial Algeria (1871–1914)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonin Plarier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Crime, Poverty and Survival in the Middle East and North Africa</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, I.B. Tauris, 2019, </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1841,51 +1841,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Banditisme et dépossession foncière en Algérie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonin Plarier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Propriété et société en Algérie contemporaine. Quelles approches ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut de recherches et d'études sur le monde arabe et musulman, 2017, </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1951,51 +1951,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Prix du travail. France et espaces coloniaux (XIXe – XXIe siècle)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonin Plarier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Margairaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2046,51 +2046,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colette Zytnicki, Un village à l’heure coloniale. Draria, 1830-1962.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonin Plarier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2140,51 +2140,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Banditisme rural en Algérie à la période coloniale (1871 - années 1920)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonin Plarier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Histoire. Université Panthéon-Sorbonne - Paris I, 2019. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2019PA01H019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -2380,51 +2380,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879735v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Plarier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhmc.712.0141" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04927983v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Guillop&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14321/frencolohist.21.22.2023.0279" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879698v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhmc.712.0137" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949265v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/hsr.062.0227" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04452578v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rh19.9429" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04516196v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Blais" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rh19.9233" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04452543v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04834440v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Abassade" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bollenot" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Gasteuil" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Leconte" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14321/frencolohist.21.22.2023.0201" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978939v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Blanc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Seri-Hersch" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/histoirepolitique.8326" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879588v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gen.127.0154" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03449046v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03448978v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3167/hrrh.2020.460202" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02976036v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rh19.6089" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05294518v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126522v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://catalogue-editions.ens-lyon.fr/FR/livre/?GCOI=29021100753100" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/144ug" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03822652v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Blum" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Chantre" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Chomentowski" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Fredj" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.atlande.eu/histoire-contemporaine/925-les-societes-africaines-et-le-monde-une-histoire-connectee-1900-1980-9782350308418.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024173v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04416007v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03449900v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5040/9781838605902.ch-007" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-03448940v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.iremam.3729" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03449838v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Margairaz" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Pigenet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03449136v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02529019v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019PA01H019" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04927983v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Guillop&#233;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Plarier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14321/frencolohist.21.22.2023.0279" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879698v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhmc.712.0137" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949265v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/hsr.062.0227" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879735v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhmc.712.0141" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04516196v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Blais" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rh19.9233" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04452543v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04834440v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Abassade" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bollenot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Gasteuil" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Leconte" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14321/frencolohist.21.22.2023.0201" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04452578v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rh19.9429" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978939v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Blanc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Seri-Hersch" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/histoirepolitique.8326" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879588v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gen.127.0154" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03449046v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03448978v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3167/hrrh.2020.460202" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-02976036v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rh19.6089" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126522v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://catalogue-editions.ens-lyon.fr/FR/livre/?GCOI=29021100753100" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/144ug" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05294518v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03822652v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Blum" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Chantre" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Chomentowski" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Fredj" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.atlande.eu/histoire-contemporaine/925-les-societes-africaines-et-le-monde-une-histoire-connectee-1900-1980-9782350308418.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024173v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04416007v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03449900v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5040/9781838605902.ch-007" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon3.hal.science/hal-03448940v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.iremam.3729" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03449838v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Margairaz" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Pigenet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03449136v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02529019v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019PA01H019" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>