--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -1446,234 +1446,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01471967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L’ontologia del cinema negli scritti di S.M. Ejzenštejn</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rivista di estetica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01472058v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Allgemeine Geschichte des Kinos. Aufzeichnungen aus dem Nachlass, eingeleitet von Antonio Somaini und Naum Klejman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Somaini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Zeitschrift für Medienwissenschaft</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01473698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utopies et dystopies de la transparence. Eisenstein, Glass House, et le cinématisme de l'architecture de verre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Somaini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Appareil</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01472051v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-01472058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Disciplina e antidisciplina. Forme mediali della sorveglianza nell’arte contemporanea</w:t>
               </w:r>
@@ -2099,4374 +2099,4374 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Ursprüngliche Impulse, Urtriebe, besoins fondamentaux. Kracauer, Eisenstein, and Bazin on the anthropological foundations of cinema</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Leidmotive</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Georges Didi-Huberman; Historisches Kolleg München; Max Weber Stiftung, Jan 2015, Munich, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01499031v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Eisenstein’s Notes for a General History of Cinema and the Idea of Media Archaeology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Somaini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conference at King's College</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, King's College, Feb 2015, London, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01499028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...34 lines deleted...]
-              <w:t xml:space="preserve">, Georges Didi-Huberman; Historisches Kolleg München; Max Weber Stiftung, Jan 2015, Munich, Germany</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Unframing and Reframing the Medium of Color</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conference as part of Senior Fellowship at IKKM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Research Institute in Cultural Technologies and Media Philosophy, Jan 2015, Weimar, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve">, International Research Institute in Cultural Technologies and Media Philosophy, Jan 2015, Weimar, Germany</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01499033v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Forme-atlas, généalogie, morphologie et archéologie des médias dans l’Histoire générale du cinéma (1946-48) d’Eisenstein</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pratiques de documentation et composition d’atlas dans les sciences et les arts à l’époque moderne et contemporaine </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jean-Marc Besse; École française de Rome, Jun 2014, Rome, Italie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve">, Jean-Marc Besse; École française de Rome, Jun 2014, Rome, Italie</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01499080v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Notes for a General History of Cinema. Eisenstein’s Media Archaeology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kracauer Lectures in Film and Media Theory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Goethe Universität, Jun 2014, Frankfurt, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve">, Goethe Universität, Jun 2014, Frankfurt, Germany</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01499061v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Innervation: Body and Machine Between Psychotechnics, Aesthetics, and Media Theory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Factory as Creative Model. Parti 1: The 1920s</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, NECS, Jun 2014, Milan, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve">, NECS, Jun 2014, Milan, Italy</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01499050v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Visual Meteorology. Le diverse temperature delle immagini contemporanee</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fotografia e culture visuali del XXI secolo. La “svolta iconica” e l’Italia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2014, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2014, Rome, Italy</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01499035v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin: Cinema Between Medium and Apparat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tracking Specificity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dudley Andrew; Francesco Casetti; Yale University, Feb 2014, New Haven, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve">, Dudley Andrew; Francesco Casetti; Yale University, Feb 2014, New Haven, United States</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01499978v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cinema as “Dynamic Mummification” and History as Montage: Eisenstein’s Media Archaeology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">At the Borders of (Film) History: Temporality, Archaeology, History (XXI International Film Studies Conference)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Udine, Apr 2014, Udine, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve">, University of Udine, Apr 2014, Udine, Italy</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01499977v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haut et bas, chaud et froid. Les différentes températures des images contemporaines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Post-photographie, post-cinéma: le devenir des images contemporaines de l’art</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Philippe Dubois ; Beatriz Furtado; Université fédérale du Céara et Centro Dragao do Mar, Apr 2014, Fortaleza, Brésil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01499975v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Media Aesthetics, Media Meteorology. Balázs’s Atmospheres, Benjamin’s Clouds, McLuhan’s Temperatures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conference at Film Studies Center</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Chicago, Feb 2014, Chicago, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01499979v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Il montaggio come forma e sintomo. L’eredità degli anni ’20 e ’30</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Somaini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Assemblare come forma e sintomo nelle arti contemporanee</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université IUAV; Palazzo Grassi ; François Pinault Foundation, Dec 2014, Venice, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01499036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...34 lines deleted...]
-              <w:t xml:space="preserve">, Philippe Dubois ; Beatriz Furtado; Université fédérale du Céara et Centro Dragao do Mar, Apr 2014, Fortaleza, Brésil</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estetiche del dono e dell’ospitalità</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence at IUAV</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IUAV, Jun 2014, Venice, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, University of Chicago, Feb 2014, Chicago, United States</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01499045v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Il concetto di Medium nel pensiero di Walter Benjamin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conference at l’Associazione Walter Benjamin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, l’Associazione Walter Benjamin; Università di Roma – La Sapienza, Jun 2014, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, IUAV, Jun 2014, Venice, Italy</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01499077v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Il montaggio come “forma simbolica”: Benjamin, Eisenstein, Malraux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conference at IUAV</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IUAV, May 2014, Venice, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01499083v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Walter Benjamin’s Concept of Innervation: Body and Machine Between Physiology, Psychotechnics, Aesthetics, and Media Theory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Somaini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Geste filmé: automatisme, répétition, synchronisation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Christa Blümlinger ; Mathias Lavin ; Frédéric Sabouraud ; Antonio Somaini ; INHA May 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01499081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...34 lines deleted...]
-              <w:t xml:space="preserve">, IUAV, May 2014, Venice, Italy</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Archéologie des médias. Réfléxions sur une perspective de recherche sur la théorie et l’histoire des médias à partir de l’édition des Notes pour une Histoire générale du cinéma de Sergei M. Eisenstein</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Esthétique, médium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bruno Nassim Aboudrar; Barbara Le Maître; INHA, Jan 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, l’Associazione Walter Benjamin; Università di Roma – La Sapienza, Jun 2014, Rome, Italy</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01499981v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haute et basse définition: enjeux technologiques, épistémologiques, esthétiques, médiologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Haute et basse définition. Images, sons, scènes, médias</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Antonio Somaini; Francesco Casetti; INA; Université Sorbonne Nouvelle Paris 3, Oct 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Bruno Nassim Aboudrar; Barbara Le Maître; INHA, Jan 2014, Paris, France</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01499992v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">High and Low Definition Images</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Power of the Precarious Aesthetic</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2013, Oslo, Norway</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Antonio Somaini; Francesco Casetti; INA; Université Sorbonne Nouvelle Paris 3, Oct 2013, Paris, France</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01499991v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">“Collective laughter” as “a therapeutic release of unconscious energies”: Benjamin on Disney</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Media Politics, Political Media</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, NECS, Jun 2013, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2013, Oslo, Norway</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01499994v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Socialisme, utopie, œuvre d’art total dans la théorie du cinéma et de l’art d’Eisenstein</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Art et utopie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Kristian Feigelson; Ecole Doctorale 267 Arts &amp; Médias; INHA, Feb 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, NECS, Jun 2013, Prague, Czech Republic</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01500002v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eisenstein et le Mexique: cinéma, esthétique, histoire, anthropologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Retours sur Que viva Mexico!. La fracture anthropologique et le travail des films</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laurence Schifano; Antonio Somaini, Mar 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Kristian Feigelson; Ecole Doctorale 267 Arts &amp; Médias; INHA, Feb 2013, Paris, France</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01500001v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cinématique, cinématisme: Marey, Balla, Eisenstein</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bewegung / Mouvement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Deutsches Forum für Kunstgeschichte; Centre allemand d’histoire de l’art, Jun 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Laurence Schifano; Antonio Somaini, Mar 2013, Paris, France</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01499993v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Expressive movement, regression, ecstasy: The aesthetic of empathy in Sergei M. Eisenstein’s art theory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Empathy. A Neurobiological Capacity and Its Cultural and Conceptual History</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Zentrum für Literatur- und Kulturforschung, Jan 2013, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Deutsches Forum für Kunstgeschichte; Centre allemand d’histoire de l’art, Jun 2013, Paris, France</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01500004v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Medium, Apparat, Apparatur. Théorie des médias et histoire de la perception chez Walter Benjamin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire doctoral conjoint Paris 3 – Université de Montréal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2013, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Zentrum für Literatur- und Kulturforschung, Jan 2013, Berlin, Germany</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01499998v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Montage et histoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Images, passions, langages. Autour de l’œuvre de Georges Didi-Huberman</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bibliothèque nationale de France; Musée d’art et d’histoire du Judaïsme, Jun 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2013, Montréal, Canada</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01499995v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zerfällte, innervierte, montierte Geste. Charlie Chaplin “als historische Figur” in Walter Benjamin’s Medientheorie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Geste – Bild – Gestalt</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Georg Witte; Elena Vogman; Freie Universität, Jan 2013, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Bibliothèque nationale de France; Musée d’art et d’histoire du Judaïsme, Jun 2013, Paris, France</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01500003v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Early Film Theory and Contemporary Media Aesthetics. Béla Balázs, László Moholy-Nagy, Walter Benjamin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Media Aesthetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Copenhagen, Apr 2013, Copenhagen, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Georg Witte; Elena Vogman; Freie Universität, Jan 2013, Berlin, Germany</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01499999v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esthétique des atmosphères: Aura, Atmosphäre, Stimmung et «visage des choses» dans la théorie du cinéma de Béla Balázs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Sens des lieux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IUAV, Mar 2012, Venice, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, University of Copenhagen, Apr 2013, Copenhagen, Denmark</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01500018v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eisenstein contra Vertov: deux manières de penser et pratiquer le montage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eisenstein contra Vertov</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Punctum; University of Bergamo, Mar 2012, Bergamo, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, IUAV, Mar 2012, Venice, Italy</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01500017v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les films en 3D, entre haute et basse définition. Cinéma, images, culture visuelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Blockbuster. La philosophie face au cinéma populaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Forum des images, Dec 2012, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Punctum; University of Bergamo, Mar 2012, Bergamo, Italy</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01500005v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">«Le cinéma se révèle donc être l’objet le plus important, aujourd’hui, de cette théorie de la perception que les Grecs nommèrent esthétique». Réflexions sur l’esthétique des médias à partir du concept benjaminien d’Innervation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tout ce que l’esthétique permet! (A l’endroit et au-délà du cinéma)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INHA, Feb 2012, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Forum des images, Dec 2012, Paris, France</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01500019v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Medium, Apparat, Apparatur. Teoria dei media e storia dell’esperienza nel pensiero di Walter Benjamin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">National conference of the CUC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Consulta Universitaria Cinema, Jul 2012, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, INHA, Feb 2012, Paris, France</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01500013v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Formes de ‘cinématisation’ du conte photographique de l’expérience urbaine: de Dynamik der Großstadt (1921-22) de László Moholy-Nagy aux reportages et poèmes photographiques de la revue Vu (1922-1940)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Scene da fotoromanzo. Storia, forme e modi di un genere popolare</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Museo di Fotografia Contemporanea di Villa Ghirlanda, Jan 2012, Cinisello Balsamo, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Consulta Universitaria Cinema, Jul 2012, Rome, Italy</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01500021v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Filmic Experience as Hypnosis. Munsterberg, Epstein, Eisenstein</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yearly conference of NECS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, NECS, Jul 2012, Lisbon, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, NECS, Jul 2012, Lisbon, Portugal</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01500016v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Übungsatlas : dispositif de l’atlas et exercice du regard dans la pensée physiognomique des années 1920. Walter Benjamin et August Sander</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">“Ein Uebungsatlas”. Die Atlas-Form im 20. Jahrhundert / “Un atlas pour s’exercer”. La forme-atlas au XXème siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, DFK; Centre Allemand d’Histoire de l’Art; Antonio Somaini, Oct 2012, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, DFK; Centre Allemand d’Histoire de l’Art; Antonio Somaini, Oct 2012, Paris, France</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01500010v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Impronte multiple di spazio e di tempo. Ontologia e storia delle sovrimpressioni</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sensibilia. Colloquium on Perception and Experience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Fondazione Ugo Spirito, Nov 2012, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Museo di Fotografia Contemporanea di Villa Ghirlanda, Jan 2012, Cinisello Balsamo, Italy</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01500006v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geschichte als Montage. Sergei Eisensteins Allgemeine Geschichte des Kinos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sichtbarkeit und Sichtbarmachung</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Berlin-Potsdam, Jan 2012, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Fondazione Ugo Spirito, Nov 2012, Rome, Italy</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01500020v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The photographic portrait of an entire generation. Physiognomics, montage and the tradition of picture atlases in August Sander’s Menschen des 20. Jahrhunderts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sichtbarmachen. Praktiken visuellen Denkens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Literaturwerkstatt, Nov 2012, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Université de Berlin-Potsdam, Jan 2012, Berlin, Germany</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01500007v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discontinuità, montaggio, innervazione. Benjamin interprete di Chaplin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cent’anni di risate. Imparare da Chaplin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Museo del Cinema, Oct 2012, Turin, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Literaturwerkstatt, Nov 2012, Berlin, Germany</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01500009v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Use of Montage to Elaborate a Theory and a History of Montage: Writing, Drawing, and Found Images in Sergei M. Eisenstein’s Texts Before Their Publication</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Before Publication: Montage Between Privacy and Publicity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Cabaret Voltaire, Sep 2012, Zürich, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Museo del Cinema, Oct 2012, Turin, Italy</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01500011v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morphologie, généalogie, histoire. Le montage au delà du cinéma dans les écrits d’Eisenstein</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Interpositions. Bildgrenzen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INHA, Feb 2011, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Cabaret Voltaire, Sep 2012, Zürich, Switzerland</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01500034v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’art de l’exposition au-delà de l’art. Quatre expositions sur la culture visuelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mutations, innovations (Master 2 en Muséologie et Culture visuelle)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Lyon 3 Jean Moulin, Feb 2011, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, INHA, Feb 2011, Paris, France</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01500033v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Histoire, généalogie, montage. Les notes d’Eisenstein pour une Histoire générale du cinéma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">S.M. Eisenstein. Histoire, Généalogie, Montage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INHA, May 2011, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Université Lyon 3 Jean Moulin, Feb 2011, Lyon, France</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01500024v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soundscape and Intermediality in Eisenstein’s Theory of Vertical Montage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Soundscapes and the Languages of Screen Media</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, NECS; University of London, Jun 2011, London, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, NECS; University of London, Jun 2011, London, United Kingdom</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01500023v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La notion de « formule de pathos » dans la pensée de S.M. Eisenstein</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Survivance d’Aby Warburg. Sens et destin d’une iconologie critique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CAPC Bordeaux, May 2011, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, INHA, May 2011, Paris, France</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01500025v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">László Moholy-Nagy. L’art comme Lichtgestaltung</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conference at CRAB</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2011, Milan, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, CAPC Bordeaux, May 2011, Bordeaux, France</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01500031v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le cinéma du situationnisme: Guy Debord, In girum imus nocte et consumimur igni</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence à l’Académie d’Architecture de l’Università della Svizzera Italiana</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2011, Mendrisio, Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2011, Milan, Italy</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01500032v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cinématisme. Transmedial migrations between cinema and the visual arts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Translatio imaginum / Bildübersetzungen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, NSF – Bildkritik Basel; Centre international de recherches sur les images Eikones, Feb 2010, Basel, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2011, Mendrisio, Suisse</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01500064v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imaginaire et montage. Le Musée Imaginaire d’André Malraux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Imaginaire, images et médias</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Turin, Sep 2010, Turin, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Université de Turin, Sep 2010, Turin, Italy</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01500040v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spécificité du médium et intermédialité dans le cinéma des avantgardes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Avant-gardes, underground, expérimentation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Turin, Oct 2010, Turin, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Université de Turin, Oct 2010, Turin, Italy</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01500037v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Utopies et dystopies de la transparence. Eisenstein, Glass House, et le cinématisme de l’architecture de verre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Diaphane</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université IUAV de Venise, Jun 2010, Venice, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...52 lines deleted...]
-              <w:t xml:space="preserve">Le Diaphane</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01500042v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cinématisme. Cinema and the search for the pre-cinematographic canon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XVII International Film Studies Conference – The Film Canon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2010, Udine, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01500063v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les images de surveillance dans le cinéma contemporain: Caché de Michael Haneke</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Horizons philosophiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2010, Locarno, Suisse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01500045v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Towards a new Lichtkultur. Light as Medium in the Immaterial City</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annual conference of NECS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, NECS, Jun 2010, Istanbul, Turkey</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01500043v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cinématique et cinématisme. la confrontation avec le Futurisme italien dans les écrits de Sergueï Eisenstein</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">100 ans d’idées futuristes dans le cinéma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Suor Orsola Benincasa de Naples, Apr 2010, Naples, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01500061v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Possibilities of Cinema: History as Montage in Eisenstein’s Notes for a General History of Cinema</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eisenstein – Cinema – History</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Columbia University, Sep 2010, New York, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01500038v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Situationnisme: cinéma et architecture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence à l’Académie d’Architecture de l’Université de la Suisse italienne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2010, Mendrisio, Switzerland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01500062v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La surimpression et le corps transparent de l’image</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Matière et corps de l’image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université IUAV de Venise, Jun 2010, Venice, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, NECS, Jun 2010, Istanbul, Turkey</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01500044v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Utopies et dystopies de la ville de verre. Cinéma et transparence dans le projet de film Glass House de S.M. Eisenstein</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cinéma et art contemporain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Paris 3 Sorbonne Nouvelle, Jul 2010, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, May 2010, Locarno, Suisse</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01500041v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergueï M. Eisenstein, Metod: les voies de la regression et celles de la censure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d’études dédiée à la présentation de la traduction italienne de l’œuvre Metod de Eisenstein</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Università degli Studi della Calabria, Oct 2010, Cosenza, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2010, Udine, Italy</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01500035v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Corrida et La Mort du Roi Duncan. Esthétique, anthropologie et montage dans les dessins mexicains d’Eisenstein</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sensibilia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Rome; Tor Vergata, Apr 2010, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, NSF – Bildkritik Basel; Centre international de recherches sur les images Eikones, Feb 2010, Basel, Switzerland</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01500046v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">László Moholy-Nagy: Peinture Photographie Film</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Présentation de la nouvelle édition italienne du livre de László Moholy-Nagy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre international de recherches sur les images Punctum; Université de Bergame, Oct 2010, Bergamo, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...482 lines deleted...]
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01500036v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-01500046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Montage et histoire. Siegfried Kracauer et László Moholy-Nagy sur photographie et culture visuelle</w:t>
               </w:r>
@@ -6616,1340 +6616,1340 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le monde selon l’IA. Explorer les espaces latents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Gefen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ada Ackerman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">JBE Books</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 978-2-36568-107-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05537737v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le Monde selon l'IA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ada Ackerman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ada Ackerman</w:t>
+                <w:t xml:space="preserve">Alexandre Gefen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pia Viewing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ada Ackerman; Alexandre Gefen; Antonio Somaini; Pia Viewing. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">JBE Books; Jeu de Paume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.304, 2025, 978-2-36568-107-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05480434v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eisenstein</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Mimésis, A paraître</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04095719v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Repenser le médium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Somaini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Gefen</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Larisa Dryansky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">, pp.304, 2025, 978-2-36568-107-0</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riccardo Venturi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Les Presses du Réel, 2022, 978-2-37896-153-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Gefen</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04095726v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Culture visuelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ada Ackerman</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Pinotti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Les Presses du Réel, 2022, 978-2-37896-112-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04095702v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Repenser le médium. Art contemporain et cinéma,</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Larisa Dryansky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Somaini</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 978-2-36568-107-0</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riccardo Venturi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Les Éditions de l'INHA/Les Presses du réel, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">Mimésis, A paraître</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03364740v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La haute et la basse définition des images</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Casetti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Mimésis, 2021, IMAGES, MÉDIUMS, 9788869762512</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Repenser le médium</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04095744v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pandemic Media</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Somaini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Larisa Dryansky</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vinzenz Hediger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Les Presses du Réel, 2022, 978-2-37896-153-4</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laliv Melamed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philipp Domink</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Meson Press, 2020, 978-3-95796-008-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Antonio Somaini</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04095782v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Time Machine. Cinematic Temporalities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Rebecchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eline Grignard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020, 885724328</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04963691v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">TIME MACHINE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Rebecchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eline Grignard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Skira editore, 2020, 885724328</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04095903v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dziga Vertov. Le ciné-œil de la révolution. Écrits sur le cinéma, Paris, éditions Presses du réel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irina Tcherneva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Albera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01841597v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dziga Vertov</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irina Tcherneva</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Les Presses du Réel, 2019, 978-2-84066-965-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04095801v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Flying Carpet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joan Neuberger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Mimésis, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04095823v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Glass House de Sergueï Eisenstein</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">B2, 2017, 978-2-36509-086-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04095706v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Notes for a General History of Cinema</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Amsterdam University Press, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01473685v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cultura visuale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Pinotti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Les Presses du Réel, 2022, 978-2-37896-112-1</w:t>
+              <w:t xml:space="preserve">Einaudi, 2016, 978-8806160999</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...814 lines deleted...]
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04095713v1</w:t>
-              </w:r>
-[...60 lines deleted...]
-                <w:t xml:space="preserve">hal-01473685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S.M. Eisenstein – Leçons mexicaines. Cinéma, anthropologie et archéologie dans le mouvement des arts</w:t>
               </w:r>
@@ -9180,1989 +9180,1989 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04096002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Casetti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La haute et la basse définition des images. Photographie, cinéma, art contemporain, culture visuelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mimésis, 2021, IMAGES, MÉDIUMS, 9788869762512</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04095752v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">« Le flou, le net, et l’histoire des images matricielles : une archéologie de la haute et de la basse définition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Somaini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La haute et la basse définition des images. Photographie, cinéma, art contemporain, culture visuelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mimésis, 2021, IMAGES, MÉDIUMS, 9788869762512</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04095756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Introduction</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Formula pafosa, Pathosformel: Eisenstein and Warburg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Somaini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">, Mimésis, 2021, IMAGES, MÉDIUMS, 9788869762512</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ian Christie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Vassilieva</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Eisenstein Universe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bloomsbury, 2021, 9781350142091</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Formula pafosa, Pathosformel: Eisenstein and Warburg</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04096119v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les champs de pixels comme champs de bataille. Esthétique, économie et politique de la résolution des images</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le supermarché des images</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Gallimard – Jeu de Paume, pp.139-148, 2020, Livres d'art, 2072854687</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04096180v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">“Unlearning to See Like Humans” : Trevor Paglen on Machine Vision</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Moving Pictures, Living Machines. Automation, Animation and the Imitation of Lice in Cinema and Media</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mimesis, pp.63-68, 2020, 978-8869772764</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04096248v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Celluloid and the Death Mask : Bazin’s and Eisenstein’s Image Anthropology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Amsterdam University Press. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bodies of Stone in Media, Visual Culture and the Arts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.189-204, 2020, 9789089648525</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04096193v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kracauer, Ejzenštejn i Bazin o media-antropologicheskikx osnovakh kino</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ejzenštejn dlia XXI veka</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Garage, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04096138v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qu’est-ce qu’un écran à l’époque de la machine vision ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Somaini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ian Christie</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacopo Giansanto Bodini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">, Bloomsbury, 2021, 9781350142091</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Carbone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Graziano Lingua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giulia Serrano</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’Avenir des écrans</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mimésis, pp.59-74, 2020, Esthétique, phénoménologie, cultures visuelles, 9788869762406</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Gallimard – Jeu de Paume, pp.139-148, 2020, Livres d'art, 2072854687</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04096156v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">From Time Machines to Machine Visions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Time Machine : Cinematic Temporalities</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Skira, 2020, 885724328</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Mimesis, pp.63-68, 2020, 978-8869772764</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04095918v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enregistrer, monter, transmettre, organiser : Dziga Vertov et la théorie des médias</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dziga Vertov, Le Ciné-Œil de la révolution. Écrits sur le cinéma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Les Presses du Réel, 2019, 978-2-84066-965-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">The Celluloid and the Death Mask : Bazin’s and Eisenstein’s Image Anthropology</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04095814v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Atmospheric Screen : Turner, Hazlitt, Ruskin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Somaini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Amsterdam University Press. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bodies of Stone in Media, Visual Culture and the Arts</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, pp.189-204, 2020, 9789089648525</w:t>
+              <w:t xml:space="preserve">Screen Genealogies. From Optical Device to Environmental Medium Amsterdam</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.159-185, 2019, 9789463729000</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Garage, 2020</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04096265v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Screen as “Battleground” : Eisenstein’s “Dynamic Square” and the Plasticity of the Projection Format</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Format Matters : Standards, Practices, and Politics in Media Cultures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Meson Press, pp.219-236, 2019, 978-3-95796-155-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Skira, 2020, 885724328</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04096285v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On Flying Carpets and Other Image Vehicles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Flying Carpet. Studies on Eisenstein and Russian Cinema in Honor of Naum Kleiman</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mimésis, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...108 lines deleted...]
-              <w:t xml:space="preserve">, Mimésis, pp.59-74, 2020, Esthétique, phénoménologie, cultures visuelles, 9788869762406</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04095829v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ursprüngliche Impulse, urges, Triebe, besoin fondamental. Kracauer, Eisenstein, and Bazin on the Media-Anthropological Foundations of Cinema</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">« Doch ist das Wirkliche auch vergessen, so ist es darum nicht getilgt ». Beiträge zum Werk Siegfried Kracauers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Les Presses du Réel, 2019, 978-2-84066-965-4</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01473728v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Medium of Perception: Walter Benjamin’s Media Theory and the Tradition of the Media Diaphana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Theorizing Images</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Cambridge Scholars, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, pp.159-185, 2019, 9789463729000</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01473730v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Interattività, intermedialità, tecno-estetica. Quarant’anni di confronto con l’opera di Vertov (1975-2015)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">I percorsi dell’immaginazione. Studi in onore di Pietro Montani</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Pellegrini, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Meson Press, pp.219-236, 2019, 978-3-95796-155-6</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01473736v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergei M. Eisenstein: Drawing and/as Montage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Before Publication. Montage in Art, Architecture, and Book Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Park Books, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Mimésis, 2018</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01473851v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Strates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eisenstein – Leçons mexicaines. Cinéma, anthropologie, archéologie dans le mouvement des arts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Paris Ouest, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2017</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01473902v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Que viva Mexico! et le tournant archéologique dans l’œuvre d’Eisenstein</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eisenstein – Leçons mexicaines. Cinéma, anthropologie, archéologie dans le mouvement des arts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Paris Ouest, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Pellegrini, 2016</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01473905v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cinématique, cinématisme, and the « Urphänomen of Cinema »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mouvement. Bewegung. Über die dynamischen Potenziale der Kunst</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Deutscher Kunstverlag, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Park Books, 2016</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01476366v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Übungsatlas. Die Atlas-Form und die Schulung des Blickes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Medienkultur und Bildung. Ästhetische Erziehung im Zeitalter digitaler Netzwerke</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Campus, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Presses universitaires de Paris Ouest, 2016</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01476368v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Le montage est lui aussi une activité comparative ». Montage, théorie et histoire dans les écrits de Sergei M. Eisenstein</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Interpositions. Montage d’images et production de sens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Maison de Sciences de l’Homme, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Presses universitaires de Paris Ouest, 2016</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01476369v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Padenie Berlina (La caduta di Berlino, M. Čiaureli, 1950)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Il cinema russo attraverso i film</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Carocci, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Cambridge Scholars, 2016</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01476372v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le cinéma blockbuster entre haute et basse définition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Blockbuster. Philosophie et cinéma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Les Prairies Ordinaires, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Deutscher Kunstverlag, 2015</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01476374v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Our multiplied sensibility ». Sound recording between artistic practice, aesthetics, and media theory (1922-30)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Small Utopia. Ars Multiplicata</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Fondazione Prada, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Campus, 2015</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01476375v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cinématisme. Cinema and the Search for the Pre-Cinematographic Canon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Il canone cinematografico / The Cinematographic Canon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Forum, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Maison de Sciences de l’Homme, 2014</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01476377v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catching the Waves: Carsten Nicolai’s Klangfiguren</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Somaini</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sound</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, MIT Press/Whitechapel Gallery, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...275 lines deleted...]
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01476381v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-01476377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’uccisione di re Duncan e il corpo smembrato di Dioniso. L’origine estatica del montaggio nei disegni messicani di Ejzenštejn</w:t>
               </w:r>
@@ -12066,51 +12066,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="CC8D69DA"/>
+    <w:nsid w:val="39A94526"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12297,51 +12297,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/antonio-somaini" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5977-9798" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/122427440" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/53490111" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000033792148" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095940v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Somaini" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1386/pop_00044_1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04350836v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenola Wagon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/critiquedart.104389" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095929v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/723719" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095955v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/screen/hjaa027" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01874009v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Soulez" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Jullier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095991v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Casetti" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095838v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01470355v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01471926v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01471946v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01471954v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01471959v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01471941v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01471963v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01471972v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01471967v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01473698v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01472051v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01472058v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01472078v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01472100v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01472088v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01472106v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01472109v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01472128v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01499028v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01499031v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01499033v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01499080v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01499061v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01499050v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01499035v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01499978v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01499977v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01499036v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01499975v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01499979v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01499045v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01499081v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01499083v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01499077v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01499981v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01499992v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01499991v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01499994v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500002v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500001v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01499993v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500004v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01499998v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01499995v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500003v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01499999v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500018v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500017v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500005v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500019v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500013v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500016v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500010v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500021v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500006v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500020v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500007v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500009v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500011v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500034v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500033v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500023v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500024v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500025v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500031v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500032v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500040v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500037v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500042v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500043v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500045v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500063v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500064v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500062v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500044v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500061v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500038v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500041v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500035v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500036v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500046v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500065v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500066v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05480434v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ada Ackerman" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gefen" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pia Viewing" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jbe-books.com/products/le-monde-selon-lia-avec-le-jeu-de-paume?variant=50750388240730" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05537737v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095719v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095726v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larisa Dryansky" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Venturi" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095702v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Pinotti" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03364740v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095744v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04963691v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Rebecchi" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eline Grignard" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095903v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095782v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinzenz Hediger" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laliv Melamed" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Domink" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01841597v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Tcherneva" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Albera" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095801v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095823v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Neuberger" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095706v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095713v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01473685v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01476410v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Schifano" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01472554v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01473689v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01473695v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01755687v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Resche" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Dumont-Lewi" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01476413v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Diodato" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01472555v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01473701v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01477040v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01477044v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tonino Griffero" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01477045v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gernot B&#246;hme" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01477050v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Crary" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01472558v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01477051v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elio Franzini" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01477088v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Cameron" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Derrida" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Baudrillard" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Caill&#233;" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04096002v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095756v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095752v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04096119v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Christie" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Vassilieva" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04096180v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04096248v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04096193v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04096138v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095918v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04096156v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacopo Giansanto Bodini" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Carbone" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graziano Lingua" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Serrano" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095814v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04096265v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04096285v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095829v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01473728v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01473736v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01473851v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01473902v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01473905v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01473730v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01476366v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01476368v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01476369v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01476372v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01476374v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01476375v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01476381v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01476377v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01476376v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01476385v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01476386v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01476387v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01476390v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01476391v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01476394v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01476396v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01476402v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01476398v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01476404v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01476407v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/antonio-somaini" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5977-9798" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/122427440" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/53490111" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000033792148" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095940v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Somaini" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1386/pop_00044_1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04350836v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenola Wagon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/critiquedart.104389" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095929v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/723719" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095955v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/screen/hjaa027" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01874009v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Soulez" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Jullier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095991v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Casetti" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095838v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01470355v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01471926v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01471946v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01471954v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01471959v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01471941v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01471963v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01471972v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01471967v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01472058v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01473698v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01472051v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01472078v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01472100v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01472088v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01472106v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01472109v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01472128v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01499031v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01499028v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01499033v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01499080v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01499061v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01499050v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01499035v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01499978v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01499977v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01499975v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01499979v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01499036v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01499045v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01499077v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01499083v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01499081v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01499981v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01499992v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01499991v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01499994v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500002v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500001v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01499993v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500004v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01499998v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01499995v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500003v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01499999v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500018v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500017v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500005v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500019v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500013v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500021v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500016v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500010v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500006v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500020v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500007v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500009v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500011v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500034v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500033v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500024v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500023v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500025v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500031v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500032v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500064v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500040v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500037v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500042v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500063v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500045v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500043v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500061v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500038v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500062v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500044v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500041v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500035v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500046v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500036v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500065v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01500066v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05537737v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gefen" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ada Ackerman" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jbe-books.com/products/le-monde-selon-lia-avec-le-jeu-de-paume?variant=50750388240730" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05480434v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pia Viewing" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095719v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095726v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larisa Dryansky" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Venturi" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095702v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Pinotti" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03364740v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095744v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095782v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinzenz Hediger" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laliv Melamed" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Domink" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04963691v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Rebecchi" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eline Grignard" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095903v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01841597v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Tcherneva" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Albera" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095801v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095823v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Neuberger" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095706v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01473685v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095713v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01476410v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Schifano" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01472554v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01473689v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01473695v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01755687v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Resche" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Dumont-Lewi" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01476413v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Diodato" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01472555v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01473701v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01477040v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01477044v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tonino Griffero" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01477045v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gernot B&#246;hme" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01477050v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Crary" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01472558v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01477051v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elio Franzini" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01477088v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Cameron" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Derrida" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Baudrillard" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Caill&#233;" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04096002v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095752v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095756v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04096119v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Christie" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Vassilieva" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04096180v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04096248v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04096193v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04096138v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04096156v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacopo Giansanto Bodini" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Carbone" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graziano Lingua" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Serrano" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095918v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095814v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04096265v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04096285v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095829v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01473728v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01473730v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01473736v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01473851v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01473902v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01473905v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01476366v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01476368v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01476369v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01476372v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01476374v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01476375v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01476377v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01476381v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01476376v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01476385v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01476386v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01476387v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01476390v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01476391v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01476394v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01476396v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01476402v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01476398v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01476404v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-sorbonne-nouvelle.hal.science/hal-01476407v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>