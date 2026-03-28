--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> antony colombo </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Maitre de conférences en Anthropologie biologique</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">antony-colombo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-8855-7502</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">185906346</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (23)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification and evolution of rickets and scurvy therapeutics between the 17th and 19th centuries CE: archaeo- and palaeopharmacological approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Zinn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aminte Thomann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Lefrais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dutour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Pianet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th VCWAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association For Early-Career Women Archaeologists And Paleontologists, Mar 2025, Online Conference, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05064386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La prise en charge thérapeutique du rachitisme et du scorbut à l’ère industrielle en France : approche archéopharmacologique.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Zinn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Pianet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque 2025 du GPLF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Groupe des Paléopathologistes de Langue Française, Mar 2025, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05063963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évolution et identifications des thérapeutiques du rachitisme aux 17e-19e siècles : approches archéo- et paléopharmacologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Zinn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aminte Thomann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Lefrais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dutour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Pianet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3e journée annuelle du RESHApE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Réseau d’Etude de la Santé Humaine par des Approches Evolutives et historiques, Sep 2024, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05063998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microarchitecture osseuse et bipédie en développement : les premiers pas vers l'autonomie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le mouvement humain des origines aux olympiades</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jean-Jacques Hublin; Alain Berthoz, Jul 2024, Collège de France, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05054311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep learning assisted segmentation of ct-scanned ancient bones</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Vanderesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nolan Bizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sharon Kuo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30TH EAA ANNUAL MEETING</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EAA, Aug 2024, Roma Sapienza Università, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05008688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle place pour la biologie du développement dans la paléoanthropologie ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Lequin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Le Cabec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1849es Journées de la SAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société d’Anthropologie de Paris, Jan 2024, Bordeaux, France. pp.S32, </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/bmsap.13073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05064678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bone microarchitectural analysis: a way to detect, understand and diagnose pathological conditions and processes in children</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30th EAA Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Association of Archaeologists, Aug 2024, Sapienza Università di Roma, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05054336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bone microarchitectural analysis: a way to detect, understand and diagnose pathological conditions and processes in children</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carla Figus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugenio Bortolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simona Ascanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federico Bernardini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30th EAA Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Association of Archaeologists, Aug 2024, Sapienza Università di Roma, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05064673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acute infections as a cause of death: what do bone signs of deficiency tell us?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Giovanna Belcastro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29th EAA Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Association of Archaeologists, Aug 2023, Queen's University, Belfast, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05054362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apport de la microtomographie RX à la paléopathologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dutour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Coqueugniot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1848e Journées de la Société d’Anthropologie de Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société d’Anthropologie de Paris, Jan 2023, Paris, France. pp.S17, </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/bmsap.10884⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05054376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inhumés dans un terrain vague du port d'Harfleur (Normandie) à la période moderne. Apport de l'étude des lésions osseuses dans la compréhension de l'origine des défunts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aminte Thomann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dutour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Langlois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque 2023 du GPLF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Groupe des Paléopathologistes de Langue Française, May 2023, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05073278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IA-SeReOs, an interdisciplinary project towards the automatic segmentation of CT-scanned ancient bone remains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Vanderesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nolan Bizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sharon Kuo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IAMAHA : 1st international conference on artificIAl Intelligence and applied MAthematics for History and Archaeology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CEPAM; INRIA Côte d'Azur; I3S, Nov 2023, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05065073v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apport des statistiques archivistiques dans la compréhension de l’état sanitaire des populations carcérales à l’époque contemporaine : L’exemple du centre pénitentiaire de Loos (Nord, 1824-1898)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Lyautey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dutour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Coqueugniot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque 2023 du GPLF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Groupe des Paléopathologistes de Langue Française, May 2023, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05073287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santé-environnements-sociétés : la révolution industrielle, approche bioarchéologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Coqueugniot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dutour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Recherche et Biodiversité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, DiPEE Nouvelle Aquitaine Centre-Val de Loire, Jun 2022, Poiters, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05054383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’enseignement en anthropologie biologique à l’Ecole Pratique des Hautes Etudes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dutour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Coqueugniot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">34e colloque du GALF, Transmissions en anthropologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Groupement des Anthropologistes de Langue Française, Jun 2022, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05073303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Applications of a regularized deep network micro-CT image auto-segmentation approach to morphological data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sharon Kuo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lily Demars</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amirsaeed Yazdani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Venkateswararao Cherukuri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yung-Chen Sun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">91st Annual Meeting of the AABA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, American Association of Biological Anthropologists, Mar 2022, Denver (CO), United States. pp.101-102, </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ajpa.24514⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05064619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adèle, pour une muséographie personnifiée. Exemple d’un travail pluridisciplinaire servant la muséographie de site archéologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-France Deguilloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Pruvost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Comte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Saint-Pierre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">144e Congrès du CTHS : Le réel &amp; le virtuel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Comité des Travaux Historiques et Scientifiques, May 2019, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05054402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apports de l’analyse de la micro-architecture osseuse trabéculaire à l’étude des populations du passé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">144e Congrès du CTHS : Le réel &amp; le virtuel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Comité des Travaux Historiques et Scientifiques, May 2019, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05054396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autonomous bipedal walking acquisition in children: comparison of trabecular bone microarchitecture in the radial and femoral distal metaphyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zewdi J Tsegai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicholas B Stephens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Bettuzzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Pia Morigi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th Annual Conference of the BABAO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, British Association of Biological Anthropology and Osteoarchaeology, Sep 2018, Cranfield, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05054433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application microtomodensitométrique à la détection dentaire des carences en vitamine D</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lori d'Ortenzio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bonnie Kahlon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Coqueugniot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Knüsel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque 2018 du GPLF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Groupe des Paléopathologistes de Langue Française, May 2018, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05054468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse microarchitecturale du développement de la marche bipède chez le jeune enfant : résultats préliminaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicholas B Stephens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zewdi J Tsegai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Bettuzzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Pia Morigi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1843èmes journées de la SAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société d’Anthropologie de Paris, Jan 2018, Poitiers, France. pp.S13, </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/bmsap-2018-0004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05054480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ostéophytose sous périostée diaphysaire des enfants de moins de 1 an issus du cimetière moderne de Saint-Pierre (Saint-Gilles, Gard) : état pathologique ou caractère physiologique ? Mise en garde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie Demangeot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dutour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Coqueugniot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryelle Bessou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontre autour de la mort des tout-petits : mortalité foetale et infantile : actes de la 2e Rencontre du GAAF à Saint-Germain-en-Laye les 3 et 4 décembre 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2009, Saint-Germain-en-Laye, France. pp.295-304</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01835092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Archeologisch onderzoek in Dendermonde op de site van het voormalige Birgitinessenklooster Maria Troon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Goudie Falckenbach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Ryssaert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Castex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikaël Rouzic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35e Colloquium Archaeologia Mediaevalis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Gent, Belgium. pp.141-148</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05054157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification and evolution of rickets and scurvy therapeutics between the 17th and 19th centuries CE : archaeo-and palaeopharmacological approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Zinn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aminte Thomann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Lefrais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dutour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Pianet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXVe colloque du GMPCA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2025, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05064637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La sépulture 534 de la nécropole mérovingienne de Choisy-au-Bac (60) : un cas d'ostéochondromes multiples</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anissa Mouaddib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Jezuita</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque 2025 du GPLF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2025, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05064402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification and evolution of rickets and scurvy therapeutics between the 17th and 19th centuries CE: archaeo- and palaeopharmacological approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Zinn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aminte Thomann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Lefrais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Pianet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th Annual Meeting of the SSCIP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05064643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The developing morphology of the hominin ilium: preliminary morphometric results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carla Figus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kristian J Carlson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Collina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonino Vazzana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th Annual Meeting of the ESHE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Zagreb, Croatia. PaleoAnthropology, 2024 (2), pp.421, 2024, </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48738/2024.iss2.1209⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05064663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ostéobiographie d'une courte vie : un cas de maladie(s) carentielle(s) à l'époque carolingienne en Wallonie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Laforest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35e édition du Colloque du GALF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Bruxelles, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05064568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une synostose bilatérale radio-ulnaire : diagnostic différentiel autour du cas de l'individu 666 du cimetière médiéval de l'abbaye de Loos (XII e -XIV e s.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anissa Mouaddib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque 2023 du GPLF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05064409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cimetière carcéral de Loos (Métropole de Lille, 19e siècle) : traumatisme et infection chez deux jeunes détenus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fedani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Coqueugniot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dutour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Lyautey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque 2023 du GPLF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05064476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trabecular bone microarchitecture of the radial and femoral distal metaphyses during the period of locomotor behavior development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sharon Kuo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregorio Marchiori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melania Maglio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucia Martini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">91st Annual Meeting of the AABA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Denver, CO, United States. Program of the 91st Annual Meeting of the American Association of Biological Anthropologists, 177 (S73), pp.35, 2022, </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ajpa.24514⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05064604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilius - de l'os au visage : portrait d'un mérovingien de la Granède (Millau, Aveyron Ve -Xe s. ap. J.-C.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Comte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-France Deguilloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Pruvost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Pemonge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">42e journées internationales d’archéologie mérovingienne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Saint-Germain-en-Laye, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05054487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variations of the trabecular bone microarchitecture through the period of locomotor behaviour development of a late 19th century post-industrial Italian population</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sharon Kuo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregorio Marchiori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melania Maglio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucia Martini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Conference of Children's Bone Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Dublin, Ireland. Proceedings of the 10th International Conference on Children's Bone Health, 6 (S1), pp.105, 2022, </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/jbm4.10676⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05064516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How does rickets impair locomotor development in children? Analysis of the trabecular bone microarchitecture of the distal radial metaphysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sharon Kuo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregorio Marchiori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melania Maglio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucia Martini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">49th Annual North American Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Denver (CO), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05064629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (20)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biocultural Perspectives of Infancy, Childhood and Adolescence in the Past: Challenges, Complexities, and Interdisciplinarity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire M Hodson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jenna M Dittmar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Childhood in the Past</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 18 (2), pp.121-125. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/17585716.2025.2538921⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05372962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating Development in Human Evolution: Specificities, Challenges, and Opportunities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Lequin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Le Cabec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floriane Remy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Evolutionary Anthropology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 34 (1), </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/evan.70001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05038572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Archeometric detection of mercury: A paleopharmacological case study of skeletal remains of a child with vitamin deficiencies (Rouen, France, late 18–19th centuries)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Zinn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aminte Thomann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Lefrais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dutour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> International Journal of Paleopathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 49, pp.29-36. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpp.2025.02.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05038553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Digitization of Human Skeletal Collections: New Challenges and Perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Giovanna Belcastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rita Sorrentino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Mameli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annalisa Pietrobelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teresa Nicolosi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Heritage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 8, pp.8110488. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/heritage8110488⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05373082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Ardagna, A. Chaillou, Les restes humains. Législation, intérêt scientifique et enjeu éthique des ensembles anthropobiologiques.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anthropologica et Praehistorica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 133, pp.123-125. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.57937/ap.2023.017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05038612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paleoneurology: an evolving science?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emma Estrems Velazquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaëlle Ferton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Médecine/Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 40 (3), pp.295-298. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/medsci/2024017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05038623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early ontogeny of humeral trabecular bone in Neandertals and recent modern humans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liubov Golovanova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Doronichev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Human Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 154, pp.102968. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhevol.2021.102968⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03185933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Was the rise of TB contemporaneous with the industrial revolution? Epidemiological evolution of TB in France (17th-20th centuries) inferred from osteoarchaeological and historical archives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dutour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Coqueugniot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> International Journal of Paleopathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 34, pp.130-133. </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpp.2021.04.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03376670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing biases in the analysis of trabecular bone microarchitecture of non-adult individuals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Dutailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Leguay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dutour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Coqueugniot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 39, pp.103138. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jasrep.2021.103138⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03368597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are the identified collections of immature skeletons dating from the Industrial Revolution good references for paleoauxological studies? Cases studies from England & France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Coqueugniot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dutour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> International Journal of Paleopathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 34, pp.142-146. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpp.2021.07.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03373823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brief communication title: Can the palaeoepidemiology of rickets during the industrialisation period in France be studied through bioarchaeological grey literature and French medico-historical literature of the 18 th -early 20 th centuries? Preliminary examination of a complex topic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Coqueugniot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dutour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> International Journal of Paleopathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 34, pp.76-81. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpp.2021.06.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03368590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le conservatoire Virt.Os (Virtothèque ostéologique) de Bordeaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Coqueugniot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dutour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Dutailly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Nouvelles de l'archéologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 159, pp.85-86. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/nda.9712⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03002755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’os au visage : portrait de trois individus de la Granède (Ve-Xe s. ap. J.-C.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Comte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-France Deguilloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Pruvost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Pemonge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers d'archéologie aveyronnaise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 32, pp.56-77</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05054189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micro-computed tomography of teeth as an alternative way to detect and analyse vitamin D deficiency</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lori d'Ortenzio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Coqueugniot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher J. Knüsel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 23, pp.390-395. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jasrep.2018.11.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02162369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The periosteum dilemma in bioarcheology: Normal growth or pathological condition? – 3D discriminating microscopic approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Rittemard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Desbarats</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Dutailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dutour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 24, pp.236-243. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jasrep.2018.12.012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02162366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trabecular Analysis of the Distal Radial Metaphysis during the Acquisition of Crawling and Bipedal Walking in Childhood: A Preliminary Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Stephens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Tsegai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bettuzzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Morigi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 31 (1-2), pp.43-51. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/bmsap-2018-0041⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05053975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trabecular bone microarchitecture analysis, a way for an early detection of genetic dwarfism? Case study of a dwarf mother’s offspring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Menno Hoogland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Coqueugniot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dutour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Waters-Rist</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> International Journal of Paleopathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 20, pp.65-71. </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpp.2017.12.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02162391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre culture et biologie : variations de la micro-architecture osseuse trabéculaire pendant le développement de la bipédie chez l'enfant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de la Fondation Fyssen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 31, pp.144-153</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05054026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Langerhans cell histiocytosis or Tuberculosis on a medieval child (Oppidum de la Granède, Millau, France - 10th-11th centuries AD)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Saint-Pierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephan Naji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Panuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Coqueugniot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tuberculosis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 95 (suppl. n° 1), pp.S42-S50</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouvelles données sur l’édification des molaires et l’estimation de l’âge dentaire des enfants par imagerie médicale et 3D : apports et perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Coqueugniot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Dutailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Desbarats</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Marie Tillier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 25 (3-4), pp.127-146. </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13219-012-0076-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retour sur la Rencontre Inter-Labos « Archéos en Transitions »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Coutelier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karyne Debue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Discamps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Ephrem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025, </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.58079/13lct⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05054287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le visage d’Adèle, enfant du Xe siècle : restitution scientifique pluridisciplinaire pour une muséographie personnifiée du site archéologique de la Granède (Millau, Aveyron)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-France Deguilloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Pruvost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Comte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Saint-Pierre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les sciences archéologiques à l’ère du virtuel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions du Comité des travaux historiques et scientifiques, pp.16738, 2023, </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.cths.16738⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05054111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VIRT.OS : bibliothèque virtuelle pour la recherche, l’éducation et la préservation du patrimoine ostéo-archéologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dutour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Dutailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Coqueugniot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les sciences archéologiques à l’ère du virtuel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions du Comité des travaux historiques et scientifiques, 2023, </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.cths.16843⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04330147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apports de l’analyse de la microarchitecture osseuse trabéculaire à l’étude des populations du passé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les sciences archéologiques à l’ère du virtuel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions du Comité des travaux historiques et scientifiques, pp.16678, 2023, 978-2-7355-0927-0. </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.cths.16678⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05054096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micro-CT characterization of archeological bones</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Coqueugniot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Rittemard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oussama Baker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Dutailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Long, B. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 2nd International Conference on Tomography of Materials and Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRS-ETE, pp.643-647, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01833185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La micro-architecture de l'os trabéculaire en croissance : variabilité tridimensionnelle normale et pathologique analysée par microtomodensitométrie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anthropologie biologique. Université de Bordeaux, 2014. Français. </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2014BORD0291⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01161557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId187"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> antony colombo </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Maitre de conférences en Anthropologie biologique</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">antony-colombo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-8855-7502</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">185906346</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (20)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biocultural Perspectives of Infancy, Childhood and Adolescence in the Past: Challenges, Complexities, and Interdisciplinarity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire M Hodson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jenna M Dittmar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Childhood in the Past</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 18 (2), pp.121-125. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/17585716.2025.2538921⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05372962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating Development in Human Evolution: Specificities, Challenges, and Opportunities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Lequin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Le Cabec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floriane Remy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Evolutionary Anthropology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 34 (1), </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/evan.70001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05038572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Archeometric detection of mercury: A paleopharmacological case study of skeletal remains of a child with vitamin deficiencies (Rouen, France, late 18–19th centuries)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Zinn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aminte Thomann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Lefrais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dutour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> International Journal of Paleopathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 49, pp.29-36. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpp.2025.02.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05038553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Digitization of Human Skeletal Collections: New Challenges and Perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Giovanna Belcastro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rita Sorrentino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Mameli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annalisa Pietrobelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teresa Nicolosi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Heritage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 8, pp.8110488. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/heritage8110488⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05373082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Ardagna, A. Chaillou, Les restes humains. Législation, intérêt scientifique et enjeu éthique des ensembles anthropobiologiques.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anthropologica et Praehistorica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 133, pp.123-125. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.57937/ap.2023.017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05038612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paleoneurology: an evolving science?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emma Estrems Velazquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaëlle Ferton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Médecine/Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 40 (3), pp.295-298. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/medsci/2024017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05038623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are the identified collections of immature skeletons dating from the Industrial Revolution good references for paleoauxological studies? Cases studies from England & France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Coqueugniot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dutour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> International Journal of Paleopathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 34, pp.142-146. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpp.2021.07.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03373823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing biases in the analysis of trabecular bone microarchitecture of non-adult individuals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Dutailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Leguay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dutour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Coqueugniot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 39, pp.103138. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jasrep.2021.103138⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03368597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brief communication title: Can the palaeoepidemiology of rickets during the industrialisation period in France be studied through bioarchaeological grey literature and French medico-historical literature of the 18 th -early 20 th centuries? Preliminary examination of a complex topic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Coqueugniot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dutour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> International Journal of Paleopathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 34, pp.76-81. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpp.2021.06.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03368590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early ontogeny of humeral trabecular bone in Neandertals and recent modern humans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tony Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liubov Golovanova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Doronichev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Human Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 154, pp.102968. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhevol.2021.102968⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03185933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Was the rise of TB contemporaneous with the industrial revolution? Epidemiological evolution of TB in France (17th-20th centuries) inferred from osteoarchaeological and historical archives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dutour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Coqueugniot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> International Journal of Paleopathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 34, pp.130-133. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpp.2021.04.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03376670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le conservatoire Virt.Os (Virtothèque ostéologique) de Bordeaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Coqueugniot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dutour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Dutailly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Nouvelles de l'archéologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 159, pp.85-86. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/nda.9712⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03002755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’os au visage : portrait de trois individus de la Granède (Ve-Xe s. ap. J.-C.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Comte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-France Deguilloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Pruvost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Pemonge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers d'archéologie aveyronnaise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 32, pp.56-77</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05054189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micro-computed tomography of teeth as an alternative way to detect and analyse vitamin D deficiency</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lori d'Ortenzio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Coqueugniot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher J. Knüsel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 23, pp.390-395. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jasrep.2018.11.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02162369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The periosteum dilemma in bioarcheology: Normal growth or pathological condition? – 3D discriminating microscopic approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Rittemard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Desbarats</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Dutailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dutour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 24, pp.236-243. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jasrep.2018.12.012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02162366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trabecular Analysis of the Distal Radial Metaphysis during the Acquisition of Crawling and Bipedal Walking in Childhood: A Preliminary Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Stephens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Tsegai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bettuzzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Morigi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 31 (1-2), pp.43-51. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/bmsap-2018-0041⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05053975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trabecular bone microarchitecture analysis, a way for an early detection of genetic dwarfism? Case study of a dwarf mother’s offspring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Menno Hoogland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Coqueugniot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dutour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Waters-Rist</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> International Journal of Paleopathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 20, pp.65-71. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpp.2017.12.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02162391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre culture et biologie : variations de la micro-architecture osseuse trabéculaire pendant le développement de la bipédie chez l'enfant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de la Fondation Fyssen</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 31, pp.144-153</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05054026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Langerhans cell histiocytosis or Tuberculosis on a medieval child (Oppidum de la Granède, Millau, France - 10th-11th centuries AD)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Saint-Pierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephan Naji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Panuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Coqueugniot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tuberculosis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 95 (suppl. n° 1), pp.S42-S50</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouvelles données sur l’édification des molaires et l’estimation de l’âge dentaire des enfants par imagerie médicale et 3D : apports et perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Coqueugniot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Dutailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Desbarats</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Marie Tillier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 25 (3-4), pp.127-146. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13219-012-0076-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification and evolution of rickets and scurvy therapeutics between the 17th and 19th centuries CE : archaeo-and palaeopharmacological approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Zinn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aminte Thomann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Lefrais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dutour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Pianet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXVe colloque du GMPCA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2025, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05064637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La sépulture 534 de la nécropole mérovingienne de Choisy-au-Bac (60) : un cas d'ostéochondromes multiples</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anissa Mouaddib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Jezuita</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque 2025 du GPLF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2025, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05064402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The developing morphology of the hominin ilium: preliminary morphometric results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carla Figus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kristian J Carlson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federica Collina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonino Vazzana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th Annual Meeting of the ESHE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Zagreb, Croatia. PaleoAnthropology, 2024 (2), pp.421, 2024, </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48738/2024.iss2.1209⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05064663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification and evolution of rickets and scurvy therapeutics between the 17th and 19th centuries CE: archaeo- and palaeopharmacological approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Zinn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aminte Thomann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Lefrais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Pianet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th Annual Meeting of the SSCIP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05064643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ostéobiographie d'une courte vie : un cas de maladie(s) carentielle(s) à l'époque carolingienne en Wallonie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Laforest</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35e édition du Colloque du GALF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Bruxelles, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05064568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une synostose bilatérale radio-ulnaire : diagnostic différentiel autour du cas de l'individu 666 du cimetière médiéval de l'abbaye de Loos (XII e -XIV e s.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anissa Mouaddib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque 2023 du GPLF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05064409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cimetière carcéral de Loos (Métropole de Lille, 19e siècle) : traumatisme et infection chez deux jeunes détenus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cynthia Fedani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Coqueugniot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dutour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Lyautey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque 2023 du GPLF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05064476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilius - de l'os au visage : portrait d'un mérovingien de la Granède (Millau, Aveyron Ve -Xe s. ap. J.-C.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Comte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-France Deguilloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Pruvost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Pemonge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">42e journées internationales d’archéologie mérovingienne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Saint-Germain-en-Laye, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05054487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variations of the trabecular bone microarchitecture through the period of locomotor behaviour development of a late 19th century post-industrial Italian population</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sharon Kuo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregorio Marchiori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melania Maglio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucia Martini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Conference of Children's Bone Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Dublin, Ireland. Proceedings of the 10th International Conference on Children's Bone Health, 6 (S1), pp.105, 2022, </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/jbm4.10676⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05064516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trabecular bone microarchitecture of the radial and femoral distal metaphyses during the period of locomotor behavior development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sharon Kuo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregorio Marchiori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melania Maglio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucia Martini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">91st Annual Meeting of the AABA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Denver, CO, United States. Program of the 91st Annual Meeting of the American Association of Biological Anthropologists, 177 (S73), pp.35, 2022, </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ajpa.24514⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05064604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How does rickets impair locomotor development in children? Analysis of the trabecular bone microarchitecture of the distal radial metaphysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sharon Kuo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregorio Marchiori</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melania Maglio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucia Martini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">49th Annual North American Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Denver (CO), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05064629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (23)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La prise en charge thérapeutique du rachitisme et du scorbut à l’ère industrielle en France : approche archéopharmacologique.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Zinn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Pianet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque 2025 du GPLF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Groupe des Paléopathologistes de Langue Française, Mar 2025, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05063963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification and evolution of rickets and scurvy therapeutics between the 17th and 19th centuries CE: archaeo- and palaeopharmacological approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Zinn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aminte Thomann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Lefrais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dutour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Pianet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th VCWAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association For Early-Career Women Archaeologists And Paleontologists, Mar 2025, Online Conference, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05064386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep learning assisted segmentation of ct-scanned ancient bones</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Vanderesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nolan Bizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sharon Kuo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30TH EAA ANNUAL MEETING</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EAA, Aug 2024, Roma Sapienza Università, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05008688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle place pour la biologie du développement dans la paléoanthropologie ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Lequin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Colard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Heuzé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Le Cabec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1849es Journées de la SAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société d’Anthropologie de Paris, Jan 2024, Bordeaux, France. pp.S32, </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/bmsap.13073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05064678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bone microarchitectural analysis: a way to detect, understand and diagnose pathological conditions and processes in children</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30th EAA Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Association of Archaeologists, Aug 2024, Sapienza Università di Roma, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05054336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bone microarchitectural analysis: a way to detect, understand and diagnose pathological conditions and processes in children</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carla Figus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugenio Bortolini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simona Ascanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federico Bernardini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30th EAA Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Association of Archaeologists, Aug 2024, Sapienza Università di Roma, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05064673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microarchitecture osseuse et bipédie en développement : les premiers pas vers l'autonomie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le mouvement humain des origines aux olympiades</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jean-Jacques Hublin; Alain Berthoz, Jul 2024, Collège de France, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05054311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évolution et identifications des thérapeutiques du rachitisme aux 17e-19e siècles : approches archéo- et paléopharmacologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Zinn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aminte Thomann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Lefrais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dutour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Pianet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3e journée annuelle du RESHApE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Réseau d’Etude de la Santé Humaine par des Approches Evolutives et historiques, Sep 2024, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05063998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apport de la microtomographie RX à la paléopathologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dutour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Coqueugniot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1848e Journées de la Société d’Anthropologie de Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société d’Anthropologie de Paris, Jan 2023, Paris, France. pp.S17, </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/bmsap.10884⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05054376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acute infections as a cause of death: what do bone signs of deficiency tell us?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Giovanna Belcastro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29th EAA Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Association of Archaeologists, Aug 2023, Queen's University, Belfast, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05054362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inhumés dans un terrain vague du port d'Harfleur (Normandie) à la période moderne. Apport de l'étude des lésions osseuses dans la compréhension de l'origine des défunts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aminte Thomann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dutour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Langlois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque 2023 du GPLF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Groupe des Paléopathologistes de Langue Française, May 2023, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05073278v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apport des statistiques archivistiques dans la compréhension de l’état sanitaire des populations carcérales à l’époque contemporaine : L’exemple du centre pénitentiaire de Loos (Nord, 1824-1898)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Lyautey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dutour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Coqueugniot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque 2023 du GPLF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Groupe des Paléopathologistes de Langue Française, May 2023, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05073287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IA-SeReOs, an interdisciplinary project towards the automatic segmentation of CT-scanned ancient bone remains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Vanderesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nolan Bizon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sharon Kuo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IAMAHA : 1st international conference on artificIAl Intelligence and applied MAthematics for History and Archaeology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CEPAM; INRIA Côte d'Azur; I3S, Nov 2023, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05065073v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santé-environnements-sociétés : la révolution industrielle, approche bioarchéologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Coqueugniot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dutour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Recherche et Biodiversité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, DiPEE Nouvelle Aquitaine Centre-Val de Loire, Jun 2022, Poiters, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05054383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’enseignement en anthropologie biologique à l’Ecole Pratique des Hautes Etudes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dutour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Coqueugniot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">34e colloque du GALF, Transmissions en anthropologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Groupement des Anthropologistes de Langue Française, Jun 2022, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05073303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Applications of a regularized deep network micro-CT image auto-segmentation approach to morphological data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sharon Kuo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lily Demars</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amirsaeed Yazdani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Venkateswararao Cherukuri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yung-Chen Sun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">91st Annual Meeting of the AABA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, American Association of Biological Anthropologists, Mar 2022, Denver (CO), United States. pp.101-102, </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ajpa.24514⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05064619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adèle, pour une muséographie personnifiée. Exemple d’un travail pluridisciplinaire servant la muséographie de site archéologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-France Deguilloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Pruvost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Comte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Saint-Pierre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">144e Congrès du CTHS : Le réel &amp; le virtuel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Comité des Travaux Historiques et Scientifiques, May 2019, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05054402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apports de l’analyse de la micro-architecture osseuse trabéculaire à l’étude des populations du passé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">144e Congrès du CTHS : Le réel &amp; le virtuel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Comité des Travaux Historiques et Scientifiques, May 2019, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05054396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autonomous bipedal walking acquisition in children: comparison of trabecular bone microarchitecture in the radial and femoral distal metaphyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zewdi J Tsegai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicholas B Stephens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Bettuzzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Pia Morigi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th Annual Conference of the BABAO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, British Association of Biological Anthropology and Osteoarchaeology, Sep 2018, Cranfield, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05054433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application microtomodensitométrique à la détection dentaire des carences en vitamine D</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lori d'Ortenzio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bonnie Kahlon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Coqueugniot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Knüsel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque 2018 du GPLF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Groupe des Paléopathologistes de Langue Française, May 2018, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05054468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse microarchitecturale du développement de la marche bipède chez le jeune enfant : résultats préliminaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicholas B Stephens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zewdi J Tsegai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Bettuzzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Pia Morigi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1843èmes journées de la SAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société d’Anthropologie de Paris, Jan 2018, Poitiers, France. pp.S13, </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/bmsap-2018-0004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05054480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ostéophytose sous périostée diaphysaire des enfants de moins de 1 an issus du cimetière moderne de Saint-Pierre (Saint-Gilles, Gard) : état pathologique ou caractère physiologique ? Mise en garde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie Demangeot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dutour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Coqueugniot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryelle Bessou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontre autour de la mort des tout-petits : mortalité foetale et infantile : actes de la 2e Rencontre du GAAF à Saint-Germain-en-Laye les 3 et 4 décembre 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2009, Saint-Germain-en-Laye, France. pp.295-304</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01835092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Archeologisch onderzoek in Dendermonde op de site van het voormalige Birgitinessenklooster Maria Troon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Goudie Falckenbach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Ryssaert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Castex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikaël Rouzic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35e Colloquium Archaeologia Mediaevalis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Gent, Belgium. pp.141-148</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05054157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retour sur la Rencontre Inter-Labos « Archéos en Transitions »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Coutelier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karyne Debue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Discamps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Ephrem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025, </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.58079/13lct⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05054287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VIRT.OS : bibliothèque virtuelle pour la recherche, l’éducation et la préservation du patrimoine ostéo-archéologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Dutour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Dutailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Coqueugniot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les sciences archéologiques à l’ère du virtuel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions du Comité des travaux historiques et scientifiques, 2023, </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.cths.16843⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04330147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apports de l’analyse de la microarchitecture osseuse trabéculaire à l’étude des populations du passé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les sciences archéologiques à l’ère du virtuel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions du Comité des travaux historiques et scientifiques, pp.16678, 2023, 978-2-7355-0927-0. </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.cths.16678⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05054096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le visage d’Adèle, enfant du Xe siècle : restitution scientifique pluridisciplinaire pour une muséographie personnifiée du site archéologique de la Granède (Millau, Aveyron)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-France Deguilloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Pruvost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Comte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Saint-Pierre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les sciences archéologiques à l’ère du virtuel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions du Comité des travaux historiques et scientifiques, pp.16738, 2023, </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.cths.16738⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05054111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micro-CT characterization of archeological bones</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Coqueugniot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Rittemard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oussama Baker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Dutailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Long, B. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 2nd International Conference on Tomography of Materials and Structures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRS-ETE, pp.643-647, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01833185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La micro-architecture de l'os trabéculaire en croissance : variabilité tridimensionnelle normale et pathologique analysée par microtomodensitométrie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antony Colombo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anthropologie biologique. Université de Bordeaux, 2014. Français. </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2014BORD0291⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01161557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId187"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="28B8FE22"/>
+    <w:nsid w:val="B1BF6B5C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/antony-colombo" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8855-7502" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/185906346" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064386v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Zinn" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aminte Thomann" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Lefrais" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dutour" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pianet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063963v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Colombo" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063998v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05054311v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008688v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vanderesse" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Cl&#233;ment" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolan Bizon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sharon Kuo" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064678v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Lequin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Colard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Heuz&#233;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Le Cabec" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.13073" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05054336v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064673v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Figus" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugenio Bortolini" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Ascanelli" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Bernardini" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05054362v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Giovanna Belcastro" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05054376v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Coqueugniot" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.10884" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05073278v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Langlois" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05065073v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05073287v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Lyautey" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05054383v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05073303v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064619v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lily Demars" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amirsaeed Yazdani" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Venkateswararao Cherukuri" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yung-Chen Sun" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.24514" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05054402v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Deguilloux" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Pruvost" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Comte" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Saint-Pierre" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05054396v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05054433v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zewdi J Tsegai" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas B Stephens" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Bettuzzi" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Pia Morigi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05054468v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lori d'Ortenzio" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bonnie Kahlon" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Kn&#252;sel" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05054480v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/bmsap-2018-0004" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01835092v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Demangeot" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryelle Bessou" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05054157v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Goudie Falckenbach" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Ryssaert" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Brion" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Castex" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Rouzic" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064637v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064402v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anissa Mouaddib" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Jezuita" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064643v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064663v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristian J Carlson" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Collina" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonino Vazzana" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48738/2024.iss2.1209" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064568v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Laforest" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064409v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064476v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Fedani" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064604v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregorio Marchiori" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melania Maglio" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Martini" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05054487v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Pemonge" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064516v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jbm4.10676" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064629v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372962v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire M Hodson" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenna M Dittmar" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17585716.2025.2538921" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038572v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Remy" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/evan.70001" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038553v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpp.2025.02.006" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373082v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Sorrentino" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Mameli" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annalisa Pietrobelli" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Nicolosi" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/heritage8110488" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038612v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57937/ap.2023.017" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038623v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Estrems Velazquez" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva&#235;lle Ferton" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2024017" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03185933v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Chevalier" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liubov Golovanova" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Doronichev" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2021.102968" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376670v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpp.2021.04.005" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368597v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Dutailly" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Leguay" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2021.103138" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373823v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpp.2021.07.002" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368590v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpp.2021.06.005" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03002755v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nda.9712" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05054189v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02162369v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Bertrand" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher J. Kn&#252;sel" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2018.11.006" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02162366v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Rittemard" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Desbarats" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2018.12.012" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053975v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Stephens" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Tsegai" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bettuzzi" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Morigi" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/bmsap-2018-0041" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02162391v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Menno Hoogland" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Waters-Rist" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpp.2017.12.002" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05054026v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842668v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Naji" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Panuel" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842755v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Tillier" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13219-012-0076-4" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-H9LF0GRM-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05054287v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Coutelier" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karyne Debue" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Discamps" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Ephrem" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/13lct" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05054111v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.cths.16738" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04330147v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.cths.16843" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05054096v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.cths.16678" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833185v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussama Baker" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01161557v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014BORD0291" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/antony-colombo" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8855-7502" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/185906346" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372962v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire M Hodson" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Colombo" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenna M Dittmar" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17585716.2025.2538921" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038572v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Lequin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Colard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Le Cabec" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Remy" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/evan.70001" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038553v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Zinn" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aminte Thomann" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Lefrais" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dutour" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpp.2025.02.006" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373082v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Giovanna Belcastro" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Sorrentino" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Mameli" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annalisa Pietrobelli" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Nicolosi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/heritage8110488" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038612v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57937/ap.2023.017" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038623v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Estrems Velazquez" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva&#235;lle Ferton" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2024017" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373823v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Coqueugniot" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpp.2021.07.002" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368597v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Dutailly" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Leguay" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2021.103138" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368590v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpp.2021.06.005" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03185933v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Chevalier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liubov Golovanova" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Doronichev" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhevol.2021.102968" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376670v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpp.2021.04.005" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03002755v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nda.9712" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05054189v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Comte" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Deguilloux" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Pruvost" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Pemonge" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02162369v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lori d'Ortenzio" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Bertrand" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher J. Kn&#252;sel" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2018.11.006" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02162366v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Rittemard" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Desbarats" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2018.12.012" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053975v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Stephens" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Tsegai" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bettuzzi" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Morigi" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/bmsap-2018-0041" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02162391v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Menno Hoogland" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Waters-Rist" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpp.2017.12.002" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05054026v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842668v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Saint-Pierre" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Naji" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Panuel" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842755v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Tillier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13219-012-0076-4" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-H9LF0GRM-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064637v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pianet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064402v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anissa Mouaddib" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Jezuita" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064663v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Figus" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristian J Carlson" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Collina" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonino Vazzana" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48738/2024.iss2.1209" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064643v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064568v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Laforest" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064409v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064476v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Fedani" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Lyautey" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05054487v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064516v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sharon Kuo" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregorio Marchiori" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melania Maglio" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Martini" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jbm4.10676" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064604v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajpa.24514" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064629v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063963v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064386v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008688v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vanderesse" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Cl&#233;ment" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolan Bizon" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064678v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Heuz&#233;" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.13073" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05054336v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064673v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugenio Bortolini" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Ascanelli" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Bernardini" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05054311v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063998v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05054376v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.10884" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05054362v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05073278v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Langlois" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05073287v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05065073v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05054383v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05073303v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064619v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lily Demars" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amirsaeed Yazdani" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Venkateswararao Cherukuri" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yung-Chen Sun" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05054402v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05054396v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05054433v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zewdi J Tsegai" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas B Stephens" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Bettuzzi" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Pia Morigi" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05054468v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bonnie Kahlon" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Kn&#252;sel" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05054480v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/bmsap-2018-0004" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01835092v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Demangeot" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryelle Bessou" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05054157v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Goudie Falckenbach" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Ryssaert" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Brion" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Castex" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Rouzic" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05054287v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Coutelier" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karyne Debue" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Discamps" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Ephrem" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/13lct" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04330147v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.cths.16843" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05054096v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.cths.16678" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05054111v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.cths.16738" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01833185v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussama Baker" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01161557v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014BORD0291" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>