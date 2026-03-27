--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -235,429 +235,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04492526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Effect of Intervention Approaches of Emotion Regulation and Learning Strategies on Students’ Learning and Mental Health</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Exploring the Health Effectiveness of a Physical Activity Program Co-Constructed with Students after the COVID-19 Pandemic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Goncalves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Deshayes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elodie Charbonnier</w:t>
+                <w:t xml:space="preserve">Béatrice Gisclard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antony Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Le Vigouroux</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Goncalves</w:t>
+                <w:t xml:space="preserve">Caroline Bernal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inquiry -Chicago then Finger Lakes--</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/00469580231159962⟩</w:t>
+              <w:t xml:space="preserve">Nutrients</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 15 (13), pp.2913. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/nu15132913⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04053289v1</w:t>
+                <w:t xml:space="preserve">hal-04148999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets de deux interventions innovantes visant à réduire et/ou prévenir les détériorations de santé des étudiants à l’université</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">The Effect of Intervention Approaches of Emotion Regulation and Learning Strategies on Students’ Learning and Mental Health</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Charbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Le Vigouroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Béatrice Gisclard</w:t>
+                <w:t xml:space="preserve">Cecile Puechlong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Lespiau</w:t>
+                <w:t xml:space="preserve">Lucile Montalescot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Goncalves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Revue de Santé Scolaire et Universitaire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 14 (83), pp.22-29. </w:t>
+              <w:t xml:space="preserve">Inquiry -Chicago then Finger Lakes--</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 60, pp.004695802311599. </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.revssu.2023.08.007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/00469580231159962⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04216966v1</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04053289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the Health Effectiveness of a Physical Activity Program Co-Constructed with Students after the COVID-19 Pandemic</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Goncalves</w:t>
+                <w:t xml:space="preserve">Effets de deux interventions innovantes visant à réduire et/ou prévenir les détériorations de santé des étudiants à l’université</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Charbonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Le Vigouroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Deshayes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Gisclard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Bernal</w:t>
+                <w:t xml:space="preserve">Florence Lespiau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nutrients</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 15 (13), pp.2913. </w:t>
+              <w:t xml:space="preserve">La Revue de Santé Scolaire et Universitaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14 (83), pp.22-29. </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/nu15132913⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.revssu.2023.08.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04148999v1</w:t>
+                <w:t xml:space="preserve">hal-04216966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Can an Eight-Session Multicomponent Physical Exercise Program Reduce Fall Risk and Fear of Falling among the Elderly?</w:t>
               </w:r>
@@ -695,51 +695,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Deshayes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Charbonnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 19 (14), pp.8262. </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
@@ -767,295 +767,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03717430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Promoting physical activity among university students during COVID-19 pandemic: protocol for a randomised controlled trial.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effects of an online self-help intervention on university students’ mental health during COVID-19: A non-randomized controlled pilot study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Charbonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Trémolière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Baussard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Goncalves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Bernal</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Maxime Deshayes</w:t>
+                <w:t xml:space="preserve">Florence Lespiau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JMIR Research Protocols</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2196/36429⟩</w:t>
+              <w:t xml:space="preserve">Computers in Human Behavior Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 5, pp.100175. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chbr.2022.100175⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03685362v1</w:t>
+                <w:t xml:space="preserve">hal-03571992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of an online self-help intervention on university students’ mental health during COVID-19: A non-randomized controlled pilot study</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bastien Trémolière</w:t>
+                <w:t xml:space="preserve">Promoting physical activity among university students during COVID-19 pandemic: protocol for a randomised controlled trial.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Goncalves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Bernal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Korchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Louise Baussard</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Florence Lespiau</w:t>
+                <w:t xml:space="preserve">Nogrette Maxence</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Deshayes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers in Human Behavior Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 5, pp.100175. </w:t>
+              <w:t xml:space="preserve">JMIR Research Protocols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.chbr.2022.100175⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2196/36429⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03571992v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03685362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of negative stereotype on physical activity level among older adults during a training session</w:t>
               </w:r>
@@ -2248,333 +2248,333 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les effets du dispositif Etu'Zen sur la santé mentale et les stratégies d'apprentissage des étudiants</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evolutions et relations entre affects et fatigue au cours d'une expédition polaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Le Vigouroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E Charbonnier</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Louise Baussard</w:t>
+                <w:t xml:space="preserve">L. Baussard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Boebion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Charbonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Weiss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JRTCC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Nimes, France</w:t>
+              <w:t xml:space="preserve">12ème congrès de l'association francophone de la psychologie de la santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04115115v1</w:t>
+                <w:t xml:space="preserve">hal-04674878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolutions et relations entre affects et fatigue au cours d'une expédition polaire</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Les effets du dispositif Etu'Zen sur la santé mentale et les stratégies d'apprentissage des étudiants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Charbonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Le Vigouroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Karine Weiss</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Montalescot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Goncalves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Baussard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12ème congrès de l'association francophone de la psychologie de la santé</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Montpellier, France</w:t>
+              <w:t xml:space="preserve">JRTCC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Nimes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04674878v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04115115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Physical activity as a protective factor against deficit in emotional regulation in adult ADHD</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antony Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bernal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Le Vigouroux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19. Congrès international de l'association des chercheurs en activités physiques et sportives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2718,256 +2718,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01607503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">230% de gain de force : plasticité méconnue des têtes de myosine</w:t>
+                <w:t xml:space="preserve">Muscle plasticity in response to resistance training is mainly controlled by a myosin ATPase adaptation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antony Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Lionne</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Py</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Allan Pagano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Candau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11. Journée de l’École Doctorale en Sciences du Mouvement Humain « SANTE ET PERFORMANCE»</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2015, Nice, France. 10 p</w:t>
+              <w:t xml:space="preserve">44. European Muscle Conference (EMC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Warsaw, Poland. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02797189v1</w:t>
+                <w:t xml:space="preserve">hal-01837634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muscle plasticity in response to resistance training is mainly controlled by a myosin ATPase adaptation</w:t>
+                <w:t xml:space="preserve">230% de gain de force : plasticité méconnue des têtes de myosine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antony Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Lionne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Py</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Allan Pagano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Candau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">44. European Muscle Conference (EMC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2015, Warsaw, Poland. 1 p</w:t>
+              <w:t xml:space="preserve">11. Journée de l’École Doctorale en Sciences du Mouvement Humain « SANTE ET PERFORMANCE»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, Nice, France. 10 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01837634v1</w:t>
+                <w:t xml:space="preserve">hal-02797189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">275% de gains de performance en 4 semaines : apport de la modélisation dans la compréhension des mécanismes sous jacent</w:t>
               </w:r>
@@ -3287,51 +3287,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eugénie Vaillant-Coindard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëtan Briet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Lespiau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque la XR en mouvement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Limoges, France</w:t>
@@ -3632,51 +3632,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492526v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Philippe" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Goncalves" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Korchi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Deshayes" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpubh.2024.1307382" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04053289v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Charbonnier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Le Vigouroux" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Puechlong" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Montalescot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00469580231159962" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216966v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Gisclard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Lespiau" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revssu.2023.08.007" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148999v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bernal" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu15132913" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717430v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Martinez" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph19148262" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685362v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nogrette Maxence" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/36429" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03571992v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Tr&#233;moli&#232;re" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Baussard" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chbr.2022.100175" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03892015v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#232;le Palermo" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fspor.2022.998724" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03023074v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Roumanille" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Vernus" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Brioche" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Descossy" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.T. van Ba" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12970-020-00390-5" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314197v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Lionne" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony M. J. Sanchez" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allan Pagano" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Candau" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/EP087071" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154357v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Borrani" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony M.J. Sanchez" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Py" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02640414.2018.1494909" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824279v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Ramonatxo" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Sirvent" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony M.J. Sanchez Sanchez" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/jphysiol.2014.287060" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837614v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcus F Agostinho" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilvan S Marcolino" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewerton R Pereira" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Busso" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1519/JSC.0000000000000777" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964292v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1519/jsc.0000000000000777" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01140860v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony G. Philippe" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bertrand Favier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bonnieu" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2015/914860" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837612v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Morquette" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorly Verdier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aklesso Kadala" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Fethiere" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nn.4013" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04115115v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Charbonnier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04674878v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Baussard" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Boebion" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Weiss" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04674840v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607503v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Fanca-Berthon" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Campredon" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Tran van Ba" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797189v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837634v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837640v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Laatar" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837573v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwen B&#232;gue" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Bernardi" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Britto" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05249420v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Vaillant-Coindard" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Briet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01342188v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015MONT4002" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492526v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Philippe" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Goncalves" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Korchi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Deshayes" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpubh.2024.1307382" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148999v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Gisclard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bernal" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu15132913" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04053289v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Charbonnier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Le Vigouroux" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Puechlong" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Montalescot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00469580231159962" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216966v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Lespiau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revssu.2023.08.007" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717430v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Martinez" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph19148262" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03571992v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Tr&#233;moli&#232;re" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Baussard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chbr.2022.100175" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685362v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nogrette Maxence" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/36429" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03892015v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#232;le Palermo" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fspor.2022.998724" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03023074v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Roumanille" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Vernus" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Brioche" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Descossy" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.T. van Ba" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12970-020-00390-5" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314197v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Lionne" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony M. J. Sanchez" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allan Pagano" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Candau" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/EP087071" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154357v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Borrani" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony M.J. Sanchez" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Py" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02640414.2018.1494909" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01824279v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Ramonatxo" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Sirvent" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony M.J. Sanchez Sanchez" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/jphysiol.2014.287060" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837614v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcus F Agostinho" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilvan S Marcolino" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewerton R Pereira" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Busso" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1519/JSC.0000000000000777" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964292v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1519/jsc.0000000000000777" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01140860v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony G. Philippe" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bertrand Favier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bonnieu" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2015/914860" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837612v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Morquette" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorly Verdier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aklesso Kadala" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Fethiere" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nn.4013" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04674878v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Baussard" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Boebion" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Weiss" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04115115v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Charbonnier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04674840v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607503v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Fanca-Berthon" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Campredon" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Tran van Ba" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837634v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02797189v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837640v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Laatar" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837573v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwen B&#232;gue" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Bernardi" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Britto" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05249420v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Vaillant-Coindard" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Briet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01342188v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015MONT4002" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>