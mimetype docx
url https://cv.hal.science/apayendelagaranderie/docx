--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -2037,51 +2037,51 @@
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adèle Payen de La Garanderie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Littératures. Sorbonne Universite - Faculté des Lettres - École doctorale V Concepts et langages ED 0433, 2023. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
+                <w:t xml:space="preserve">⟨NNT : 2023SORUL098⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04960269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
@@ -2255,51 +2255,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05513190v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Chabroux-Richin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Payen de La Garanderie" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maelle R&#233;at" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838369v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Mounier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Bercea-Bocksai" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.atlande.eu/nos-ouvrages/1116-helisenne-de-crenne-les-angoisses-douloureuses-qui-procedent-d-amour-9782350309736.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04035649v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Olislaeger" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04035659v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Harambat" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04035654v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Frecaut" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Etienne Pini" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04033044v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-15401-3" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04033037v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Victor Desarbres" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959611v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959601v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959623v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960489v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959628v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04035672v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960430v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960334v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960393v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960300v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960324v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960415v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960348v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04960269v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05513190v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Chabroux-Richin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Payen de La Garanderie" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maelle R&#233;at" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838369v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Mounier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Bercea-Bocksai" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.atlande.eu/nos-ouvrages/1116-helisenne-de-crenne-les-angoisses-douloureuses-qui-procedent-d-amour-9782350309736.html" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04035649v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Olislaeger" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04035659v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Harambat" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04035654v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Frecaut" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Etienne Pini" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04033044v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-15401-3" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04033037v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Victor Desarbres" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959611v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959601v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959623v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960489v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04959628v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04035672v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960430v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960334v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960393v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960300v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960324v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960415v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960348v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04960269v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023SORUL098" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>