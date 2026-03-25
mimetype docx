--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -2427,178 +2427,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04012170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapport à la contrainte budgétaire, rapport au politique. Ce que l'ethnographie économique peut apporter à la sociologie politique</w:t>
+                <w:t xml:space="preserve">Rapports à la contrainte budgétaire et rapports au politique. Ce que l’ethnographie économique peut apporter à la sociologie politique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Perrin-Heredia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pascal Depoorter Nathalie Frigul Thomas Venet Sébastien Vignon (dir.). </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les mondes ouvriers : figures de (dé)mobilisations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Presses universitaires du Septentrion, pp.179-198, 2022, 978-2-7574-3724-7</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, Presses universitaires du Septentrion, pp.179-198, 2022, 9782757437247. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.septentrion.137373⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04329452v1</w:t>
+                <w:t xml:space="preserve">hal-03921406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapports à la contrainte budgétaire et rapports au politique. Ce que l’ethnographie économique peut apporter à la sociologie politique</w:t>
+                <w:t xml:space="preserve">Rapport à la contrainte budgétaire, rapport au politique. Ce que l'ethnographie économique peut apporter à la sociologie politique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Perrin-Heredia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les mondes ouvriers : figures de (dé)mobilisations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Presses universitaires du Septentrion, pp.179-198, 2022, 9782757437247. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, Presses universitaires du Septentrion, pp.179-198, 2022, 978-2-7574-3724-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/books.septentrion.137373⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03921406v1</w:t>
+                <w:t xml:space="preserve">hal-04329452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De si &amp;quot;petites&amp;quot; différences. Conduites économiques et segmentation sociale</w:t>
               </w:r>
@@ -2720,169 +2720,169 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03098589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La gestion du budget : un pouvoir paradoxal pour des femmes de classes populaires</w:t>
+                <w:t xml:space="preserve">La gestion du budget</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Perrin-Heredia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Lambert, Anne; Dietrich-Ragon, Pascale; Bonvalet, Catherine. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le monde privé des femmes. Genre et habitat dans la société française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, INED Editions, pp.193-212, 2018, 978-2-7332-6023-4</w:t>
+              <w:t xml:space="preserve">, Ined éditions, pp.193-212, 2018, Questions de population, 978-2-7332-6023-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04329490v1</w:t>
+                <w:t xml:space="preserve">hal-03098605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La gestion du budget</w:t>
+                <w:t xml:space="preserve">La gestion du budget : un pouvoir paradoxal pour des femmes de classes populaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Perrin-Heredia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le monde privé des femmes. Genre et habitat dans la société française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Ined éditions, pp.193-212, 2018, Questions de population, 978-2-7332-6023-4</w:t>
+              <w:t xml:space="preserve">, INED Editions, pp.193-212, 2018, 978-2-7332-6023-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03098605v1</w:t>
+                <w:t xml:space="preserve">hal-04329490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les mesures statistiques de la pauvreté : des points de vue sur l'objet éclairés par la méthode ethnographique</w:t>
               </w:r>
@@ -3495,51 +3495,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="EA8EBBD2"/>
+    <w:nsid w:val="0B07C179"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3726,51 +3726,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/aperrinheredia" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6422-5493" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04012135v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Favier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Fer" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Galonnier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Perrin-Heredia" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/enseditions/44284" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.enseditions.44284" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02297255v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Ducourant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329311v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Bosvieux-Onyekwelu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Herlin Giret" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02559152v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Lacan" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Plot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Lazarus" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05525255v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176012v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Herlin-Giret" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pox.140.0009" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176066v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Sherman" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pox.140.0103" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329349v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pox.140.0193" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04370781v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3240/107041" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098444v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rce.024.0071" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098452v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inso.182.0030" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098474v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gap.132.0303" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098460v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arss.199.0046" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098481v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gen.084.0069" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098512v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soco.076.0005" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098497v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soco.076.0095" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098503v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02559017v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098522v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inso.138.0074" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657941v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude B&#233;liard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Billaud" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Blanchard" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Eideliman" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rom&#233;o Fontaine" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517639v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Albert" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04031691v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://catalogue-editions.ens-lyon.fr/fr/livre/?GCOI=29021100676670" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04012170v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/enseditions/44319" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.enseditions.44319" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329452v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03921406v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.137373" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329467v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098589v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329490v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098605v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329498v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098615v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807523v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Gojard" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Dubuisson-Quellier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Plessz" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774751v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Benaada" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Chopin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Ronet-Yague" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00813125v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Weber" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/aperrinheredia" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6422-5493" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04012135v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Favier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Fer" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Galonnier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Perrin-Heredia" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/enseditions/44284" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.enseditions.44284" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02297255v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Ducourant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329311v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Bosvieux-Onyekwelu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Herlin Giret" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02559152v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Lacan" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Plot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Lazarus" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05525255v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176012v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Herlin-Giret" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pox.140.0009" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176066v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Sherman" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pox.140.0103" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329349v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pox.140.0193" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04370781v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3240/107041" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098444v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rce.024.0071" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098452v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inso.182.0030" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098474v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gap.132.0303" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098460v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arss.199.0046" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098481v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gen.084.0069" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098512v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soco.076.0005" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098497v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soco.076.0095" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098503v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-02559017v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098522v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inso.138.0074" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657941v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude B&#233;liard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Billaud" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Blanchard" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Eideliman" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rom&#233;o Fontaine" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517639v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Albert" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04031691v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://catalogue-editions.ens-lyon.fr/fr/livre/?GCOI=29021100676670" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04012170v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/enseditions/44319" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.enseditions.44319" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03921406v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.septentrion.137373" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329452v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329467v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098589v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098605v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329490v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329498v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03098615v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807523v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Gojard" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Dubuisson-Quellier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Plessz" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774751v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Benaada" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Chopin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Ronet-Yague" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00813125v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Weber" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>