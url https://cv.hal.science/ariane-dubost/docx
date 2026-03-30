--- v0 (2026-03-07)
+++ v1 (2026-03-30)
@@ -754,385 +754,385 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ATMO-ACCESS D8.2 A strategic access plan for access provision to atmospheric RIs</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">ATMO-ACCESS D3.4 International access modalities recommendations for 2030 in ATMO-ACCESS RIs based on test cases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Bourdeu</w:t>
+                <w:t xml:space="preserve">Tuukka Petäjä</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Philippin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matilde Oliveri</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ariane Dubost</w:t>
+                <w:t xml:space="preserve">Ulla Wandinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilona Ylivinkka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silja Häme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CNRS. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05356042v1</w:t>
+                <w:t xml:space="preserve">hal-05356039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ATMO-ACCESS D3.4 International access modalities recommendations for 2030 in ATMO-ACCESS RIs based on test cases</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Report on project's carbon emissions and on compensation actions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariane Dubost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhuoqun Wu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matilde Oliveri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simona Loperte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Ricciardi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Centre national de la recherche scientifique (CNRS). 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ulla Wandinger</w:t>
-[...55 lines deleted...]
-                <w:t xml:space="preserve">hal-05356039v1</w:t>
+                <w:t xml:space="preserve">hal-05205394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Report on project's carbon emissions and on compensation actions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">ATMO-ACCESS D8.2 A strategic access plan for access provision to atmospheric RIs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Laj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Bourdeu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Philippin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matilde Oliveri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariane Dubost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...26 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CNRS. 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simona Loperte</w:t>
-[...42 lines deleted...]
-                <w:t xml:space="preserve">hal-05205394v1</w:t>
+                <w:t xml:space="preserve">hal-05356042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Strategic IRISCC Access Programme - Version 1</w:t>
               </w:r>
@@ -1170,51 +1170,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosa Maria Petracca Altieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariane Dubost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matilde Oliveri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CNRS. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
@@ -1230,228 +1230,228 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05356032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ATMO-ACCESS D1.1 Report proposing a common access management concept for atmospheric RIs</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">ENVRINNOV-WP3 MS3.3 Capacity building needs &amp; gaps and available resources</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariane Dubost</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">CNR. 2024, pp.1 - 18</w:t>
+              <w:t xml:space="preserve">CNRS. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04730559v1</w:t>
+                <w:t xml:space="preserve">hal-04942401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ENVRINNOV-WP3 MS3.3 Capacity building needs &amp; gaps and available resources</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">ATMO-ACCESS D1.1 Report proposing a common access management concept for atmospheric RIs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosa Maria Petracca Altieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simona Loperte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariane Dubost</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">CNRS. 2024</w:t>
+              <w:t xml:space="preserve">CNR. 2024, pp.1 - 18</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04942401v1</w:t>
+                <w:t xml:space="preserve">hal-04730559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ATMO-ACCESS MS31 Completion of evaluation of first two calls</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Philippe Putaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matilde Oliveri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariane Dubost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1538,51 +1538,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosa Maria Petracca Altieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariane Dubost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matilde Oliveri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Misha Faber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1607,435 +1607,435 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04616998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ACTRIS IMP Milestone 10.5: Updated report of the communication means used and success, incl. metrics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">ENVRI-FAIR D3.1: A strategic action plan for enhancing uptake of ENVRI data by the private sector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Galeotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentina Tegas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriella Quaranta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariane Dubost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">CNRS. 2023</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nalu Franco Gerent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">EMSO ERIC. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04642302v1</w:t>
+                <w:t xml:space="preserve">hal-04610699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ACTRIS IMP Deliverable 7.2: Recommendations for implementing access to ACTRIS services</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariane Dubost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Philippin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosa Petracca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmela Cornacchia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CNRS. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04612686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ACTRIS IMP D6.5: ACTRIS Access and Service Management plan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosa Maria Petracca Altieri,</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Philippin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariane Dubost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matilde Oliveri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmela Cornacchia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Consiglio Nazionale delle Ricerche (CNR). 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04618112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ENVRI-FAIR D3.1: A strategic action plan for enhancing uptake of ENVRI data by the private sector</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">ACTRIS IMP Milestone 10.5: Updated report of the communication means used and success, incl. metrics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariane Dubost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giulia Saponaro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CNRS. 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nalu Franco Gerent</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">hal-04610699v1</w:t>
+                <w:t xml:space="preserve">hal-04642302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ACTRIS IMP D6.4: Updated ACTRIS user strategy</w:t>
               </w:r>
@@ -2175,77 +2175,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ENVRI-FAIR D3.5: Catalogue of services targeted for the private sector</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentina Tegas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariane Dubost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Galeotti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">EMSO-ERIC. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2257,229 +2257,229 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04610159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ATMO-ACCESS D2.2 Report on the integrated communication strategies</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">ACTRIS IMP Milestone 7.4: Intermediate assessment of the pilot access concept and process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariane Dubost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...39 lines deleted...]
-              <w:t xml:space="preserve">University of Warsaw. 2022</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Philippin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosa Maria Petracca Altieri</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CNRS. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04632140v1</w:t>
+                <w:t xml:space="preserve">hal-04642141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ACTRIS IMP Milestone 7.4: Intermediate assessment of the pilot access concept and process</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">ATMO-ACCESS D2.2 Report on the integrated communication strategies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iwona Stachlewska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariane Dubost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">CNRS. 2022</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominika Szczepanik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucja Janicka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Kretz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">University of Warsaw. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04642141v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04632140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ACTRIS IMP D7.1: Recommendations for optimizing the access process and user interaction</w:t>
               </w:r>
@@ -2553,51 +2553,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ATMO-ACCESS D2.3 Report on the user feedback monitoring strategies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariane Dubost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matilde Oliveri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CNRS. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2703,103 +2703,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ACTRIS IMP D6.2: Report on the ACTRIS support system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosa Maria Petracca Altieri,</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Gargano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carmela Cornacchia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simone Gagliardi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matilde Oliveri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Consiglio Nazionale delle Ricerche (CNR). 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -2834,51 +2834,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ATMO-ACCESS GHG Emissions Monitoring and Avoidance Strategy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erica Zaja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matilde Oliveri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariane Dubost</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2961,51 +2961,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariane Dubost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Laj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tuukka Petäjä</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CyI. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -3021,207 +3021,207 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04633698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ENVRI-FAIR D2.2: ENVRI Community building, engagement and communications strategy</w:t>
-[...75 lines deleted...]
-              <w:t xml:space="preserve">ICOS ERIC. 2020</w:t>
+                <w:t xml:space="preserve">ACTRIS IMP Milestone 10.2: Report of the communication means used and success, incl. metrics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariane Dubost</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CNRS. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04611286v1</w:t>
+                <w:t xml:space="preserve">hal-04642286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ACTRIS IMP Milestone 10.2: Report of the communication means used and success, incl. metrics</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">CNRS. 2020</w:t>
+                <w:t xml:space="preserve">ENVRI-FAIR D2.2: ENVRI Community building, engagement and communications strategy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magdalena Brus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katri Ahlgren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mari Keski-Nisula</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karlina Ozolina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nina Deleiter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">ICOS ERIC. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04642286v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04611286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ACTRIS PPP D6.2: Recommendations for access cost model and access pricing schemes related to access services</w:t>
               </w:r>
@@ -3246,51 +3246,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Francois Doussin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Laj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matilde Oliveri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariane Dubost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3441,456 +3441,456 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04611265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ENVRIplus D10.2: Masterplan to facilitate and encourage access to RIs</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lilith Kuckero</w:t>
+                <w:t xml:space="preserve">Deliverable D 9.2: Final report on access to advanced ACTRIS stations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariane Dubost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Philippin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CNRS. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04618098v1</w:t>
+                <w:t xml:space="preserve">hal-04610594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ENVRI-PLUS D11.4 Report on interdisciplinary integration capacity, end user needs, TNA implementation requirement and added value for the scientific community</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">ACTRIS PPP MS26: Definition of Key Performance Indicators related to ACTRIS service provision</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Philippin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosa Maria Petracca Altieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmela Cornacchia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariane Dubost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">J.-P. Cammas</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Gargano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CNRS. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04611244v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04619593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ACTRIS PPP MS26: Definition of Key Performance Indicators related to ACTRIS service provision</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">ENVRI-PLUS D11.4 Report on interdisciplinary integration capacity, end user needs, TNA implementation requirement and added value for the scientific community</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mylène Ndisi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Philippin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariane Dubost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Giuseppe Gargano</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matilde Oliveri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-P. Cammas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CNRS. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04619593v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04611244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deliverable D 9.2: Final report on access to advanced ACTRIS stations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ariane Dubost</w:t>
+                <w:t xml:space="preserve">ENVRIplus D10.2: Masterplan to facilitate and encourage access to RIs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mylène Ndisi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lilith Kuckero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Philippin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anders Tjulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inger Jennings</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">CNRS. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04610594v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04618098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Survey into the State and Health of the European EO Services Industry - 2017</w:t>
               </w:r>
@@ -4472,51 +4472,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04615153v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Dubost" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610669v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Saponaro" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eija Juurola" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Laj" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-8622" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299689v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleni Athanasopoulou" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Wenger" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Philippin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iwona S Stachlewska" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu25-20393" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05093931v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Sauvage" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Haeffelin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Misha Faber" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04627252v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail Paramonov" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.12568878" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05356042v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bourdeu" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matilde Oliveri" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05356039v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuukka Pet&#228;j&#228;" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulla Wandinger" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilona Ylivinkka" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silja H&#228;me" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05205394v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhuoqun Wu" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Loperte" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Ricciardi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05356032v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#228;ivi Pauliina Haapanala" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Maria Petracca Altieri" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730559v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04942401v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730450v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Philippe Putaud" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616998v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642302v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612686v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Petracca" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmela Cornacchia" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618112v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Maria Petracca Altieri," TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610699v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Galeotti" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Tegas" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriella Quaranta" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nalu Franco Gerent" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618115v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610676v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610159v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04632140v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iwona Stachlewska" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominika Szczepanik" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucja Janicka" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Kretz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642141v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618116v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631541v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642119v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618117v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Gargano" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Gagliardi" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04735427v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erica Zaja" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633698v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Papageorgiou" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Sciare" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611286v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Brus" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katri Ahlgren" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mari Keski-Nisula" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karlina Ozolina" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Deleiter" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642286v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619596v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Doussin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611265v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Ndisi" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618098v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilith Kuckero" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anders Tjulin" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inger Jennings" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611244v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Cammas" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619593v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610594v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639152v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoff Sawyer" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612599v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc de Vries" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612585v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639151v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610150v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris van de Kerk" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04615153v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Dubost" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610669v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Saponaro" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eija Juurola" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Laj" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-8622" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299689v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleni Athanasopoulou" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Wenger" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Philippin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iwona S Stachlewska" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu25-20393" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05093931v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Sauvage" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Haeffelin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Misha Faber" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04627252v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail Paramonov" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.12568878" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05356039v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuukka Pet&#228;j&#228;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulla Wandinger" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilona Ylivinkka" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silja H&#228;me" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05205394v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhuoqun Wu" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matilde Oliveri" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Loperte" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Ricciardi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05356042v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bourdeu" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05356032v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#228;ivi Pauliina Haapanala" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Maria Petracca Altieri" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04942401v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730559v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730450v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Philippe Putaud" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616998v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610699v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Galeotti" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Tegas" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriella Quaranta" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nalu Franco Gerent" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612686v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Petracca" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmela Cornacchia" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618112v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Maria Petracca Altieri," TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642302v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618115v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610676v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610159v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642141v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04632140v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iwona Stachlewska" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominika Szczepanik" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucja Janicka" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Kretz" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618116v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631541v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642119v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618117v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Gargano" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Gagliardi" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04735427v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erica Zaja" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633698v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Papageorgiou" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Sciare" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642286v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611286v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Brus" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katri Ahlgren" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mari Keski-Nisula" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karlina Ozolina" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Deleiter" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619596v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Doussin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611265v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Ndisi" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610594v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619593v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611244v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Cammas" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618098v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilith Kuckero" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anders Tjulin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inger Jennings" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639152v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoff Sawyer" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612599v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc de Vries" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612585v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639151v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610150v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris van de Kerk" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>