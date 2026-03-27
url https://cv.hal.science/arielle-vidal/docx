--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -75,1036 +75,1036 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (4)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La diversification dans les filières animales pour favoriser la diversité alimentaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arielle Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margot Boyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brune Lebet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Perreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilien Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 92, pp.50-58. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17180/ciag-2024-vol92-art05⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04573325v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Redesigning systems production toward agro-ecological transition: is organic conversion a favorable way in a strong sociotechnical system? The case of ewe’s milk breeders in south of France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arielle Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Lurette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles-Henri Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nozières-Petit Marie-Odile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Agroecology and Sustainable Food Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 46 (8), pp.1224-1248. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/21683565.2022.2106010⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03771515v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dairy farming systems driven by the market and low-cost intensification in West Africa: the case of Burkina Faso</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Vall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ollo Sib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arielle Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jethro Barkwende Delma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tropical Animal Health and Production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 53 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11250-021-02725-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03215534v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The emergence of agroecological practices on agropastoral dairy farms in the face of changing demand from dairies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arielle Vidal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Lurette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Odile Nozières-Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Vall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles-Henri Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Biotechnologie, Agronomie, Société et Environnement / Biotechnology, Agronomy, Society and Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 24 (3), pp.163-183. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.25518/1780-4507.18645⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02892308v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelles implications des exploitations agricoles dans la réémergence de filières biosourcées en France ? L’exemple des filières chanvre, cuir et laine en Occitanie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Bouvard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Peltier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adeline Bouvard</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Arielle Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Gafsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hichem Amichi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque SFER "Les exploitations agricoles et les métiers en agriculture : évolutions, transformations, perspectives"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française d'Economie Rurale, Jun 2024, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04835463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La structuration de la filière cuir en Occitanie entre des objectifs d’ancrage territorial et des enjeux de qualité de l’industrie du luxe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Peltier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hichem Amichi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arielle Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17èmes Journées de Recherches en Sciences Sociale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française d'Economie Rurale (SFER), Dec 2023, Paris Saclay, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04811466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liens entre changements de pratiques et performances pour évaluer la transition agroécologique dans les systèmes d’élevage laitiers à l’Ouest du Burkina Faso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arielle Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Vall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Vall</w:t>
+                <w:t xml:space="preserve">Amandine Lurette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Odile Nozieres-Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles-Henri Moulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’atelier scientifique sur « Les filières laitières à la recherche de compromis pour un développement durable : Conflits, négociations et partenariats entre acteurs des filières »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02736777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New turn-out to pasture’s practices to improve grassland management in the ewe milk production</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Thenard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arielle Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Lepetitcolin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Angélina Magne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">61. Annual meeting of the european association for animal production (EAAP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2010, Heraklion, Greece. pp.328-328</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02753319v1</w:t>
-              </w:r>
-[...528 lines deleted...]
-                <w:t xml:space="preserve">hal-02892308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1312,51 +1312,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur de Riols De Fonclare</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Paes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arielle Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INRAE. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire d’Agroécologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , 2022, </w:t>
@@ -1446,51 +1446,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Rumeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Piquemal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arielle Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INRAE. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire d’agroécologie</w:t>
@@ -1670,51 +1670,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The dynamics of agropastoral activities with regard to the agroecological transition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles-Henri Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Laura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2008,51 +2008,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Castan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Desmecht</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arielle Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Benoît Magrini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2115,51 +2115,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les transitions agroécologiques des élevages laitiers en territoires agropastoraux en France et au Burkina Faso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arielle Vidal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Zootechnie. Montpellier SupAgro, 2019. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2019NSAM0039⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -2355,51 +2355,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04835463v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Bouvard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Peltier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arielle Vidal" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Gafsi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hichem Amichi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811466v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736777v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Vall" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Lurette" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Nozieres-Petit" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Henri Moulin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753319v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Thenard" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Lepetitcolin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ang&#233;lina Magne" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04573325v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Boyer" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brune Lebet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Perreau" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Roux" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2024-vol92-art05" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03771515v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nozi&#232;res-Petit Marie-Odile" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21683565.2022.2106010" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03215534v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ollo Sib" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jethro Barkwende Delma" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11250-021-02725-z" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02892308v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Nozi&#232;res-Petit" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25518/1780-4507.18645" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03684266v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Poette" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Roucolle" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Bazzo" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Cuenet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Domange" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/r3rm-w794" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03712847v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Semaoun" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Nguyenvan" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur de Riols De Fonclare" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Paes" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/2jqn-jw82" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03654459v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Coulardeau" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Rouan" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Rumeau" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Piquemal" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/A9GX-MX72" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03152668v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Mossler" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Calvignac" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Lecureur" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Dayonnet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Cazemajou" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/4a8n-4468" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03656466v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Laura" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Jouven" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lasseur" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Napoleone" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/free_download?document_id=1114400&amp;amp;product_form=ebook&amp;amp;publication_type=pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03572462v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Simon" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Line Colson" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Galtier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Boutonet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Berland" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/y2hz-a998" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04161507v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Castan" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Desmecht" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Beno&#238;t Magrini" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04114635v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019NSAM0039" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04573325v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arielle Vidal" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Boyer" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brune Lebet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Perreau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Roux" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2024-vol92-art05" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03771515v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Lurette" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Henri Moulin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nozi&#232;res-Petit Marie-Odile" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21683565.2022.2106010" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03215534v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Vall" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ollo Sib" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jethro Barkwende Delma" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11250-021-02725-z" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02892308v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Nozi&#232;res-Petit" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25518/1780-4507.18645" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04835463v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Bouvard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Peltier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Gafsi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hichem Amichi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811466v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736777v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Nozieres-Petit" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753319v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Thenard" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Lepetitcolin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ang&#233;lina Magne" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03684266v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Poette" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Roucolle" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Bazzo" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Cuenet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Domange" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/r3rm-w794" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03712847v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Semaoun" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Nguyenvan" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur de Riols De Fonclare" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Paes" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/2jqn-jw82" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03654459v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Coulardeau" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Rouan" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Rumeau" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Piquemal" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/A9GX-MX72" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03152668v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Mossler" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Calvignac" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Lecureur" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Dayonnet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Cazemajou" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/4a8n-4468" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03656466v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Laura" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Jouven" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lasseur" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Napoleone" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/free_download?document_id=1114400&amp;amp;product_form=ebook&amp;amp;publication_type=pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03572462v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Simon" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Line Colson" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Galtier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Boutonet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Berland" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/y2hz-a998" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04161507v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Castan" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Desmecht" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Beno&#238;t Magrini" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04114635v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019NSAM0039" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>