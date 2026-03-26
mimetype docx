--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -100,5374 +100,5374 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">A Buddhist Procession Inaugurated in a Seventh-century Inscription from Óc Eo (K. 1426) and the Ancient Toponym Tamandarapura</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominic Goodall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kunthea Chhom</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of the Siam Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 113 (1), pp.141-164</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05219466v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">The Wooden Beam (Dhadha Peksi) of the Lasem Jami Mosque: Traces of European Influence in an Early Modern Islamic Context</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zakariya Pamuji Aminullah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Njoto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimas Seno Bismoko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ashar Murdihastomo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archipel</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 109, pp.3-15. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/144x9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05250889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La stèle d'installation de Śrī Pūrvāmaravāsinī (C. 260) : une nouvelle inscription sanskrite du Campā trouvée à Hà Trung</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Văn Quảng Nguyễn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kỳ Phương Trần</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salomé Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William A. Southworth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de l'Ecole française d'Extrême-Orient</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 111, pp.135-172</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05424721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The earliest documents in Old Javanese</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surti Nastiti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wayan Jarrah Sastrawan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Wacana, Journal of the Humanities of Indonesia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 26 (3), pp.333-343. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17510/wacana.v26i3.2102⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.17510/wacana.v26i3.2102⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-05424719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maritime Links Between China, Sumatra, the Malay Peninsula, and Buddhist Monasteries in India (c. 11th–12th Centuries) in the Light of Two Fragmentary Inscribed Strips of Copper from Muara Jambi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wahyu Rizki Andhifani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hedwi Prihatmoko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Acri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Mechling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Religions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 16 (6), pp.664. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/rel16060664⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05081643v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...45 lines deleted...]
-                <w:t xml:space="preserve">Kunthea Chhom</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Five Contributions to Pyu Studies: Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julian K. Wheatley</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Siam Society</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The Journal of Burma Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 28 (1), pp.1-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1353/jbs.2024.a923227⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04944573v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Restoring a Javanese Inscription to its Proper Place</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wayan Jarrah Sastrawan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eko Bastiawan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bijdragen tot de taal-, land- en volkenkunde / Journal of the Humanities and Social Sciences of Southeast Asia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 180 (2-3), pp.133-211. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1163/22134379-bja10060⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04629294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...25 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Talan Charter of Jayabhaya: A Kadiri-period Inscription Casting New Light on Airlangga’s Kingdom</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julian K. Wheatley</w:t>
+                <w:t xml:space="preserve">Eko Bastiawan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Titi Surti Nastiti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Burma Studies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1353/jbs.2024.a923227⟩</w:t>
+              <w:t xml:space="preserve">Archipel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 106, pp.15-59. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/11wu5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...42 lines deleted...]
-                <w:t xml:space="preserve">Ryosuke Furui</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04669195v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Terms kuṭi and vihāra in Old Javanese Epigraphy and the Modes of Buddhist Monasticism in Early Java</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Buddhism, Law and Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, Epigraphic Evidence on Patronage and Social Contexts of Buddhist Monasteries in Medieval South and Southeast Asia, 7 (2021-2022), pp.xi-xxiii</w:t>
+              <w:t xml:space="preserve">, 2023, Epigraphic Evidence on Patronage and Social Contexts of Buddhist Monasteries in Medieval South and Southeast Asia, 7 (2021-2022), pp.143-239</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...42 lines deleted...]
-                <w:t xml:space="preserve">William A. Southworth</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04086296v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Epigraphic Evidence on Patronage and Social Contexts of Buddhist Monasteries in Medieval South and Southeast Asia. Introduction by the guest editors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annette Schmiedchen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ryosuke Furui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Buddhism, Law and Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Epigraphic Evidence on Patronage and Social Contexts of Buddhist Monasteries in Medieval South and Southeast Asia, 7 (2021-2022), pp.xi-xxiii</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04091876v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Buddhist vihāras in Campā, from the 7th to the 14th centuries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salomé Pichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William A. Southworth</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Buddhism, Law and Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, 2023, Special volume on Epigraphic Evidence on Patronage and Social Contexts of Buddhist Monasteries in Medieval South and Southeast Asia, 7 (2021-2022), pp.275-326</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04091301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...13 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Laguna Copperplate Inscription: Tenth-Century Luzon, Java, and the Malay World</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Clavé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Philippine Studies: Historical and Ethnographic Viewpoints</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 70 (2), pp.167-242</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03779017v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Towards a Corpus of Inscriptions Issued during Airlangga's Reign in Eastern Java: A Provisional Inventory and Four New Inscriptions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Titi Surti Nastiti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eko Bastiawan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin de l'Ecole française d'Extrême-Orient</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 108, pp.63-216</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04209144v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Sanskrit Inscription of Śaṅkara and Its Interpretation in the National History of Indonesia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bijdragen tot de taal-, land- en volkenkunde / Journal of the Humanities and Social Sciences of Southeast Asia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1163/22134379-bja10014⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03161298v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Old Sundanese inscriptions: Renewing the philological approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aditia Gunawan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arlo Griffiths</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archipel</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 106, pp.15-59. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/11wu5⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 101, pp.131-208. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/archipel.2365⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03275563v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rediscovering an Old Javanese Inscription: Mpu Mano’s Donation in Favor of a Buddhist Dignitary in 888 Śaka</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arlo Griffiths</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Buddhism, Law and Society</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Archipel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 99 (99), pp.107-141. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/archipel.1976⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...61 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02860492v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Études du corpus des inscriptions du Campā, X : Le haut Campā de Gia Lai-Bình Định au XVe siècle selon les stèles de Tư Lương (C. 237) et du mont Man Lăng (C. 56)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arlo Griffiths</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de l'Ecole française d'Extrême-Orient</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 108, pp.63-216</w:t>
+              <w:t xml:space="preserve">, 2020, 106, pp.363-377</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...48 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03325518v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A New Copperplate Inscription: Grant of the Village Kumudavillikā during the Reign of Śaśāṅka, Year 8</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ryosuke Furui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arlo Griffiths</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Philippine Studies: Historical and Ethnographic Viewpoints</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 70 (2), pp.167-242</w:t>
+              <w:t xml:space="preserve">Pratna Samiksha: a Journal of Archaeology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, New series 11, pp.99-113</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...34 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03219939v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inscriptions of Sumatra, IV: An Epitaph from Pananggahan (Barus, North Sumatra) and a Poem from Lubuk Layang (Pasaman, West Sumatra)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Archipel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 100, pp.55-68. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/archipel.2067⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03039693v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A problematic inscription (K. 1237)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kunthea Chhom</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">UDAYA - Journal of Khmer Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 14, pp.3-22</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02168837v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The International Intensive Courses in Old Javanese (2014–2019)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Acri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agung Kriswanto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aditia Gunawan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Archipel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 98, pp.17-20. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/archipel.1271⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03940418v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Four More Gupta-period Copperplate Grants from Bengal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pratna Samiksha: a Journal of Archaeology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, New Series (9), pp.15-57</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01954015v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Studies in Pyu Epigraphy, I</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bob Hudson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Miyake</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julian K. Wheatley</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin de l'Ecole française d'Extrême-Orient</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 103, pp.43-205</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01788647v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Études du corpus des inscriptions du Campā, IX</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Schoettel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaux Tran Quyet Chinh</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arts Asiatiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 72, pp.17-38</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01761766v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sealings from Puṇḍravardhana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noman Nasir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pratna Samiksha: a Journal of Archaeology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, New Series 7 pp.37-41</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01762695v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Early Inscriptions of Āndhradeśa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Baums</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingo Strauch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Tournier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin de l'Ecole française d'Extrême-Orient</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 102, pp.355-398. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/befeo.2016.6238⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01761838v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Études du corpus des inscriptions du Campā, VIII</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Lepoutre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin de l'Ecole française d'Extrême-Orient</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 102, pp.195-296</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01761792v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">New Documents for the Early History of Puṇḍravardhana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pratna Samiksha: a Journal of Archaeology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, New series 6, pp.15-38</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01538645v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Three More Sanskrit Inscriptions of Arakan: New Perspectives on Its Name, Dynastic History, and Buddhist Culture in the First Millennium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Burma Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 19 (2), pp.281-340. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1353/jbs.2015.0014⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01762715v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Batu tabung berprasasti di Candi Gunung Sari (Jawa Tengah) dan nama mata angin dalam bahasa Jawa Kuno</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baskoro Daru Tjahjono</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Degroot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Berkala Arkeologi (Yogyakarta)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 34 (2), pp.161-182. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.30883/jba.v34i2.23⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01908636v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Romanisation of Indic Script Used in Ancient Indonesia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Acri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arlo Griffiths</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bijdragen tot de taal-, land- en volkenkunde / Journal of the Humanities and Social Sciences of Southeast Asia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1163/22134379-bja10014⟩</w:t>
+              <w:t xml:space="preserve">, 2014, 170 (2-3), pp.365-378. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1163/22134379-17002005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...48 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01908620v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Written traces of the Buddhist past</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin of the School of Oriental and African Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 77 (01), pp.137-194. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0041977X14000056⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01910105v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ancient Indonesian Ritual Utensils and their Inscriptions: Bells and Slitdrums</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Lunsingh Scheurleer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arts Asiatiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 69 (1), pp.129 - 150. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/arasi.2014.1872⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02443370v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Review of Politische Strukturen im Guptareich (300–550 n.Chr.) by Fred Virkus; and of The Archaeology of Hindu Ritual: Temples and the Establishment of the Gods by Michael Willis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Francis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of the American Oriental Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, pp.140-143. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7817/jameroriesoci.134.1.0140⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01909930v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dossier Mobilier de culte inscrit de l'Asie du Sud- Est ancienne. Avant-Propos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Soutif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arts Asiatiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 69, pp.95</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02443366v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Cult of the Buddhist dhāraṇī Deity Mahāpratisarā along the Maritime Silk Route</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Cruijsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marijke J. Klokke</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of the International Association of Buddhist Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 35 (1/2), pp.71-157</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01909822v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Foreword. Inscribed cult utensils of ancient Southeast Asia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Soutif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arts Asiatiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 69, pp.96</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02443368v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un vase khmer inscrit de la fin du XIe siècle (K. 1296)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arts Asiatiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 69, pp.115-128. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/arasi.2014.1871⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02103868v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Campā Epigraphical Data on Polities and Peoples of Ancient Myanmar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Lepoutre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Burma Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 17 (2), pp.373-390</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01958963v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Études du Corpus des inscriptions du Campā, V. The Short Foundation Inscriptions of Prakāśadharman-Vikrāntavarman, King of Campā</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominic Goodall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Indo-Iranian Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 56 (3-4), pp.419-440. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1163/15728536-13560307⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01909934v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Problem of the Ancient Name Java and the Role of Satyavarman in Southeast Asian International Relations Around the Turn of the Ninth Century CE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arlo Griffiths</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archipel</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 101, pp.131-208. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/archipel.2365⟩</w:t>
+              <w:t xml:space="preserve">, 2013, 85 (1), pp.43-81. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/arch.2013.4384⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01958103v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An Inscribed Bronze Sculpture of a Buddha in bhadrāsana at Museum Ranggawarsita in Semarang (Central Java, Indonesia)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Revire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rajat Sanyal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arts Asiatiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 68 (1), pp.3-26. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/arasi.2013.1809⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02443373v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inscriptions of Sumatra</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Wacana, Journal of the Humanities of Indonesia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 14 (2), pp.197-214</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01912974v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inscriptions of Sumatra, II. Short Epigraphs in Old Javanese.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Wacana, Journal of the Humanities of Indonesia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 14 (2), pp.197-214</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02443389v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The epigraphical collection of Museum Ranggawarsita in Semarang (Central Java, Indonesia)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bijdragen tot de taal-, land- en volkenkunde / Journal of the Humanities and Social Sciences of Southeast Asia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Bijdragen tot de Taal-, Land- en Volkenkunde, 168 (4), pp.472-496</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01957963v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inscriptions of Sumatra: Further Data on the Epigraphy of the Musi and Batang Hari Rivers Basins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arlo Griffiths</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archipel</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 99 (99), pp.107-141. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/archipel.1976⟩</w:t>
+              <w:t xml:space="preserve">, 2011, 81 (1), pp.139-175. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/arch.2011.4273⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...54 lines deleted...]
-                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01957930v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Études du Corpus des inscriptions du Campā, II: La stèle d'installation de Śrī Ādideveśvara, une nouvelle inscription de Satyavarman trouvée dans le temple de Hoà Lai et son importance pour l'histoire du Pāṇḍuraṅga</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William A. Southworth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pratna Samiksha: a Journal of Archaeology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal Asiatique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 299 (1), pp.271-317. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2143/JA.299.1.2131066⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02938563v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eine zehnarmige Mahāpratisarā aus Java im Museum für Asiatische Kunst</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Indo-Asiatische Zeitschrift</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 15, pp.3 - 9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01957809v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Review of Violence and serenity; Late Buddhist sculpture from Indonesia by Natasha Reichle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudine Bautze-Picron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bijdragen tot de taal-, land- en volkenkunde / Journal of the Humanities and Social Sciences of Southeast Asia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 166 (2/3), pp.359-361</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01560798v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les pierres cylindriques inscrites du Candi Gunung Sari (Java Centre, Indonésie) et les noms des directions de l'espace en vieux javanais</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Degroot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baskoro D Tjahjono</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de l'Ecole française d'Extrême-Orient</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 106, pp.363-377</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2010, 97 (1), pp.367-390. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/befeo.2010.6140⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01909831v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C.C. Uhlenbeck’s work on Sanskrit and his role in the history of Dutch Indology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arlo Griffiths</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archipel</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Canadian Journal of Netherlandic Studies / Revue Canadienne d’études Néerlandaises</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 29/30, pp.71-77</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...354 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01917910v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Les Sivapàda du Cambodge », un atelier présenté à la 12e conférence internationale de la European Association of Southeast Asian Archaeologists (EurASEAA) à Leyde (Pays-Bas), le 4 septembre 2008 (Corpus des inscriptions khmères)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Soutif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerschheimer Gerdi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Estève</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Pichard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de l'Ecole française d'Extrême-Orient</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 103, pp.43-205</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2009, 95-96 (1), pp.425-430. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/befeo.2008.6116⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...175 lines deleted...]
-                <w:t xml:space="preserve">Vincent Tournier</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02552324v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Études du corpus des inscriptions du Campa III, Épigraphie du Campa 2009-2010</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Lepoutre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William A. Southworth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thành Phân</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de l'Ecole française d'Extrême-Orient</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 102, pp.355-398. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3406/befeo.2016.6238⟩</w:t>
+              <w:t xml:space="preserve">, 2009, 95-96, pp.435-497. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/befeo.2008.6118⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...54 lines deleted...]
-                <w:t xml:space="preserve">Amandine Lepoutre</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02099528v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Autour des terres du Loñ Śrīviṣṇu et de sa famille : un document administratif du Cambodge angkorien, l'inscription K. 1238</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Soutif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de l'Ecole française d'Extrême-Orient</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 102, pp.195-296</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2008, 95-96, pp.29-72. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/befeo.2008.6104⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...54 lines deleted...]
-                <w:t xml:space="preserve">Noman Nasir</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02103863v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Practice Involving the Ucchuṣmas (Atharvavedapariśiṣṭa 36)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Bisschop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pratna Samiksha: a Journal of Archaeology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, New Series 7 pp.37-41</w:t>
+              <w:t xml:space="preserve">Zeitschrift für Indologie und Südasienstudien</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 24, pp.1-46</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01908883v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tumburu: A Deified Tree</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arlo Griffiths</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Burma Studies</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Bulletin d'Études Indiennes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 22/23, pp.249-264</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01914952v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La stèle d'installation de Śrī Tribhuneśvara</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arlo Griffiths</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pratna Samiksha: a Journal of Archaeology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal Asiatique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 293 (1), pp.11-43. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2143/JA.293.1.2002077⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...67 lines deleted...]
-                <w:t xml:space="preserve">Véronique Degroot</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01910119v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Textual Divisions of the Paippalāda Saṃhitā</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Berkala Arkeologi (Yogyakarta)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Wiener Zeitschrift für die Kunde Südasiens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 47, pp.5-35</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...835 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01910093v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Pāśupata Observance (Atharvavedapariśiṣṭa 40)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Bisschop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arlo Griffiths</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Indo-Iranian Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 56 (3-4), pp.419-440. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1163/15728536-13560307⟩</w:t>
+              <w:t xml:space="preserve">, 2003, 46 (4), pp.315-348. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1023/B:INDO.0000009508.18900.ef⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...1542 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...79 lines deleted...]
-                <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01908832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Orissa Manuscripts of the Paippalāda Saṃhitā</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arlo Griffiths</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Zeitschrift der Deutschen Morgenländischen Gesellschaft</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 153 (2), pp.333-370</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5492,51 +5492,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Postscript on Vedic jaṅgahe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arlo Griffiths</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Lubotsky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5615,51 +5615,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Ontology for Inscription-related Metadata and Recommendations for Recording Epigraphic Metadata in the Field</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arlo Griffiths</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Levivier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5697,51 +5697,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antara Kebun Raya Bogor dan Taman Fatahillah: Sekelumit kisah tentang prasasti dan sejarah Indonesia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arlo Griffiths</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Orasi Ilmiah sebagai Adjunct Professor Bidang Ilmu Arkeologi</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Fakultas Ilmu Pengetahuan Budaya Universitas Indonesia, Jun 2010, Depok, Indonesia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5798,1041 +5798,1041 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Survei prasasti zaman Hindu-Buddha di Provinsi Jawa Timur, Kota dan Kabupaten Pasuruan, Malang, Blitar, Tulungagung, Trenggalek, Kediri, dan Nganjuk, tahun 2023</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Titi Surti Nastiti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Churmatin Nasoichah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hedwi Prihatmoko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisda Meyanti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Badan Riset dan Inovasi Nasional (BRIN), Organisasi Riset Arkeologi, Bahasa dan Sastra; École française d'Extrême-Orient. KPG (Kepustakaan Populer Gramedia), 2025, 978-623-134-340-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04928552v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Early Āndhradeśa: Historical Studies around the Epigraphic Corpus. Volume Two: Studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Tournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Akira Shimada</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">BRILL</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 25 (2), 2025, Gonda Indological Studies, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1163/9789004744097⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05531969v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edisi Diplomatis Falak Budha: Sebuah Naskah Sunda Kuno Koleksi Royal Asiatic Society di London (Raffles Java 1)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilham Nurwansah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perpusnas Press; Masyarakat Pernaskahan Nusantara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 978-623-117-864-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (édition critique)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05420019v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Early Āndhradeśa: Historical Studies around the Epigraphic Corpus. Volume One: Introduction and Inventory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Tournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Akira Shimada</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">BRILL</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 25-1, 2025, Gonda Indologies Studies, 978-90-04-73802-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1163/9789004744080⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05531956v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Survei Prasasti Zaman Hindu-Buddha di Daerah Istimewa Yogyakarta dan Provinsi Jawa Tengah, Tahun 2023</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Titi Surti Nastiti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Churmatin Nasoichah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andri Restyadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hedwi Prihatmoko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Badan Riset dan Inovasi Nasional (BRIN), Organisasi Riset Arkeologi, Bahasa dan Sastra; École française d'Extrême-Orient. KPG (Kepustakaan Populer Gramedia), 2024, 978-623-134-311-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04763861v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Champa: Territories and Networks of a Southeast Asian Kingdom</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew Hardy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoff Wade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">École française d'Extrême-Orient, 31, 2019, Études thématiques</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02292575v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Domestic Rituals of the Atharvaveda in the Paippalāda Tradition of Orissa: Śrīdhara's Vivāhādikarmapañjikā</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shilpa Sumant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Institut Français de Pondichéry; École française d'Extrême-Orient</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 135, pp.306, 2018, Indologie, 978-81-8470-224-8 / 978-2-85539-227-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01761728v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The inscriptions of Campā at the Museum of Cham Sculpture in Đà Nẵng</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Lepoutre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William A. Southworth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phần Thành</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">École française d’Extrême-Orient, Hanoi; Center for Vietnamese and Southeast Asian Studies, University of Social Sciences and Humanities, Vietnam National University Hồ Chí Minh City. VNUHCM Publishing House, 2012, 978-604-918-015-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02099598v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">From Laṅkā Eastwards: The Rāmāyaṇa in the literature and visual arts of Indonesia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Acri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helen Creese</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Brill; KITLV Press, 2011, Verhandelingen van het Koninklijk Instituut voor Taal-, Land- en Volkenkunde 247, 978-90-04-25376-6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1163/9789004253766⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01908611v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Paippalādasaṃhitā of the Atharvaveda, Kāṇḍas 6 and 7</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Forsten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 22, 2009, Groningen Oriental Studies, 978-90-69-80777-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01917946v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Atharvaveda and its Paippalādaśākhā</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
-              <w:r>
-[...988 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annette Schmiedchen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Arlo Griffiths; Annette Schmiedchen. Shaker, 11, 2007, Indologica Halensis, 978-3-8322-6255-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6842,104 +6842,104 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01929253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (20)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (21)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inventory of the Early Inscriptions of Āndhradeśa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Tournier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Early Āndhradeśa: Historical Studies around the Epigraphic Corpus. Volume One: Introduction and Inventory</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 25 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6986,51 +6986,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Études du Corpus des inscriptions du Campā, XIII: Documenting and Describing a Language on the Basis of an Epigraphic Corpus: The Case of Old Cham (Present Vietnam, 500-1500 CE)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arlo Griffiths</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Émilie Aussant; Fabien Simon. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Documenter et décrire les langues d’Asie : histoire et épistémologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
@@ -7081,64 +7081,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Tournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Akira Shimada</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7211,64 +7211,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Early Memorial Stones from the Deccan (up to 300 CE)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew Ollett</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Tournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arlo Griffiths</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Early Āndhradeśa: Historical Studies around the Epigraphic Corpus. Volume Two: Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 25 (2), </w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7315,51 +7315,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le projet DHARMA et le renouvellement de l’épigraphie des mondes indien et indianisé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arlo Griffiths</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’École française d’Extrême-Orient : 120 ans de recherches en Asie. Actes du colloque organisé par l’École française d’Extrême-Orient, sous le haut patronage de l’Académie des Inscriptions et Belles-Lettres à l’Académie des Inscriptions et Belles-Lettres, le 3 décembre 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Académie des inscriptions et belles-lettres, pp.71-86, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7384,51 +7384,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Old Malay Mañjuśrīgr̥ha inscription from Candi Sewu (Java, Indonesia)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arlo Griffiths</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vincent Tournier; Vincent Eltschinger; Marta Sernesi. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archaeologies of the written: Indian, Tibetan, and Buddhist studies in honour of Cristina Scherrer-Schaub</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 89, Università degli Studi di Napoli “L’Orientale”, pp.225-262, 2020, Series minor</w:t>
@@ -7457,51 +7457,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Études du corpus des inscriptions du Campā, VI: Epigraphical Texts and Sculptural Steles Produced under the Vīrabhadravarmadevas of 15th-Century Campā</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arlo Griffiths</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Arlo Griffiths; Andrew Hardy; Geoff Wade. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Champa: Territories and Networks of a Southeast Asian Kingdom</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 31, École française d'Extrême-Orient, 2019, Études thématiques</w:t>
@@ -7543,51 +7543,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preface: Frameworks of Champa History</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew Hardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arlo Griffiths</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geoff Wade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7629,51 +7629,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Corpus of Inscriptions in the Old Malay Language</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arlo Griffiths</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Daniel Perret. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Writing for Eternity: A Survey of Epigraphy in Southeast Asia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 30, École française d'Extrême-Orient, pp.275-283, 2018, Études thématiques</w:t>
@@ -7696,859 +7696,932 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01920769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Early Indic Inscriptions of Southeast Asia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">John Guy. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lost kingdoms: Hindu-Buddhist sculpture of early Southeast Asia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yale University Press; The Metropolitan Museum of Art</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.53-57, 2014, 9780300204377</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01958897v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Inscriptions of Sumatra, III: The Padang Lawas Corpus Studied along with Inscriptions from Sorik Merapi (North Sumatra) and from Muara Takus (Riau)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arlo Griffiths</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Daniel Perret. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">History of Padang Lawas, North Sumatra, II: Societies of Padang Lawas (Mid-Ninth – Thirteenth Century CE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 43, Association Archipel, pp.211 - 253, 2014, Cahier d’Archipel, 978-2-910513-70-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01958932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The ‘Greatly Ferocious’ Spell (Mahāraudra-Nāma-Hr̥daya): A Dhāraṇī Inscribed on a Lead-Bronze Foil Unearthed near Borobudur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arlo Griffiths</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kurt Tropper. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Epigraphic Evidence in the Pre-Modern Buddhist World: Proceedings of the Eponymous Conference Held in Vienna, 14-15 Oct. 2011</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Arbeitskreis für Tibetische und Buddhistische Studien, Universität Wien, pp.1 - 36, 2014, 978-3-902501-23-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01958948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...27 lines deleted...]
-              <w:t xml:space="preserve">John Guy. </w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Inscription on an Embossed Image of Śiva in Gold Leaf from Central Java, Indonesia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Marijke J. Klokke; Véronique Degroot. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lost kingdoms: Hindu-Buddhist sculpture of early Southeast Asia</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, pp.53-57, 2014, 9780300204377</w:t>
+              <w:t xml:space="preserve">Materializing Southeast Asia's past: Selected papers from the 12th International Conference of the European Association of Southeast Asian Archaeologists</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, NUS Press, pp.119-121, 2013, Materializing Southeast Asia's past: selected papers from the 12th International Conference of the European Association of Southeast Asian Archaeologists, 978-9971-69-655-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01958026v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paippalada School of the Atharvaveda: The Literary Tradition in Orissa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arlo Griffiths</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hermann Kulke; Nivedita Mohanty; Gaganendranath Dash; Dinanath Pathy; Prasana Kumar Dash. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Imaging Odisha</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2, Prafulla, pp.16 -17, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01958002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imagine Laṅkapura at Prambanan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arlo Griffiths</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Andrea Acri; Helen Creese; Arlo Griffiths. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">From Laṅkā Eastwards: The Rāmāyaṇa in the Literature and Visual Arts of Indonesia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 247, Brill, pp.131-148, 2011, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1163/9789004253766_008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1163/9789004253766_008⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">halshs-01957908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Go’ter Ritual of the Gadabas According to Duaru from Tikrapada (1965): A Gutob Text Translated</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arlo Griffiths</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Peter Berger; Ellen Kattner. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Anthropology of Values: Essays in Honour of Georg Pfeffer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 9788131728208</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01957755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sūrya’s Nāgas, Candra’s Square Seat and the Mounted Bull with Two Guardians</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arlo Griffiths</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Gerd J.R. Mevissen; Arundhati Banerji. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Prajñādhara: Essays on Asian Art History, Epigraphy and Culture in Honour of Gouriswar Bhattacharya</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Kaveri Books, pp.466-478, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01917933v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gutob</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arlo Griffiths</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Gregory D.S. Anderson. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Munda Languages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Routledge, pp.633-681, 2008, Routledge Language Family Series</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01917882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Ancillary Literature of the Paippalāda School</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arlo Griffiths</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Arlo Griffiths; Annette Schmiedchen. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Atharvaveda and Its Paippalādaśākhā: Historical and Philological Papers on a Vedic Tradition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 11, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shaker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.141-193, 2007, Indologica Halensis, 978-3-8322-6255-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shaker</w:t>
-[...21 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">halshs-01914983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paippalāda Mantras in the Kauśikasūtra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arlo Griffiths</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Arlo Griffiths; Jan E.M. Houben. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Vedas: Texts, Language and Ritual</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 20, E. Forsten, pp.49-99, 2004, Groningen Oriental Studies</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01914925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aspects of the Study of the Paippalāda AtharvaVedic Tradition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arlo Griffiths</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Abhijit Ghosh. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ātharvaṇā : a collection of essays on the Atharva Veda with special reference to its Paippalāda tradition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sanskrit Book Depot, pp.35-54, 2002</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01910025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8558,218 +8631,218 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Online Inventory of Ancient Nusantaran Epigraphy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Perret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Titi Surti Nastiti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Perret</w:t>
-[...33 lines deleted...]
-              <w:t xml:space="preserve">2021</w:t>
+                <w:t xml:space="preserve">hal-04372466v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corpus of Pyu Inscriptions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julian K. Wheatley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Miyake</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Morlock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...73 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01764285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8779,104 +8852,104 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DHARMA Transliteration Guide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dániel Balogh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02272407v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8886,323 +8959,323 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laporan Survei Prasasti Zaman Hindu-Buddha Provinsi Jawa Timur di Kabupaten Lamongan, Tuban, Jombang, Mojokerto dan Sidoarjo, Tahun 2022</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Titi Surti Nastiti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hedwi Prihatmoko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisda Meyanti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eko Bastiawan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">École française d'Extrême-Orient, Jakarta; Badan Riset dan Inovasi Nasional, Jakarta. 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04091765v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">DHARMA Encoding Guide for Critical Editions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axelle Janiak</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">EFEO - École française d'Extrême-Orient; CASE - Centre Asie du Sud-Est; CESAH - Centre d'études sud asiatiques et himalayennes. 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport technique)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04085137v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">DHARMA Encoding Guide for Diplomatic Editions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...80 lines deleted...]
-              <w:t xml:space="preserve">École française d'Extrême-Orient, Jakarta; Badan Riset dan Inovasi Nasional, Jakarta. 2023</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dániel Balogh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlo Griffiths</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Technical Report] EFEO; Humboldt-Universität (Berlin); CEAIS - Centre d'Études de l'Inde et de l'Asie du Sud. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
-[...77 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...78 lines deleted...]
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02888186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId227"/>
+      <w:footerReference w:type="default" r:id="rId228"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -9349,51 +9422,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250889v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakariya Pamuji Aminullah" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Njoto" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arlo Griffiths" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimas Seno Bismoko" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashar Murdihastomo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/144x9" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05424721v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#259;n Qu&#7843;ng Nguy&#7877;n" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#7923; Ph&#432;&#417;ng Tr&#7847;n" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Pichon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William A. Southworth" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05424719v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Surti Nastiti" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wayan Jarrah Sastrawan" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17510/wacana.v26i3.2102" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05081643v2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wahyu Rizki Andhifani" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hedwi Prihatmoko" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Acri" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Mechling" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rel16060664" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05219466v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominic Goodall" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kunthea Chhom" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629294v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eko Bastiawan" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/22134379-bja10060" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04944573v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian K. Wheatley" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/jbs.2024.a923227" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04091876v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Schmiedchen" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryosuke Furui" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04091301v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04669195v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titi Surti Nastiti" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11wu5" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04086296v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209144v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03779017v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Clav&#233;" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03161298v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/22134379-bja10014" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03275563v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aditia Gunawan" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archipel.2365" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02860492v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archipel.1976" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03219939v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03325518v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03039693v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archipel.2067" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03940418v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agung Kriswanto" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archipel.1271" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02168837v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954015v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01788647v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bob Hudson" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Miyake" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01761766v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Schoettel" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Tran Quyet Chinh" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01761838v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Baums" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingo Strauch" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Tournier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/befeo.2016.6238" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01761792v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Lepoutre" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01762695v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noman Nasir" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01762715v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/jbs.2015.0014" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01538645v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01908636v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baskoro Daru Tjahjono" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Degroot" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30883/jba.v34i2.23" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01908620v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/22134379-17002005" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01910105v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0041977X14000056" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02443370v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Lunsingh Scheurleer" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/arasi.2014.1872" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01909930v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Francis" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7817/jameroriesoci.134.1.0140" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02443366v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Soutif" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01909822v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cruijsen" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marijke J. Klokke" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02443368v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02103868v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Vincent" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/arasi.2014.1871" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01958963v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01909934v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/15728536-13560307" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/6E287484E1310EFC6399DC8EF6BFDF0BCC02CF64/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02443373v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Revire" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajat Sanyal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/arasi.2013.1809" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01958103v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/arch.2013.4384" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912974v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02443389v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01957963v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01957930v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/arch.2011.4273" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02938563v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/JA.299.1.2131066" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01957809v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01560798v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Bautze-Picron" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01909831v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baskoro D Tjahjono" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/befeo.2010.6140" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02552324v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerschheimer Gerdi" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Est&#232;ve" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pichard" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/befeo.2008.6116" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02099528v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#224;nh Ph&#226;n" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/befeo.2008.6118" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01917910v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02103863v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/befeo.2008.6104" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01908883v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Bisschop" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01914952v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01910119v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/JA.293.1.2002077" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01910093v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01908832v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/B:INDO.0000009508.18900.ef" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/4BE93F87609B90C30B34BF01A17D1E525FF133B8/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01910033v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01560797v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Lubotsky" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/605940" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059320v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Levivier" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212544v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928552v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Churmatin Nasoichah" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisda Meyanti" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531969v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akira Shimada" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brill.com/edcollbook-oa/title/73131" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004744097" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05420019v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilham Nurwansah" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://press.perpusnas.go.id/ProdukDetail.aspx?id=1492" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531956v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brill.com/edcollbook-oa/title/71068" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004744080" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763861v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andri Restyadi" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02292575v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Hardy" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoff Wade" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01761728v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shilpa Sumant" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ifpindia.org/bookstore/ci135/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02099598v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph&#7847;n Th&#224;nh" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01908611v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Creese" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004253766" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01917946v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brill.com/abstract/title/24066" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01929253v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531971v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brill.com/edcollchap-oa/book/9789004744080/BP000002.xml" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004744080_003" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968896v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/shesl/728" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/138ml" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531970v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brill.com/edcollchap-oa/book/9789004744080/BP000001.xml" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004744080_002" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531973v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Ollett" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brill.com/edcollchap-oa/book/9789004744097/BP000003.xml" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004744097_009" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04135524v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03013600v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02292578v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04476256v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01920769v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01958932v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01958948v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01958897v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.metmuseum.org/fr/met-publications/lost-kingdoms-hindu-buddhist-sculpture-of-early-southeast-asia" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01958002v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01957908v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004253766_008" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01957755v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01917933v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01917882v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01914983v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.shaker.eu/en/content/catalogue/index.asp?lang=en&amp;amp;ID=8&amp;amp;ISBN=978-3-8322-6255-6" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01914925v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01910025v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04372466v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Perret" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01764285v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Morlock" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halshs-02272407v3" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#225;niel Balogh" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04091765v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04085137v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Janiak" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02888186v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05219466v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominic Goodall" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arlo Griffiths" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kunthea Chhom" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250889v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakariya Pamuji Aminullah" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Njoto" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimas Seno Bismoko" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashar Murdihastomo" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/144x9" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05424721v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#259;n Qu&#7843;ng Nguy&#7877;n" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#7923; Ph&#432;&#417;ng Tr&#7847;n" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Pichon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William A. Southworth" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05424719v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Surti Nastiti" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wayan Jarrah Sastrawan" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17510/wacana.v26i3.2102" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05081643v2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wahyu Rizki Andhifani" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hedwi Prihatmoko" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Acri" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Mechling" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rel16060664" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04944573v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian K. Wheatley" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/jbs.2024.a923227" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629294v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eko Bastiawan" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/22134379-bja10060" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04669195v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titi Surti Nastiti" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11wu5" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04086296v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04091876v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Schmiedchen" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryosuke Furui" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04091301v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03779017v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Clav&#233;" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209144v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03161298v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/22134379-bja10014" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03275563v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aditia Gunawan" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archipel.2365" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02860492v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archipel.1976" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03325518v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03219939v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03039693v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archipel.2067" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02168837v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03940418v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agung Kriswanto" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archipel.1271" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954015v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01788647v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bob Hudson" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Miyake" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01761766v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Schoettel" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Tran Quyet Chinh" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01762695v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noman Nasir" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01761838v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Baums" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingo Strauch" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Tournier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/befeo.2016.6238" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01761792v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Lepoutre" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01538645v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01762715v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1353/jbs.2015.0014" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01908636v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baskoro Daru Tjahjono" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Degroot" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30883/jba.v34i2.23" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01908620v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/22134379-17002005" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01910105v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0041977X14000056" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02443370v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Lunsingh Scheurleer" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/arasi.2014.1872" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01909930v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Francis" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7817/jameroriesoci.134.1.0140" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02443366v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Soutif" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01909822v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cruijsen" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marijke J. Klokke" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02443368v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02103868v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Vincent" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/arasi.2014.1871" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01958963v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01909934v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/15728536-13560307" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/6E287484E1310EFC6399DC8EF6BFDF0BCC02CF64/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01958103v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/arch.2013.4384" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02443373v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Revire" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajat Sanyal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/arasi.2013.1809" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912974v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02443389v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01957963v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01957930v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/arch.2011.4273" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02938563v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/JA.299.1.2131066" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01957809v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01560798v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Bautze-Picron" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01909831v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baskoro D Tjahjono" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/befeo.2010.6140" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01917910v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02552324v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerschheimer Gerdi" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Est&#232;ve" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pichard" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/befeo.2008.6116" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02099528v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#224;nh Ph&#226;n" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/befeo.2008.6118" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02103863v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/befeo.2008.6104" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01908883v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Bisschop" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01914952v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01910119v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/JA.293.1.2002077" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01910093v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01908832v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/B:INDO.0000009508.18900.ef" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/4BE93F87609B90C30B34BF01A17D1E525FF133B8/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01910033v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01560797v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Lubotsky" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/605940" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059320v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Levivier" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05212544v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928552v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Churmatin Nasoichah" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisda Meyanti" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531969v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akira Shimada" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brill.com/edcollbook-oa/title/73131" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004744097" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05420019v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilham Nurwansah" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://press.perpusnas.go.id/ProdukDetail.aspx?id=1492" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531956v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brill.com/edcollbook-oa/title/71068" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004744080" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763861v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andri Restyadi" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02292575v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Hardy" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoff Wade" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01761728v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shilpa Sumant" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ifpindia.org/bookstore/ci135/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02099598v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph&#7847;n Th&#224;nh" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01908611v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Creese" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004253766" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01917946v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brill.com/abstract/title/24066" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01929253v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531971v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brill.com/edcollchap-oa/book/9789004744080/BP000002.xml" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004744080_003" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968896v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/shesl/728" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/138ml" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531970v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brill.com/edcollchap-oa/book/9789004744080/BP000001.xml" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004744080_002" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531973v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Ollett" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brill.com/edcollchap-oa/book/9789004744097/BP000003.xml" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004744097_009" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04135524v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03013600v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02292578v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04476256v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01920769v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01958897v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.metmuseum.org/fr/met-publications/lost-kingdoms-hindu-buddhist-sculpture-of-early-southeast-asia" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01958932v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01958948v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01958026v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01958002v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01957908v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004253766_008" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01957755v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01917933v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01917882v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01914983v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.shaker.eu/en/content/catalogue/index.asp?lang=en&amp;amp;ID=8&amp;amp;ISBN=978-3-8322-6255-6" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01914925v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01910025v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04372466v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Perret" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01764285v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Morlock" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halshs-02272407v3" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#225;niel Balogh" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04091765v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04085137v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Janiak" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02888186v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>