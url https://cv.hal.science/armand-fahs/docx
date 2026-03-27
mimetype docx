--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -1936,1194 +1936,1194 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01725347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic modulation of fimbrial extension and FimH-mannose binding force on live bacteria under pH changes: a molecular atomic force microscopy analysis.</w:t>
+                <w:t xml:space="preserve">Double entrapment of growth factors by nanoparticles loaded into polyelectrolyte multilayer films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Jacquot</w:t>
+                <w:t xml:space="preserve">N. E. Vrana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C Sakamoto</w:t>
+                <w:t xml:space="preserve">O. Erdemli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angelina Razafitianamaharavo</w:t>
+                <w:t xml:space="preserve">G. Francius</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Fahs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C Caillet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">J Merlin</w:t>
+                <w:t xml:space="preserve">Marina Rabineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biomedical Nanotechnology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1166/jbn.2014.1905⟩</w:t>
+              <w:t xml:space="preserve">Journal of materials chemistry‎ B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 2 (8), pp.999-1008. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c3tb21304h⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01076690v1</w:t>
+                <w:t xml:space="preserve">hal-01498645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The dynamics and pH-dependence of Ag43 adhesins’ self-association probed by atomic force spectroscopy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dynamic modulation of fimbrial extension and FimH-mannose binding force on live bacteria under pH changes: a molecular atomic force microscopy analysis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Jacquot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adrien Jacquot</w:t>
+                <w:t xml:space="preserve">C Sakamoto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chizuko Sakamoto</w:t>
+                <w:t xml:space="preserve">Angelina Razafitianamaharavo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angelina Razafitianamarahavo</w:t>
+                <w:t xml:space="preserve">C Caillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Caillet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jenny Merlin</w:t>
+                <w:t xml:space="preserve">J Merlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanoscale</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c4nr03312d⟩</w:t>
+              <w:t xml:space="preserve">Journal of Biomedical Nanotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 10 (11), pp.3361-3372. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1166/jbn.2014.1905⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-01381823v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01076690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental evidence of the interface/interphase formation between powder coating and composite material</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">The dynamics and pH-dependence of Ag43 adhesins’ self-association probed by atomic force spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Jacquot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chizuko Sakamoto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angelina Razafitianamarahavo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Caillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jenny Merlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Progress in Organic Coatings</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.porgcoat.2014.03.021⟩</w:t>
+              <w:t xml:space="preserve">Nanoscale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 6 (21), pp.12665 - 12681. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c4nr03312d⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01364367v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-01381823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In Situ Analysis of Bacterial Extracellular Polymeric Substances from a Pseudomonas fluorescens Biofilm by Combined Vibrational and Single Molecule Force Spectroscopies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Experimental evidence of the interface/interphase formation between powder coating and composite material</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore Lafabrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmad Fahs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">G. Francius</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Louarn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Aragon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Chailan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 118 (24, SI), pp.6702-6713. </w:t>
+              <w:t xml:space="preserve">Progress in Organic Coatings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 77 (7), pp.1137--1144. </w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/jp5030872⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.porgcoat.2014.03.021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01503745v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01364367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Double entrapment of growth factors by nanoparticles loaded into polyelectrolyte multilayer films</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">In Situ Analysis of Bacterial Extracellular Polymeric Substances from a Pseudomonas fluorescens Biofilm by Combined Vibrational and Single Molecule Force Spectroscopies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmad Fahs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. E. Vrana</w:t>
+                <w:t xml:space="preserve">Fabienne Quilès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Erdemli</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId107" w:history="1">
+                <w:t xml:space="preserve">Dima Jamal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Humbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Francius</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of materials chemistry‎ B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 2 (8), pp.999-1008. </w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 118 (24, SI), pp.6702-6713. </w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/c3tb21304h⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/jp5030872⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01498645v1</w:t>
+                <w:t xml:space="preserve">hal-01503745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plant protein interactions studied using AFM force spectroscopy: nanomechanical and adhesion properties</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Biomimetic Cryptic Site Surfaces for Reversible Chemo- and Cyto-Mechanoresponsive Substrates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jalal Bacharouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Badique</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmad Fahs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria V. Spanedda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Geissler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C3CP51007G⟩</w:t>
+              <w:t xml:space="preserve">ACS Nano</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 7 (4), pp.3457 - 3465. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/nn400356p⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03228262v1</w:t>
+                <w:t xml:space="preserve">hal-01497888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biomimetic Cryptic Site Surfaces for Reversible Chemo- and Cyto-Mechanoresponsive Substrates</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Plant protein interactions studied using AFM force spectroscopy: nanomechanical and adhesion properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmad Fahs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Louarn</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Nano</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 7 (4), pp.3457 - 3465. </w:t>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 15 (27), pp.11339-11348. </w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/nn400356p⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/C3CP51007G⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01497888v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03228262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of nisin adsorption on plasma-treated polymer surfaces for setting up materials with antibacterial properties</w:t>
+                <w:t xml:space="preserve">Adsorption of Alkanethiols on Gold Surfaces: PM-IRRAS Study of the Influence of Terminal Functionality on Alkyl Chain Orientation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Layal Karam</w:t>
+                <w:t xml:space="preserve">Tamara Elzein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmad Fahs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maurice Brogly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charafeddine Jama</w:t>
+                <w:t xml:space="preserve">Amina Elhiri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Sophie Mamede</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Guy Louarn</w:t>
+                <w:t xml:space="preserve">Bénédicte Lepoittevin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reactive and Functional Polymers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 73 (11), pp.1473. </w:t>
+              <w:t xml:space="preserve">The Journal of Adhesion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 89 (5), pp.416 - 432. </w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.reactfunctpolym.2013.07.017⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/00218464.2013.757521⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00981629v1</w:t>
+                <w:t xml:space="preserve">hal-02649452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adsorption of Alkanethiols on Gold Surfaces: PM-IRRAS Study of the Influence of Terminal Functionality on Alkyl Chain Orientation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Study of nisin adsorption on plasma-treated polymer surfaces for setting up materials with antibacterial properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Layal Karam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tamara Elzein</w:t>
+                <w:t xml:space="preserve">Charafeddine Jama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Mamede</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmad Fahs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Bénédicte Lepoittevin</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Louarn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Adhesion</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Reactive and Functional Polymers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 73 (11), pp.1473. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.reactfunctpolym.2013.07.017⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/00218464.2013.757521⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02649452v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00981629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plant protein interactions studied using AFM force spectroscopy: nanomechanical and adhesion properties</w:t>
               </w:r>
@@ -3200,51 +3200,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermo-Regulated Adhesion of the Streptococcus thermophilus Delta rgg0182 Strain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Francius</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3252,51 +3252,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme F. L. Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Bruneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jenny Merlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Langmuir</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 29 (15), pp.4847-4856. </w:t>
@@ -4126,51 +4126,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389173v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isis Castro&#8208;cabrera" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Fahs" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Berlioz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Carriere" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pc.70135" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04999972v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Brogly" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bistac" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/surfaces7030043" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03800294v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sigrid Assengone Otogo Be" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;na&#239;k Belec" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saadia Belkessam" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Louarn" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pc.27064" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05002141v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Guazzelli" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Oliva" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Pretti" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianfranca Monni" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym14214589" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03198294v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Zakhia Douaihy" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Telegeiev" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein Nasrallah" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Lebedev" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bazin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtcomm.2021.102248" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03293644v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fauvelle" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Garel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Tamburini" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Nerini" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Castro-Jim&#233;nez" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-24738-w" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011559v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isis Castro Cabrera" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2020.10.045" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03181343v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oulfat Amin Ali" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Aragon" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Davidson" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Ollivier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ibiod.2020.105056" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006388v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Stempfle" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Domatti" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamal Takadoum" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Carri&#232;re" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02657965v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Giancola" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul Andres Becerra Arciniegas" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Chailan" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Luisa Di Vona" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/membranes9100134" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01760133v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Derbali" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fahs" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.V. Ferrari" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Di Vona" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2017.05.208" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03603796v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Narducci" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Pasquini" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/polb.24025" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-R5P8BLD0-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333352v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Brian-Jaisson" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Molmeret" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Guentas-Dombrowsky" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Culioli" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08927014.2016.1164845" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01725347v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Dupuis" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thu Huong Ho" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Fahs" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Lafabrier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2015.09.148" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2RK13QSD-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076690v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Jacquot" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Sakamoto" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelina Razafitianamaharavo" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Caillet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Merlin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1166/jbn.2014.1905" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01381823v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Jacquot" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chizuko Sakamoto" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelina Razafitianamarahavo" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Caillet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny Merlin" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4nr03312d" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01364367v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.porgcoat.2014.03.021" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01503745v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Quil&#232;s" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dima Jamal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Humbert" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Francius" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp5030872" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01498645v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. E. Vrana" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Erdemli" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Rabineau" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3tb21304h" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03228262v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C3CP51007G" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01497888v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jalal Bacharouche" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Badique" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria V. Spanedda" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Geissler" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nn400356p" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981629v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layal Karam" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charafeddine Jama" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Mamede" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reactfunctpolym.2013.07.017" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4W0M3CSM-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649452v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamara Elzein" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Elhiri" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Lepoittevin" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00218464.2013.757521" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980528v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3cp51007g" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115085v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Henry" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me F. L. Duval" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Bruneau" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la4001895" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03114443v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Amorosi" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Mustin" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Frache" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bertani" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Fahs" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp3057114" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02128908v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Schmitt" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2009.10.071" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-02H8R1M8-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03053095v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01510471v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krystel P&#233;lissier" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Richard" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Dossot" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Humbert" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00266569v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verinne Rigolet" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05389173v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isis Castro&#8208;cabrera" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Fahs" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Berlioz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Carriere" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pc.70135" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04999972v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Brogly" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bistac" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/surfaces7030043" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03800294v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sigrid Assengone Otogo Be" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;na&#239;k Belec" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saadia Belkessam" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Louarn" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pc.27064" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05002141v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Guazzelli" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Oliva" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Pretti" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianfranca Monni" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym14214589" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03198294v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Zakhia Douaihy" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Telegeiev" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein Nasrallah" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Lebedev" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bazin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtcomm.2021.102248" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03293644v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fauvelle" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Garel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Tamburini" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Nerini" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Castro-Jim&#233;nez" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-24738-w" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03011559v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isis Castro Cabrera" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2020.10.045" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03181343v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oulfat Amin Ali" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Aragon" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Davidson" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Ollivier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ibiod.2020.105056" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006388v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Stempfle" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Domatti" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamal Takadoum" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Carri&#232;re" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02657965v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Giancola" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul Andres Becerra Arciniegas" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Chailan" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Luisa Di Vona" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/membranes9100134" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01760133v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Derbali" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fahs" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.V. Ferrari" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Di Vona" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2017.05.208" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03603796v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Narducci" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Pasquini" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/polb.24025" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-R5P8BLD0-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333352v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Brian-Jaisson" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Molmeret" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Guentas-Dombrowsky" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Culioli" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08927014.2016.1164845" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01725347v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Dupuis" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thu Huong Ho" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Fahs" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Lafabrier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2015.09.148" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2RK13QSD-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01498645v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. E. Vrana" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Erdemli" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Francius" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Rabineau" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3tb21304h" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076690v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Jacquot" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Sakamoto" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelina Razafitianamaharavo" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Caillet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Merlin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1166/jbn.2014.1905" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01381823v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Jacquot" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chizuko Sakamoto" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelina Razafitianamarahavo" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Caillet" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny Merlin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4nr03312d" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01364367v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.porgcoat.2014.03.021" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01503745v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Quil&#232;s" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dima Jamal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Humbert" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp5030872" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01497888v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jalal Bacharouche" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Badique" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria V. Spanedda" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Geissler" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/nn400356p" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03228262v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C3CP51007G" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649452v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamara Elzein" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Elhiri" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Lepoittevin" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00218464.2013.757521" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981629v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layal Karam" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charafeddine Jama" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Mamede" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.reactfunctpolym.2013.07.017" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4W0M3CSM-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980528v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3cp51007g" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115085v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Henry" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me F. L. Duval" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Bruneau" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la4001895" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03114443v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Amorosi" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Mustin" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Frache" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bertani" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Fahs" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp3057114" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02128908v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Schmitt" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2009.10.071" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-02H8R1M8-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03053095v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01510471v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krystel P&#233;lissier" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Richard" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Dossot" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Humbert" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00266569v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verinne Rigolet" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>