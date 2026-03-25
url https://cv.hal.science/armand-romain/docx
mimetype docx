--- v0 (2026-03-03)
+++ v1 (2026-03-25)
@@ -409,304 +409,304 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04190037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trait-based sediment retention and runoff control by herbaceous vegetation in agricultural catchments. A review</w:t>
+                <w:t xml:space="preserve">Groundwater vulnerability assessment of the chalk aquifer in the northern part of France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léa Kervroëdan</w:t>
+                <w:t xml:space="preserve">Lahcen Zouhri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Armand</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Michel-Pierre Faucon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Land Degradation and Development</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ldr.3812⟩</w:t>
+              <w:t xml:space="preserve">Geocarto International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 36 (11), pp.1193-1216. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/10106049.2019.1637465⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03240034v1</w:t>
+                <w:t xml:space="preserve">hal-03278855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Groundwater vulnerability assessment of the chalk aquifer in the northern part of France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Trait-based sediment retention and runoff control by herbaceous vegetation in agricultural catchments. A review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Kervroëdan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Armand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freddy Rey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lahcen Zouhri</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Romain Armand</w:t>
+                <w:t xml:space="preserve">Michel-Pierre Faucon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geocarto International</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 36 (11), pp.1193-1216. </w:t>
+              <w:t xml:space="preserve">Land Degradation and Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 32 (3), pp.1077-1089. </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/10106049.2019.1637465⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/ldr.3812⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03278855v1</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03240034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Functional Diversity Effects of Vegetation on Runoff to Design Herbaceous Hedges for Sediment Retention</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Kervroëdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Armand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Saunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel-Pierre Faucon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Diversity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 12 (4), pp.131. </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
@@ -740,90 +740,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of plant traits and their divergence on runoff and sediment retention in herbaceous vegetation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Kervroëdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Armand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Saunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel-Pierre Faucon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant and Soil</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 441 (1-2), pp.511-524. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
@@ -857,51 +857,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plant functional trait effects on runoff to design herbaceous hedges for soil erosion control</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Kervroëdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Armand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -909,51 +909,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Saunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Ouvry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel-Pierre Faucon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecological Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 118, pp.143-151. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1279,90 +1279,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Traits des plantes, haies herbacées et érosion des sols : comment lier l'écologie fonctionnelle végétale à l'ingénierie écologique dans les agroécosystèmes ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Kervroëdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Armand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Saunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel-Pierre Faucon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TEBIS 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Beauvais, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1381,312 +1381,312 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04355233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effet de la diversité fonctionnelle des haies herbacées sur l’érosion</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Effet de la diversité fonctionnelle des haies herbacées sur l'érosion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Kervroëdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Armand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel-Pierre Faucon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14ème Journée d’étude des Sols</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Rouen, France</w:t>
+              <w:t xml:space="preserve">Journées d'étude des sols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AFES; Université de Rouen; Conservatoire d'espaces naturels Normandie Seine, Jul 2018, Rouen, Campus de Mont-Saint-Aignan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04397940v1</w:t>
+                <w:t xml:space="preserve">hal-04355279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effet de la diversité fonctionnelle des haies herbacées sur l'érosion</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Effet de la diversité fonctionnelle des haies herbacées sur l’érosion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Kervroëdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Armand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Saunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel-Pierre Faucon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d'étude des sols</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AFES; Université de Rouen; Conservatoire d'espaces naturels Normandie Seine, Jul 2018, Rouen, Campus de Mont-Saint-Aignan, France</w:t>
+              <w:t xml:space="preserve">14ème Journée d’étude des Sols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04355279v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04397940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effet des traits fonctionnels aériens des plantes herbacées sur la rugosité hydraulique, implication dans la réduction de l’érosion des sols</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Kervroëdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Armand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Saunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Ouvry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel-Pierre Faucon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Jeunes Chercheurs Condorcet</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2017, Amiens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2101,90 +2101,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using functional traits for sediment retention and runoff control in herbaceous vegetation: A review and application to north west European agricultural catchments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Kervroëdan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Armand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Freddy Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel-Pierre Faucon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Seminario científico franco-argentino sobre agroecología</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2022, Rosario, Argentina</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3126,51 +3126,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="778B1C55"/>
+    <w:nsid w:val="CEB0C64F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3274,51 +3274,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="938F2133"/>
+    <w:nsid w:val="9818E599"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3508,51 +3508,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190037v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yosra Ellili-Bargaoui" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Walter" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Lemercier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Armand" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sameh Selim" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geodrs.2023.e00704" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03240034v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Kervro&#235;dan" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freddy Rey" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel-Pierre Faucon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ldr.3812" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03278855v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lahcen Zouhri" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10106049.2019.1637465" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02955215v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Saunier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/d12040131" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02949118v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-019-04142-6" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365633v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Ouvry" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoleng.2018.04.024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136355v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Cherubini" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Tuduri" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Pastore" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pourret" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gexplo.2016.09.001" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136350v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gexplo.2015.06.006" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04355233v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Saunier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04397940v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Saunier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04355279v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04396801v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798821v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Laroche" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Chafchafi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien D&#233;trich&#233;" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197684v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Martin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Auzet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian C. Bockstaller" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Bourgain" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829196v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-V&#233;ronique Auzet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04355358v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03154002v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Herbout" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul E. Martinez" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Rizzo" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.3249218" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-01595205v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sols-et-territoires.org/fileadmin/user_upload/Produits_Reseau/publications-marquantes/Guide_RMT_BD_Web.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02440609v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Beaujouan" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03542999v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Trinsoutrot-Gattin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Bernard" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Cusset" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Laurent" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/j3d3-pb66" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197785v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00461222v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190037v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yosra Ellili-Bargaoui" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Walter" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Lemercier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Armand" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sameh Selim" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geodrs.2023.e00704" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03278855v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lahcen Zouhri" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10106049.2019.1637465" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03240034v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Kervro&#235;dan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freddy Rey" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel-Pierre Faucon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ldr.3812" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02955215v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Saunier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/d12040131" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02949118v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-019-04142-6" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365633v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Ouvry" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoleng.2018.04.024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136355v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Cherubini" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Tuduri" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Pastore" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pourret" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gexplo.2016.09.001" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136350v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gexplo.2015.06.006" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04355233v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Saunier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04355279v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04397940v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Saunier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04396801v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798821v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Laroche" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Chafchafi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien D&#233;trich&#233;" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197684v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Martin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Auzet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian C. Bockstaller" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Bourgain" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829196v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-V&#233;ronique Auzet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04355358v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03154002v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Herbout" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul E. Martinez" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Rizzo" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.3249218" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-01595205v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sols-et-territoires.org/fileadmin/user_upload/Produits_Reseau/publications-marquantes/Guide_RMT_BD_Web.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02440609v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Beaujouan" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03542999v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Trinsoutrot-Gattin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Bernard" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Cusset" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Laurent" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/j3d3-pb66" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197785v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00461222v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>