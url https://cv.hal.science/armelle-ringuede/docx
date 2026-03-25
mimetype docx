--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -1540,291 +1540,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03448493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Feasibility Synthesis and Characterization of Gadolinia Doped Ceria Coatings Obtained by Cathodic Arc Evaporation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">CO2 electrolysis in a reversible molten carbonate fuel cell: Online chromatographic detection of CO</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armelle Ringuedé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Meskine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Gürbüz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Albin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Briois</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A. Meléndez-Ceballos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanomaterials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/nano11051211⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 46 (28), pp.14913-14921. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2020.08.028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03448520v1</w:t>
+                <w:t xml:space="preserve">hal-03448489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CO2 electrolysis in a reversible molten carbonate fuel cell: Online chromatographic detection of CO</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Feasibility Synthesis and Characterization of Gadolinia Doped Ceria Coatings Obtained by Cathodic Arc Evaporation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Briois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Aubry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Ringuedé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">V. Albin</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Cassir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Meléndez-Ceballos</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Alain Billard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 46 (28), pp.14913-14921. </w:t>
+              <w:t xml:space="preserve">Nanomaterials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (5), pp.1211 (11). </w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2020.08.028⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/nano11051211⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03448489v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03448520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Significance of Molten Hydroxides With or Without Molten Carbonates in High-Temperature Electrochemical Devices</w:t>
               </w:r>
@@ -1862,51 +1862,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Ringuedé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Lair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Cassir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Energy Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 9, </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2649,51 +2649,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Tallaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Hélène Chavanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Cassir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Ringuedé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2904,51 +2904,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aziz Nechache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Boukamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Cassir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Ringuedé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3021,51 +3021,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chiara Ricca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Ringuedé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Cassir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Adamo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3151,51 +3151,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aziz Nechache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Boukamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Cassir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Ringuede</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3402,51 +3402,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chiara Ricca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Ringuedé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Cassir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlo Adamo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3532,51 +3532,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Messaoud Benamira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Ringuedé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Cassir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Horwat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3679,51 +3679,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Vulliet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Lair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Cassir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Ringuede</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4068,51 +4068,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Ringuedé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Cassir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Materials Chemistry A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 3 (19), pp.10498-10503. </w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5451,51 +5451,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Messaoud Benamira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Ringuede</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Cassir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Horwat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5611,51 +5611,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Gourba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Cassir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Billard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Power Sources</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, Volume 156, Issue 1, pp.45-49. </w:t>
@@ -5757,51 +5757,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Ringuedé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose-Noëlle Vannier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Cassir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Power Sources</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 151, pp.85-92. </w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6669,51 +6669,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05370169v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Burebi Yiming" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Hubert" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Cartier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bresson" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Mello" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-55472-8" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131007v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Alexis Pavard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Pugliese" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Coutancier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Albin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Casaretto" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5DT00944H" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05213080v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778252v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Sep&#250;lveda-V&#225;squez" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicol&#225;s Carrasco-Astudillo" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Mu&#241;oz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Molina" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Ringued&#233;" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijoes.2024.100584" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05311796v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamis Atwi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Lair" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.coelec.2023.101401" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05213073v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03807664v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. G&#252;rb&#252;z" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hubert" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Jordan" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Albin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceramint.2021.11.142" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03807661v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Grishin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manel Ben Osman" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ha&#239;tam Meskine" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en15072688" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03875281v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Zou" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Griveau" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;thi Bedioui" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Richard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fchem.2021.812909" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03807672v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Silva" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Arcos" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Montero" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Guerra" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carola Mart&#237;nez" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma15010131" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03448493v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Meskine" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cassir" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Lair" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2020.07.008" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03448520v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Briois" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Aubry" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Cassir" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Billard" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano11051211" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03448489v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mel&#233;ndez-Ceballos" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2020.08.028" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451841v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ersan G&#252;rb&#252;z" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Gr&#233;pin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fenrg.2021.666165" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088617v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fan Sun" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Jordan" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.9b04312" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433456v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Getnet S Kassahun" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Juillard" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joffrey Champavert" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Ringuede" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.9b02031" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03448500v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Mu&#241;oz" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Aguilar" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bioelechem.2020.107622" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03137589v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arturo Melendez-Ceballos" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gurbuz" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brouzgou Angeliki" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/1945-7111/ab7ce1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03448914v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mami&#233; Sancy" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Walczak" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msec.2020.110758" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03039320v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Scarafagio" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Tallaire" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Chavanne" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssa.201900909" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02366907v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaas-Jan Tielrooij" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Cano" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Grishin" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.9b02597" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02332490v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Nechache" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Boukamp" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10008-018-04184-3" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02332488v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Ricca" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Adamo" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Labat" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.9b01047" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02354586v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10008-018-4116-7" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02159772v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fethi Bedioui" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; H Zagal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/elan.201800439" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376856v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Labat" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.8b02174" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744173v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Messaoud Benamira" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Horwat" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lenormand" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2018.02.339" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02354588v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Cacciuttolo" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Vulliet" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10008-018-4048-2" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790607v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ch&#225;vez-Guerrero" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hinojosa-Rivera M." TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Medina-Lott" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.N. Vannier" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336274v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Mansuy" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Petitjean" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Mougin" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Mauvy" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2016.05.014" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268875v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Marizy" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Roussel" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5TA00861A" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790578v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.F. Cienfuegos" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Garza-Navarro" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1002-0721(14)60415-4" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QXNXQM2L-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289929v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Muller" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Laberty-Robert" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3ta14505k" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289949v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la500192d" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02263473v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Marizy" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Desaunay" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Chery" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ringued&#233;" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/05701.0983ecst" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489695v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bonura" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Chiodo" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Freni" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Couzinie" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcat.2012.10.011" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KWHN4MN0-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01468744v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rose-No&#235;lle Vannie" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp403544a" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289758v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Mueller" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rose-No&#235;lle Vannier" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Sanchez" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3ta11175j" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01468502v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Boissi&#232;re" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Grosso" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2jm16550c" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01519101v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sirieix-Plenet" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gaillon" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rizzi" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2010.09.102" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00411164v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hierso" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ozl&#235;m Sel" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ringuede" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Laberty-Robert" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bianchi" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cm802627k" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00862988v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Pierson" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1876973X01002010087" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00126134v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Brahim" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gourba" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2005.08.017" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4DCT4FLN-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00105475v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xabier Montero" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Pauport&#233;" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2005.02.086" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2N9F2K37-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00418256v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Fouletier" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0167-2738(01)00692-0" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LD68LDZQ-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00108197v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00108194v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01199302v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Geagea" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian Ouyang" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Chi" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Delloro" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Chesnaud" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/06801.2961ecst" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00761581v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianguido Baldinozzi" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00648322v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05370169v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Burebi Yiming" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Hubert" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Cartier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bresson" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Mello" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-55472-8" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131007v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Alexis Pavard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Pugliese" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Coutancier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Albin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Casaretto" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5DT00944H" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05213080v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778252v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Sep&#250;lveda-V&#225;squez" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicol&#225;s Carrasco-Astudillo" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Mu&#241;oz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Molina" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Ringued&#233;" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijoes.2024.100584" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05311796v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamis Atwi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Lair" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.coelec.2023.101401" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05213073v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03807664v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. G&#252;rb&#252;z" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hubert" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Jordan" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Albin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceramint.2021.11.142" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03807661v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Grishin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manel Ben Osman" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ha&#239;tam Meskine" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en15072688" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03875281v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Zou" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Griveau" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;thi Bedioui" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Richard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fchem.2021.812909" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03807672v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Silva" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Arcos" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Montero" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Guerra" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carola Mart&#237;nez" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma15010131" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03448493v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Meskine" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cassir" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Lair" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2020.07.008" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03448489v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mel&#233;ndez-Ceballos" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2020.08.028" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03448520v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Briois" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Aubry" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Cassir" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Billard" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano11051211" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03451841v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ersan G&#252;rb&#252;z" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Gr&#233;pin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fenrg.2021.666165" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088617v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fan Sun" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Jordan" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.9b04312" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433456v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Getnet S Kassahun" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Juillard" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joffrey Champavert" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Ringuede" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.9b02031" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03448500v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Mu&#241;oz" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Aguilar" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bioelechem.2020.107622" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03137589v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arturo Melendez-Ceballos" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gurbuz" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brouzgou Angeliki" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/1945-7111/ab7ce1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03448914v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mami&#233; Sancy" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Walczak" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msec.2020.110758" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03039320v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Scarafagio" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Tallaire" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Chavanne" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssa.201900909" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02366907v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaas-Jan Tielrooij" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Cano" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Grishin" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.9b02597" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02332490v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Nechache" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Boukamp" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10008-018-04184-3" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02332488v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Ricca" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Adamo" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Labat" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.9b01047" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02354586v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10008-018-4116-7" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02159772v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fethi Bedioui" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; H Zagal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/elan.201800439" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376856v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Labat" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.8b02174" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01744173v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Messaoud Benamira" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Horwat" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lenormand" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2018.02.339" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02354588v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Cacciuttolo" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Vulliet" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10008-018-4048-2" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790607v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ch&#225;vez-Guerrero" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hinojosa-Rivera M." TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Medina-Lott" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.N. Vannier" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336274v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Mansuy" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Petitjean" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Mougin" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Mauvy" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2016.05.014" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268875v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Marizy" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Roussel" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5TA00861A" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790578v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.F. Cienfuegos" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Garza-Navarro" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1002-0721(14)60415-4" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QXNXQM2L-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289929v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Muller" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Laberty-Robert" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3ta14505k" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289949v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la500192d" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02263473v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Marizy" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Desaunay" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Chery" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ringued&#233;" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/05701.0983ecst" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489695v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bonura" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Chiodo" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Freni" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Couzinie" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcat.2012.10.011" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KWHN4MN0-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01468744v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rose-No&#235;lle Vannie" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp403544a" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289758v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Mueller" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rose-No&#235;lle Vannier" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Sanchez" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c3ta11175j" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01468502v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Boissi&#232;re" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Grosso" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2jm16550c" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01519101v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sirieix-Plenet" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gaillon" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rizzi" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.electacta.2010.09.102" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00411164v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hierso" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ozl&#235;m Sel" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ringuede" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Laberty-Robert" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bianchi" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cm802627k" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00862988v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Pierson" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1876973X01002010087" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00126134v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Brahim" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gourba" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2005.08.017" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4DCT4FLN-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00105475v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xabier Montero" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Pauport&#233;" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2005.02.086" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2N9F2K37-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00418256v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Fouletier" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0167-2738(01)00692-0" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LD68LDZQ-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00108197v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00108194v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01199302v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Geagea" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian Ouyang" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Chi" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Delloro" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Chesnaud" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/06801.2961ecst" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00761581v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianguido Baldinozzi" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00648322v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>