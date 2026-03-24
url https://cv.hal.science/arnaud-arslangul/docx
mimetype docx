--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -185,51 +185,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (6)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -442,322 +442,231 @@
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1515/caslar-2021-2001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04386561v1</w:t>
+                <w:t xml:space="preserve">hal-03378221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Locative phrase and descriptive discourse in L2 Chinese</w:t>
+                <w:t xml:space="preserve">Introduction d’un nouveau protagoniste dans le récit en français et en chinois : interaction des structures syntaxique et informationnelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Arslangul</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marzena Watorek</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chinese as a Second Language Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1515/caslar-2021-2001⟩</w:t>
+              <w:t xml:space="preserve">Discours - Revue de linguistique, psycholinguistique et informatique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 25, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/discours.10191⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03378221v1</w:t>
+                <w:t xml:space="preserve">hal-02543356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction d’un nouveau protagoniste dans le récit en français et en chinois : interaction des structures syntaxique et informationnelle</w:t>
+                <w:t xml:space="preserve">L’expression des procès spatiaux causatifs chez les apprenants francophones du chinois : pousser ou entrer ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Arslangul</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...53 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...16 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Arslangul</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henriëtte Hendriks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Henriëtte Hendriks</w:t>
+                <w:t xml:space="preserve">Maya Hickmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie-Claude Demagny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Langage, Interaction et Acquisition / Language, Interaction and Acquisition </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01921584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -767,2174 +676,2174 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Problèmes de terminologie posés par l’enseignement des compléments résultatifs, directionnels et potentiels dans un cours de grammaire de chinois L2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xinyue Yu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Arslangul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Odile Roth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque international De la linguistique à la didactique des langues / International Conference From Linguistics to Language Teaching</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut national des langues et civilisations orientales; Shanghai Jiao Tong University; Ecole d'Ingénieur Paris SJTU, Jan 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04918444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Itinéraires acquisitionnels en chinois L2 : les apports d’une langue cible typologiquement éloignée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guangzhao Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Arslangul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Benazzo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop « Variété(s) de base et stades initiaux en L2 : un itinéraire naturel et universel ? »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CNRS, Apr 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05025211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Application des résultats de la recherche en acquisition des langues à l’enseignement de la grammaire en chinois langue seconde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Arslangul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quelles « grammaires enseignantes » pour l’enseignement des langues ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, Paris - INALCO (Institut National des Langues et Civilisations Orientales), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04731498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">汉语二语运动事件中的方式动词：跳出来还是冒出来？</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Arslangul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">第3届加拿大国际汉语教学研究高端论坛</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, University of Calgary, Jan 2023, Calgary University, Calgary, Alberta, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03947190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">汉语方位词的二语习得：以法语母语学习者为例</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Arslangul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">第十届现代汉语虚词研究与对外汉语教学 国际学术研讨会 10e symposium international sur l’étude des mots vides du chinois moderne et l’enseignement du chinois comme langue étrangère</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2022, Shanghai, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03762369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction et maintien des entités spatiales dans le récit en chinois L2 : choix et structure du topique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Arslangul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RéAL2 2021 « Influence translinguistique : Où en est-on aujourd’hui ? »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2021, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03278342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Information organization in descriptions and narratives: Spatial anchoring in L2 Chinese</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Arslangul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th International Conference on Chinese as a Second Language Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2021, Washington, DC, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03318347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manner verbs in Chinese motion events patterns</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Contrainte et liberté dans la langue : expression de l’espace et du temps en français et en chinois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Sarda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Arslangul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neglected Aspects of Motion-Event Description (NAMED 2019)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">Passés croisés, passés composés - Perspectives à partir des "classiques"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02139555v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01995773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contrainte et liberté dans la langue : expression de l’espace et du temps en français et en chinois</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Manner verbs in Chinese motion events patterns</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Arslangul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Passés croisés, passés composés - Perspectives à partir des "classiques"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">Neglected Aspects of Motion-Event Description (NAMED 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01995773v1</w:t>
+                <w:t xml:space="preserve">hal-02139555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stage topic and introduction of a new protagonist in L2 Chinese narratives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Arslangul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acquisition of Chinese: Bilingualism and Multilingualism</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, Cambridge, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02174844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How to introduce a new protagonist in L2 Chinese narratives?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Arslangul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EuroSLA 29</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2019, Lund, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03362801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction d’un nouveau référent dans le récit en français et en chinois : différences syntaxiques et discursives</w:t>
+                <w:t xml:space="preserve">Introduction d’un nouveau référent dans le récit en chinois L2 : quelle structure informationnelle ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Arslangul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Linguistic and Psycholinguistic approaches to Text Structuring</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">31es Journées de Linguistique d’Asie Orientale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01707440v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01826933v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment comparer des apprenants de L1 et de L2 typologiquement éloignées ? Le cas des procès spatiaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Arslangul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie-Claude Demagny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les méthodologies de la recherche dans le domaine de l’acquisition et de l’apprentissage des langues secondes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01761101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction d’un nouveau référent dans le récit en chinois L2 : quelle structure informationnelle ?</w:t>
+                <w:t xml:space="preserve">Introduction d’un nouveau référent dans le récit en français et en chinois : différences syntaxiques et discursives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Arslangul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">31es Journées de Linguistique d’Asie Orientale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">Linguistic and Psycholinguistic approaches to Text Structuring</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01826933v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01707440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Voluntary Motion Events in French Learners of L2 Chinese: Manner verbs, Path verbs or neither?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Arslangul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Seminar on Linguistic Typology and the Expressions of Motion Events in Languages in China</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2018, Changshu, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01995726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contextualisation de l’expression orale en continu : utilité d’un stimulus visuel complexe</w:t>
+                <w:t xml:space="preserve">The expression of caused motion by French learners of Chinese L2: semantic encoding and syntactic structures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Arslangul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henriëtte Hendriks</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya Hickmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie-Claude Demagny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’études Outils et dispositifs pour stimuler l’oral</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2017, Paris, France</w:t>
+              <w:t xml:space="preserve">International Workshop on Neglected Aspects of Motion Events Description</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01707434v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01534179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The expression of caused motion by French learners of Chinese L2: semantic encoding and syntactic structures</w:t>
+                <w:t xml:space="preserve">Contextualisation de l’expression orale en continu : utilité d’un stimulus visuel complexe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Arslangul</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Annie-Claude Demagny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Workshop on Neglected Aspects of Motion Events Description</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Paris, France</w:t>
+              <w:t xml:space="preserve">Journée d’études Outils et dispositifs pour stimuler l’oral</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01534179v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01707434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structures phrastiques, informationnelles et discursives dans la description spatiale statique en chinois L2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Arslangul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXXèmes Journées de Linguistique d'Asie Orientale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01707415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spatial static description in Chinese L2: How to organize the flow of information?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Arslangul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eurosla 27 </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2017, Reading, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01707422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structures informationnelles et linguistiques du français et du chinois dans le discours de description spatiale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Arslangul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">29èmes Journées de linguistique d'Asie Orientale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01354951v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Procès spatiaux causatifs en chinois L2 : entre productions atypiques et idiosyncrasiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Arslangul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henriëtte Hendriks</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Henriëtte Hendriks</w:t>
+                <w:t xml:space="preserve">Maya Hickmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie-Claude Demagny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Analyse des erreurs commises par des Francophones apprenant une langue éloignée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01492361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'expression des procès spatiaux causatifs en chinois L2</w:t>
+                <w:t xml:space="preserve">L’expression des procès spatiaux causatifs en chinois L2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Arslangul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henriëtte Hendriks</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Henriëtte Hendriks</w:t>
+                <w:t xml:space="preserve">Maya Hickmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie-Claude Demagny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AFLICO6</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2015, Grenoble, France</w:t>
+              <w:t xml:space="preserve">Sixième Conférence internationale de l’Association Française de Linguistique Cognitive, Langage, cognition et société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Grenoble 3, May 2015, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01492375v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01338859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">汉语致使运动事件的二语习得： 法文母语学习者的编码问题</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Arslangul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henriëtte Hendriks</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Henriëtte Hendriks</w:t>
+                <w:t xml:space="preserve">Maya Hickmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie-Claude Demagny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">“汉语语法研究与习得——句法和语义”国际研讨会</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, AREC, Jun 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01354954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’expression des procès spatiaux causatifs en chinois L2</w:t>
+                <w:t xml:space="preserve">L'expression des procès spatiaux causatifs en chinois L2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Arslangul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henriëtte Hendriks</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Henriëtte Hendriks</w:t>
+                <w:t xml:space="preserve">Maya Hickmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie-Claude Demagny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sixième Conférence internationale de l’Association Française de Linguistique Cognitive, Langage, cognition et société</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Grenoble 3, May 2015, Grenoble, France</w:t>
+              <w:t xml:space="preserve">AFLICO6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01338859v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01492375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structuring space in Chinese and French narrative discourse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Arslangul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th Conference of the European Association of Chinese Linguistics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Association of Chinese Linguistics, Sep 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01354955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La grammaire de l’espace : compléments directionnels et intégration au contexte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Arslangul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Enseignement du chinois langue étrangère aux francophones</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2012, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01712559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How French Learners of Chinese L2 Express Motion Events in Narratives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Arslangul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The EACS XIXth conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2012, Paris, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-10040-1_9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01492377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2944,812 +2853,711 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expression du temps et de l’espace en chinois L2 : évolution de l’interlangue d’apprenants adultes francophones</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guangzhao Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Benazzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Arslangul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hommage a Maya Hickmann</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04187960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction d'un nouveau référent dans le récit en chinois L2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Arslangul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d’études du Réseau d’Acquisition des Langues Secondes (ReAL2)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01707427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ouvrages (4)</w:t>
+        <w:t xml:space="preserve">Ouvrages (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Premières étapes dans l’acquisition des langues étrangères : dialogue entre acquisition et didactique des langues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marzena Watorek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Arslangul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rebekah Rast</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Presses de l'Inalco, A paraître, Premières étapes dans l’acquisition des langues étrangères : dialogue entre acquisition et didactique des langues</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01706528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">法语国家与地区汉语教育研究</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhitang Yang-Drocourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Arslangul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">北京语言大学出版社. , 2020, 孔子学院汉语教育与海外语言教育体系研究书系, 9787561954232</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02904174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méthode de chinois, troisième niveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Lamarre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Arslangul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Lamarre</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jing Guo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jing Guo</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">L'Asiathèque, 2019, 978-2-36057-071-3</w:t>
+                <w:t xml:space="preserve">L'Asiathèque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.512, 2019, 978-2-36057-071-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03155682v1</w:t>
-              </w:r>
-[...108 lines deleted...]
-                <w:t xml:space="preserve">hal-04718916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contrainte et liberté dans la langue : expression de l’espace et du temps en français et en chinois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Sarda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Arslangul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Xie Jing; Julien Zurbach. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Passés croisés, passés composés. Perspectives à partir des « Classiques » depuis la Chine et la France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Éditions Kimé, pp.299-320, 2022, 978-2-38072-067-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03706124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La grammaire de l’espace : composés verbaux directionnels et intégration au contexte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Arslangul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Yang-Drocourt Zhitang; Arnaud Arslangul. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">法语国家与地区汉语教育研究</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">北京语言大学出版社</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 孔子学院汉语教育与海外语言教育体系研究书系, 9787561954232</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02904185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constructions existentielles en chinois et en français dans un discours descriptif à visée spatiale.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Arslangul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3765,151 +3573,151 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La prédication existentielle dans les langues naturelles: valeurs et répérages, structure et modalités.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02934766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contextualisation de l’expression orale en continu. Utilité d’un support visuel complexe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Arslangul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'enseignement de l'oral en classe de langue. Stimuli et évaluation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions des archives contemporaines, pp.29-42, 2020, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.17184/eac.3475⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03159895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constructions existentielles en chinois et en français dans un discours descriptif à visée spatiale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Arslangul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3929,133 +3737,133 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Tatiana Bottineau. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La prédication existentielle dans les langues naturelles : Valeur et repérages, structures et modalités</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses de l'Inalco, pp.103-136, 2020, 9782858313624</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02932055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How French Learners of Chinese L2 Express Motion Events in Narratives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Arslangul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Dan XU &amp; Jingqi FU. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Space and Quantification in Languages of China</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , 2015, 978-3-319-10039-5. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-10040-1_9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01354811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4065,147 +3873,147 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CompCor-v0.1.2 : Corpus Comparable Coréen Français Japonais Mandarin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raoul Blin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Delaporte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilaine Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Arslangul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raoul Blin</w:t>
-[...50 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Xinyue Cécilia Yu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04864542v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4215,100 +4023,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les relations spatiales dynamiques en chinois langue étrangère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Arslangul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Linguistique. INALCO, 2007. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01297786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4318,105 +4126,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Procès de localisation spatiale et référence discursive en chinois natif et non-natif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Arslangul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Linguistique. Université Paris Cité, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04507324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId86"/>
+      <w:footerReference w:type="default" r:id="rId83"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4484,51 +4292,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="EB172DDE"/>
+    <w:nsid w:val="28EB8235"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4715,51 +4523,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/arnaud-arslangul" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3101-3280" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/136278736" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-04216899v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Arslangul" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/13621688231197912" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-04021072v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/discours.12299" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04386561v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marzena Watorek" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/caslar-2021-2001" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378221v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02543356v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/discours.10191" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01921584v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri&#235;tte Hendriks" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Hickmann" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie-Claude Demagny" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04918444v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinyue Yu" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Roth" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05025211v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guangzhao Li" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Benazzo" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-04731498v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-03947190v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-03762369v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-03278342v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-03318347v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02139555v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01995773v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Sarda" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02174844v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-03362801v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-01707440v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761101v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01826933v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01995726v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-01707434v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534179v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-01707415v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-01707422v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-01354951v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01492361v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01492375v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-01354954v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01338859v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-01354955v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01712559v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01492377v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-10040-1_9" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04187960v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-01707427v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01706528v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebekah Rast" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02904174v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhitang Yang-Drocourt" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-03155682v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lamarre" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Guo" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718916v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Li" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.asiatheque.com/fr/livre/methode-de-chinois-troisieme-niveau" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-03706124v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02904185v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://blcup.com/pinfo/index/10318" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02934766v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-03159895v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.3475" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02932055v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01354811v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864542v2" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raoul Blin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Delaporte" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaine Wang" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinyue C&#233;cilia Yu" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/tel-01297786v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/tel-04507324v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/arnaud-arslangul" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3101-3280" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/136278736" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-04216899v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Arslangul" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/13621688231197912" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-04021072v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/discours.12299" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378221v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marzena Watorek" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/caslar-2021-2001" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02543356v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/discours.10191" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01921584v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri&#235;tte Hendriks" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Hickmann" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie-Claude Demagny" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04918444v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinyue Yu" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Roth" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05025211v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guangzhao Li" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Benazzo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-04731498v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-03947190v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-03762369v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-03278342v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-03318347v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01995773v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Sarda" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02139555v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02174844v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-03362801v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01826933v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01761101v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-01707440v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01995726v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534179v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-01707434v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-01707415v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-01707422v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-01354951v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01492361v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01338859v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-01354954v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01492375v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-01354955v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01712559v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01492377v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-10040-1_9" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04187960v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-01707427v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01706528v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebekah Rast" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02904174v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhitang Yang-Drocourt" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-03155682v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lamarre" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jing Guo" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.asiatheque.com/fr/livre/methode-de-chinois-troisieme-niveau" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-03706124v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02904185v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://blcup.com/pinfo/index/10318" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02934766v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/hal-03159895v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.3475" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02932055v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01354811v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864542v2" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raoul Blin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Delaporte" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilaine Wang" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xinyue C&#233;cilia Yu" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/tel-01297786v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inalco.hal.science/tel-04507324v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>