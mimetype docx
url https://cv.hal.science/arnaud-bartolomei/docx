--- v0 (2026-03-10)
+++ v1 (2026-03-30)
@@ -261,456 +261,456 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05475698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LA APERTURA DE LOS MERCADOS COLONIALES HISPÁNICOS (1770-1860). PRESENTACIÓN</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Formaliser l’empire pour favoriser le commerce. Les stratégies institutionnelles de la pénétration européenne du marché mexicain (1821-1867)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Bartolomei</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Illes i Imperis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.31009/illesimperis.2021.i23.01⟩</w:t>
+              <w:t xml:space="preserve">Outre-Mers Revue d'Histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, N° 410-411 (1), pp.37-61. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/om.211.0037⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03613012v1</w:t>
+                <w:t xml:space="preserve">halshs-03613036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Présentation. Stratégies et procédures d’identification des étrangers (mondes hispaniques-Méditerranée, xviie-xixe siècles)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La Jeanne Élisabeth sur les routes méditerranéennes de l’économie mondialisée du xviiie siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Bartolomei</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mélanges de la Casa de Velázquez</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/mcv.14381⟩</w:t>
+              <w:t xml:space="preserve">Patrimoines du sud</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/pds.6201⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03612862v1</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03613082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NUEVA ESPAÑA, EL ÚLTIMO BASTIÓN DEL COMERCIO IMPERIAL ESPAÑOL EN EL PROCESO DE APERTURA DE LA CARRERA DE INDIAS (1815-1825)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">LA APERTURA DE LOS MERCADOS COLONIALES HISPÁNICOS (1770-1860). PRESENTACIÓN</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martín Rodrigo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Huetz de Lemps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Bartolomei</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Illes i Imperis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, pp.99-126. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.31009/illesimperis.2021.i23.05⟩</w:t>
+              <w:t xml:space="preserve">, 2021, pp.9-18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.31009/illesimperis.2021.i23.01⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03613004v1</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03613012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La Jeanne Élisabeth sur les routes méditerranéennes de l’économie mondialisée du xviiie siècle</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Présentation. Stratégies et procédures d’identification des étrangers (mondes hispaniques-Méditerranée, xviie-xixe siècles)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Lloret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Bartolomei</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Patrimoines du sud</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 13, </w:t>
+              <w:t xml:space="preserve">Mélanges de la Casa de Velázquez</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 51-1, pp.9-13. </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/pds.6201⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/mcv.14381⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03613082v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03612862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formaliser l’empire pour favoriser le commerce. Les stratégies institutionnelles de la pénétration européenne du marché mexicain (1821-1867)</w:t>
+                <w:t xml:space="preserve">NUEVA ESPAÑA, EL ÚLTIMO BASTIÓN DEL COMERCIO IMPERIAL ESPAÑOL EN EL PROCESO DE APERTURA DE LA CARRERA DE INDIAS (1815-1825)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Bartolomei</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Outre-Mers Revue d'Histoire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, N° 410-411 (1), pp.37-61. </w:t>
+              <w:t xml:space="preserve">Illes i Imperis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, pp.99-126. </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/om.211.0037⟩</w:t>
+                <w:t xml:space="preserve">⟨10.31009/illesimperis.2021.i23.05⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03613036v1</w:t>
+                <w:t xml:space="preserve">halshs-03613004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Forfeiture of nationality or citizenship? The exclusion of the consular registration of French nationals in Spain who took the oath of loyalty to Charles IV in 1791</w:t>
               </w:r>
@@ -904,51 +904,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’impérialisme informel de la France et de l’Espagne au xixe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Bartolomei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Huetz de Lemps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Rodrigo y Alharilla</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1353,372 +1353,372 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01963188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Actes notariés versus actes de chancellerie. Le rôle des chancelleries consulaires françaises dans la formalisation des actes commerciaux et civils (XVIIIe-XIXe siècle)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Grenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Bartolomei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Jesné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jörg Ulbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mélanges de l'École française de Rome – Italie et Méditerranée modernes et contemporaines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 128-2, </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2016, La chancellerie consulaire française (XVIe-XXe siècle) : attributions, organisation, agents, usagers, 128 (2)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03156618v1</w:t>
+                <w:t xml:space="preserve">hal-01426851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Débats historiographiques et enjeux scientifiques autour de l’utilité commerciale des consuls</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Bartolomei</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers de la Méditerranée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 93, pp.49-59. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/cdlm.8487⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03612696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Actes notariés versus actes de chancellerie. Le rôle des chancelleries consulaires françaises dans la formalisation des actes commerciaux et civils (XVIIIe-XIXe siècle)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Bartolomei</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jörg Ulbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mélanges de l'École française de Rome – Italie et Méditerranée modernes et contemporaines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, La chancellerie consulaire française (XVIe-XXe siècle) : attributions, organisation, agents, usagers, 128 (2)</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2016, 128-2, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/mefrim.2801⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01426851v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03156618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La chancellerie consulaire française, XVIe-XXe siècle : attributions, organisation, agents, usagers [avec Arnaud Bartolomei, Fabrice Jesné et Jörg Ulbert]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Bartolomei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Grenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Jesné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jörg Ulbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mélanges de l'École française de Rome – Italie et Méditerranée modernes et contemporaines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1756,77 +1756,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Bartolomei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Grenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Jesné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jörg Ulbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mélanges de l'École française de Rome – Italie et Méditerranée modernes et contemporaines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 128-2, </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2689,165 +2689,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03156900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paiements commerciaux et profits bancaires : les usages de la lettre de change (1780-1820)</w:t>
+                <w:t xml:space="preserve">La publication de l'information commerciale à Marseille et Cadix (1780-1820) : la fin des réseaux marchands ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Bartolomei</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rives Méditérranéennes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2007, 28, pp.111-129</w:t>
+              <w:t xml:space="preserve">, 2007, 27, pp.83-106</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00397213v1</w:t>
+                <w:t xml:space="preserve">halshs-00397207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La publication de l'information commerciale à Marseille et Cadix (1780-1820) : la fin des réseaux marchands ?</w:t>
+                <w:t xml:space="preserve">Paiements commerciaux et profits bancaires : les usages de la lettre de change (1780-1820)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Bartolomei</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rives Méditérranéennes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2007, 27, pp.83-106</w:t>
+              <w:t xml:space="preserve">, 2007, 28, pp.111-129</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00397207v1</w:t>
+                <w:t xml:space="preserve">halshs-00397213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3251,64 +3251,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Bartolomei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Calafat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Grenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jörg Ulbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">École française de Rome; Casa de Velázquez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 978-2-7283-1260-3. </w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
@@ -3437,77 +3437,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La chancellerie consulaire française (XVIe-XXe siècle) : attributions, organisation, agents, usagers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Bartolomei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Grenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Jesné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jörg Ulbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">128 (2), 2016, Mélanges de l'Ecole française de Rome. Italie et Méditerranée modernes et contemporaines</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4971,51 +4971,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05475698v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bartolomei" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catia Brilli" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klemens Kaps" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18716/ojs/jbla.62.2744" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03613012v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mart&#237;n Rodrigo" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Huetz de Lemps" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31009/illesimperis.2021.i23.01" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03612862v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lloret" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mcv.14381" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03613004v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31009/illesimperis.2021.i23.05" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03613082v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pds.6201" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03613036v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/om.211.0037" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03612867v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mcv.14526" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03612820v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu de Oliveira" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Deschanel" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Mollanger" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0007680520000963" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03613023v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Rodrigo y Alharilla" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/om.211.0005" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03129058v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zacarias Moutoukias" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Bleuenn Manac'H" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mart&#237;n Wasserman" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mcv.15623" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01685251v2" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lemercier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viera Rebolledo-Dhuin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Sougy" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/eso.2018.88" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01963188v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu de Olivera" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Eloire" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0395264917000592" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03156618v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mefrim.2801" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-9ZVKQNSF-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03612696v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cdlm.8487" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426851v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Grenet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Jesn&#233;" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;rg Ulbert" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01896155v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03156881v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mefrim.3047" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-BCLM1HCH-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04976770v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/QVUT6485" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01317392v2" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03612740v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cdlm.6380" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03613144v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/liame.250" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01319098v2" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Marzagalli" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eh.066.0007" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03613123v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eh.066.0079" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03613155v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5209/rev_CHMO.2011.38673" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03156661v2" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/HBYX4785" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05036263v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/IFIM7377" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03156900v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mcv.3391" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00397213v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00397207v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04155811v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03971148v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04037671v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu de Olivera" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00397079v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01896173v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Calafat" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/efr/3253?lang=fr" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.efr.3253" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03612993v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/cvz/3904" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.cvz.3904" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01427739v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01529328v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Kaiser" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sibylle Backmann" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Brogini" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annastella Carrino" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01445982v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03156849v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03156871v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.efr.3316" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03156857v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Faraut" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.efr.3284" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03156878v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.efr.3270" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.hal.science/hal-03597152v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/efr/3296" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03156929v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03156816v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03602295v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01683970v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02894291v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01587366v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-04058778v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05475698v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bartolomei" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catia Brilli" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klemens Kaps" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18716/ojs/jbla.62.2744" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03613036v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/om.211.0037" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03613082v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pds.6201" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03613012v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mart&#237;n Rodrigo" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Huetz de Lemps" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31009/illesimperis.2021.i23.01" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03612862v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lloret" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mcv.14381" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03613004v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31009/illesimperis.2021.i23.05" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03612867v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mcv.14526" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03612820v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu de Oliveira" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Deschanel" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Mollanger" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0007680520000963" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03613023v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Rodrigo y Alharilla" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/om.211.0005" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03129058v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zacarias Moutoukias" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Bleuenn Manac'H" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mart&#237;n Wasserman" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mcv.15623" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01685251v2" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lemercier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viera Rebolledo-Dhuin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Sougy" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/eso.2018.88" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01963188v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu de Olivera" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Eloire" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0395264917000592" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426851v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Grenet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Jesn&#233;" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;rg Ulbert" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03612696v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cdlm.8487" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03156618v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mefrim.2801" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-9ZVKQNSF-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01896155v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03156881v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mefrim.3047" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-BCLM1HCH-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04976770v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/QVUT6485" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01317392v2" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03612740v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cdlm.6380" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03613144v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/liame.250" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01319098v2" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Marzagalli" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eh.066.0007" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03613123v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eh.066.0079" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03613155v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5209/rev_CHMO.2011.38673" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03156661v2" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/HBYX4785" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05036263v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.70551/IFIM7377" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03156900v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mcv.3391" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00397207v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00397213v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04155811v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03971148v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04037671v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu de Olivera" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00397079v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01896173v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Calafat" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/efr/3253?lang=fr" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.efr.3253" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03612993v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/cvz/3904" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.cvz.3904" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01427739v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01529328v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Kaiser" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sibylle Backmann" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Brogini" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annastella Carrino" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-01445982v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03156849v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03156871v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.efr.3316" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03156857v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Faraut" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.efr.3284" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03156878v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.efr.3270" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-cotedazur.hal.science/hal-03597152v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/efr/3296" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03156929v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03156816v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03602295v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01683970v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02894291v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01587366v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-04058778v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>