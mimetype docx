--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -106,512 +106,512 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Marquer son territoire. Sceaux et monnaies du roi d’Angleterre dans la Normandie occupée (1417-1449)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Guerre et paix en Champagne. Autour du traité de Troyes. Actes des journées d’étude de Dijon, Chaumont, Épinal et Troyes (2020-2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Snoeck Publishers, pp.220-229, 2024, 978-9-46161-868-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04464371v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Guerre et paix en Champagne à la fin du Moyen Âge. Autour du traité de Troyes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Toureille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Yante</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes des journées d’étude de Dijon, Chaumont, Épinal et Troyes (2020-2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Snoeck Publishers, 2024, 978-9-46161-868-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04460783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...34 lines deleted...]
-              <w:t xml:space="preserve">, Snoeck Publishers, pp.220-229, 2024, 978-9-46161-868-9</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D'Orient en Occident. Les Templiers des origines à la fin du XIIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Josserand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Snoeck Publishers, 2023, 9789461617538</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04140295v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugues de Blois et l’Orient : du comté de Troyes à l’ordre du Temple</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Baudin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">D'Orient en Occident. Les Templiers des origines à la fin du XIIe siècle (Troyes, 3-5 novembre 2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Snoeck Publishers, p. 105-121, 2023, 9789461617538</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04140299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">D'Orient en Occident. Les Templiers des origines à la fin du XIIe siècle</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sceller chez les Prémontrés au temps des premières fondations (1120/30-1180)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Snoeck Publishers, 2023, 9789461617538</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Blanc-Riehl</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actes officiels du 47e colloque du Centre d'Etudes et de Recherches Prémontrées (Laon, 2 octobre 2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre d'études et de recherches prémontrées, p. 71-84, 2022, 0754-3905</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03835674v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les sceaux des collégiales princières (XIIe-XVe siècles)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Chassel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Simonet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les sceaux des collégiales princières (XIIe-XVe siècles)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03840841v1</w:t>
-              </w:r>
-[...80 lines deleted...]
-                <w:t xml:space="preserve">hal-03835674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Administering the County of Champagne in the 13th century: How Seals came to Symbolise the Social and Institutional Status of Local Administrators</w:t>
               </w:r>
@@ -1239,1126 +1239,193 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03834913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (13)</w:t>
-[...931 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’inventaire numérique des sceaux de Champagne-Ardenne : méthode et premiers résultats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Baudin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque de Cérisy "Apposer sa marque : le sceau et son usage autour de l’espace anglo-normand"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2013, Cerisy-la-Salle, France. pp.273-298</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04464377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conserver la mémoire dans la filiation de Clairvaux : usages et pratiques archivistiques dans cinq abbayes de Champagne (XIIe-XVIe siècle)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Baudin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les pratiques de l’écrit dans les abbayes cisterciennes (XIIe-milieu du XVIe s.). Produire, échanger, contrôler, conserver. Actes du colloque international de Troyes et de Clairvaux (28-30 octobre 2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Arnaud Baudin et Laurent Morelle, Oct 2015, Troyes-Abbaye de Clairvaux, France. p. 185-210</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03834395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2368,640 +1435,713 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les sceaux de l’officialité et du chapitre cathédral de Troyes (XIIIe-XVe siècle)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Baudin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sandrine Legendre (dir.), Fasti Ecclesie Gallicanae. Diocèse de Troyes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 23, Brepols, p. 51-75, 2023, 978-2-503-60220-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04085807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un sceau inédit de Jean Coquey, abbé de Morimond (1570)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Baudin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hubert Flammarion et Benoît Rouzeau. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Morimond (1117-2017). Approches pluridisciplinaires d’un réseau monastique. Actes du colloque international des 900 ans de l’abbaye de Morimond (Langres et Chaumont, 31 août-2 septembre 2017)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, PUN-Editions universitaires de Lorraine, p. 243-246, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03840807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le sceau de Thibaud V, comte de Champagne et roi de Navarre : le choix d’une couleur emblématique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Baudin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Claudia Rabel, Laurent Hablot et François Jacquesson. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dans l’Atelier de Michel Pastoureau. Hommages de nombreux amis et collègues</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires François-Rabelais, p. 104-107, 2021, 978-2-86906-788-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03835577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La revendication héraldique du trône de France par les rois d’Angleterre, d’Édouard III à Henri VI (1340-1461)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Baudin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Arnaud Baudin. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Autour du sixième centenaire du traité de Troyes (21 mai 1420)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, t. CXLIVbis, Mémoires de la Société académique de l’Aube, p. 13-24, 2021, 0395-0786</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03834916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une affaire en images. Les sceaux des acteurs du procès des Templiers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Baudin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Arnaud Baudin, Sonia Merli, Mirko Santanicchia. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gli oridini di Terrasanta. Questioni aperte, nuove acquisizioni (secoli XII-XVI). Atti del Convegno internazionale di studi (Perugia, 14-15 novembre 2019)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Fabrizio Fabbri Editore, p. 569-600, 2021, 9788867781669</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03840818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un évêque cistercien du XIIe siècle face à la mort. Le « testament » d’Alain de Flandre, moine de Clairvaux, abbé de Larrivour et évêque d’Auxerre (1182)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Baudin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">José Albuquerque Carreiras, Antonio Valério Maduro e Rui Rasquilho. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cister. II Congresso internacional mosteiros cistercienses (Alcobaça, 6-8 juillet 2018),</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, t. 2 : História, Associação dos Amigos do Mosteiro de Alcobaça, p. 33-51, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03704701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le sceau, miroir de la spiritualité des ordres militaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Baudin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Damien Carraz; Esther Dehoux. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Images et ornements autour des ordres militaires au Moyen Âge. Culture visuelle et culte des saints (France, Espagne du Nord, Italie)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presses universitaires du Midi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.69-82, 2016, Tempus, 978-2-8107-0447-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03703353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sceller à Clairvaux et dans sa filiation champenoise du XIIe au XVe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Baudin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Clairvaux. L’aventure cistercienne. Catalogue d'exposition (Troyes, Hôtel-Dieu-le-Comte, 5 juin-15 novembre 2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Somogy, p. 172-183, 2015, 978-2757209349</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03840801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les sceaux du comte Henri Ier le Libéral : images et usages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Michel Bur, John Frederick Benton Michèle Courtois. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil des actes d'Henri le Libéral, comte de Champagne (1152-1181)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, t. 2, Académie des Inscriptions et belles lettres, p. 79-112, 2013, Chartes et diplômes relatifs à l'Histoire de France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03712453v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les templiers en Champagne. Archives inédites, patrimoines et destins des hommes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3017,792 +2157,1652 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Templiers dans l'Aube</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, La Vie en Champagne, p. 27-69, 2013, 978-2-9546058-0-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03835573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...72 lines deleted...]
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La commanderie du Temple de Fresnoy (Aube)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Gilet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les templiers dans l’Aube</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, La Vie en Champagne, p. 349-362, 2013, 978-2-9546058-0-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03835570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entre Orient et Occident : les relations entre les comtes de Champagne et l’ordre du Temple</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Arnaud Baudin, Ghislain Brunel et Nicolas Dohrmann. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Templiers. De Jérusalem aux commanderies de Champagne. Catalogue d'exposition (Troyes, Hôtel-Dieu-le-Comte, 16 juin-31 octobre 2012)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Somogy, p. 52-59, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03840780v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les sceaux de l’ordre du Temple</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Arnaud Baudin, Ghislain Brunel et Nicolas Dohrmann. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Templiers. De Jérusalem aux commanderies de Champagne. catalogue d'exposition (Troyes, Hôtel-Dieu-le-Comte, 16 juin-31 octobre 2012)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Somogy, p. 162-166, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03840784v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vitry au Moyen Âge à travers quatre chartes des XIIe et XIIIe siècles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Baudin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1861-2011 : conférences à l’occasion du 150e anniversaire de la Société des Sciences et Arts de Vitry-le-François (Vitry-le-François, 2 avril 2011)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société des Sciences et Arts de Vitry-le-François, p. 31-39, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03840792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...145 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des pratiques sigillaires féminines au XIIe siècle : l’exemple de Mathilde de Carinthie et d’Alix de Courtenay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Baudin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jean-Luc Chassel. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les sceaux, sources de l’histoire médiévale en Champagne (Actes des tables rondes de Troyes et de Reims, 2003-2004)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Revue française d'héraldique et de sigillographie, p. 39-43, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03835669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le dernier sceau d’Henri le Libéral et l’apparition des armes de Champagne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Baudin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jean-Luc Chassel. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les sceaux, sources de l’histoire médiévale en Champagne (Actes des tables rondes de Troyes et de Reims, 2003-2004)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Revue française d'héraldique et de sigillographie, p. 111-116, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03835672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Note sur les sceaux d’Anseau de Joinville, sénéchal de Champagne, à partir d’une mention de perte de matrice au début du XIVe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Baudin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jean-Luc Chassel. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les sceaux, sources de l’histoire médiévale en Champagne (Actes des tables rondes de Troyes et de Reims, 2003-2004)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Revue française d'héraldique et de sigillographie, p. 45-47, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03835671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enquête sur le premier sceau de Thibaud IV le Chansonnier (1214-1232)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Baudin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jean-Luc Chassel. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les sceaux, sources de l’histoire médiévale en Champagne (Actes des tables rondes de Troyes et de Reims, 2003-2004)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Revue française d'héraldique et de sigillographie, p. 31-37, 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03835668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la Champagne à la Morée : l'héraldique de la maison de Villehardouin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Baudin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inès Villela-Petit. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1204, la quatrième croisade : de Blois à Constantinople et éclats d'empires (catalogue des expositions du Musée-Château de Blois et du Musée du cabinet des Médailles de la BnF, octobre 2005- janvier 2006)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, t. 73-75, Revue française d'héraldique et de sigillographie, p. 97-112, 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03835666v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (13)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri le Libéral, Nicolas de Montiéramey et le chanoine de Saint-Etienne. falsification et renouvellement du grand sceau du comte de Champagne (1170)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue française d'héraldique et de sigillographie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 93, p. 43-56</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03712452v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Pierre Bureau, « Les Matrices de sceau en ivoire de morse. Histoire symbolique d’un objet d’exception (Xe-XVe siècle) »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue française d’héraldique et de sigillographie - Chronique bibliographique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Chronique bibliographique, 3 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04085806v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Autorité et représentations du pouvoir à Bar-sur-Aube au Moyen Âge. L’exemple des sceaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annales de la Société Historique de Bar-sur-Aube et du pays baralbin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 5, pp.4-23</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04460770v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Neuvième centenaire de l’abbaye de Clairvaux (1115-2015) : un bilan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Comptes-rendus des séances de l'Académie des inscriptions et belles-lettres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Comptes-rendus de l'année 2019, fasc. II, p. 835-847</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03835574v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un privilège d’Alphonse X, roi de Castille, en faveur de Valdefuentes (1254) aux Archives de l’Aube (ancienne collection Chandon de Briailles)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bibliothèque de l'École des chartes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, t. 175, p. 285-310</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03762218v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le grand sceau royal navarrais de Thibaud V de Champagne, instrument de la revendication d’un pouvoir de droit divin (vers 1255-1256)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Cahiers Haut-Marnais</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Études de sigillographie haut-marnaise, A. Baudin (dir.), 294 (2019/3), p. 5-29</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03517636v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les reliques de l’abbaye de Clairvaux, de la Révolution à nos jours. À propos d’un document inédit conservé à l’abbaye de Cîteaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mémoires de la Société académique du département de l'Aube </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, t. CXLIII, p. 133-148</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03712456v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les sceaux des évêques de Troyes au Moyen Âge. Regards sur quelques pratiques diplomatiques et iconographiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mémoires de la Société académique du département de l'Aube </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, t. CXL, p. 453-512</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03704695v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Larrivour, trentième fille de Clairvaux. Origines et constitution du temporel (v. 1137/1140-v. 1235)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mémoires de la Société académique du département de l'Aube </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, t. CXXXIX, p. 441-466</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03834389v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une plaque émaillée aux armes issues de Châtillon (XIIIe-XIVe siècles) trouvée sur le site castral de Villehardouin (Aube)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue française d'héraldique et de sigillographie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, t. 83-85, p. 91-106</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03834391v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sigilli nostri impressione signavimus: images et identités sigillaires des évêques de Châlons du XIe au XVIIIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin des Amis de la Cathédrale de Châlons-en-Champagne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, n° 2, p. 21-28</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03835673v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un officier au service du comte de Champagne : les châtelains de Vitry aux XIe-XIIIe siècles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mémoires de la Société des Sciences et Arts de Vitry-le-François</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, t. 41, p. 183-202</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03834680v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...2 lines deleted...]
-                <w:t xml:space="preserve">hal-03835666v1</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vitry-en-Perthois au Moyen Âge ou la mutation inachevée d'un bourg castral champenois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mémoires de la Société des Sciences et Arts de Vitry-le-François</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, t. 41, p. 5-56</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03762728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (11)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3814,904 +3814,904 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Sceaux français de l’ordre de Prémontré (XIIe-début XVIe siècle)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Revue française d'héraldique et de sigillographie, t. 90-91 (2020-2021), 2021, 1158-3355</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03712090v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Gli ordini di Terrasanta. Questioni aperte, nuove acquisizioni (secoli XII-XVI). Atti del Convegno internazionale di studi (Perugia, 14-15 novembre 2019)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Merli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mirko Santanicchia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Fabrizio Fabbri Editore, 2021, 9788867781669</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mirko Santanicchia</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Fabrizio Fabbri Editore, 2021, 9788867781669</w:t>
+                <w:t xml:space="preserve">hal-03840835v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Autour du sixième centenaire du traité de Troyes (21 mai 1420)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Société académique de l'Aube, CXLIVbis, 2021, 0395-0786</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Sceaux français de l’ordre de Prémontré (XIIe-début XVIe siècle)</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04460796v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Troyes 1420. Un roi pour deux couronnes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Revue française d'héraldique et de sigillographie, t. 90-91 (2020-2021), 2021, 1158-3355</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Toureille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Snoeck Publishers, 2020, 9789461615985</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">Société académique de l'Aube, CXLIVbis, 2021, 0395-0786</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03712092v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Troyes. 1420. Un roi pour deux couronnes. Catalogue d'exposition (Troyes, Hôtel-Dieu-le-Comte, 4 septembre 2020-3 janvier 2021)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Toureille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Snoeck Publishers, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Troyes 1420. Un roi pour deux couronnes</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03712107v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'industrie cistercienne (XIIe-XXIe siècle)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Snoeck Publishers, 2020, 9789461615985</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joséphine Rouillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Rouzeau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Somogy, 2019, 978-2757211359</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Valerie Toureille</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03712316v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les pratiques de l’écrit dans les abbayes cisterciennes (XIIe-milieu du XVIe siècle)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Snoeck Publishers, 2020</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Morelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Somogy, 2016, 978-2-7572-1136-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">L'industrie cistercienne (XIIe-XXIe siècle)</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03712310v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clairvaux. l'aventure cistercienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Paul Benoit</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Dohrmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Joséphine Rouillard</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Veyssière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Somogy, 2015, 978-2757209349</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03712094v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Knights Templar. From the Days of Jerusalem to the Commanderies of Champagne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Somogy, 2019, 978-2757211359</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghislain Brunel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Dohrmann</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Somogy, 2012, 978-2757205419</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Les pratiques de l’écrit dans les abbayes cisterciennes (XIIe-milieu du XVIe siècle)</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03840788v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emblématique et pouvoir en Champagne. Les sceaux des comtes de Champagne et de leur entourage (fin XIe-début XIVe siècle)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Dominique Guéniot, 2012, 2878255054</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03708054v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Templiers. De Jérusalem aux commanderies de Champagne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Somogy, 2016, 978-2-7572-1136-6</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghislain Brunel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Dohrmann</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Somogy, 2012, 978-2757205297</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...175 lines deleted...]
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03840786v1</w:t>
-              </w:r>
-[...148 lines deleted...]
-                <w:t xml:space="preserve">hal-03840788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4967,51 +4967,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460783v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Baudin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Toureille" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Yante" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464371v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140299v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140295v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Josserand" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840841v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Chassel" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Simonet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835674v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Blanc-Riehl" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835568v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712312v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Gr&#233;lois" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840797v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Brunel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dohrmann" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835670v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464395v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466980v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835582v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834904v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834913v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712452v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04085806v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460770v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835574v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03762218v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712456v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03517636v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03704695v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834389v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834391v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835673v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03762728v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834680v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464377v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834395v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04085807v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840807v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835577v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834916v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840818v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03704701v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703353v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pum.univ-tlse2.fr/~Images-et-ornements-autour-des~.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840801v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835573v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712453v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835570v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gilet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840792v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840784v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840780v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835669v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835672v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835671v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835668v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835666v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840835v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Merli" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirko Santanicchia" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712090v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Blanc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460796v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712092v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712107v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712316v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Benoit" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine Rouillard" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Rouzeau" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712310v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Morelle" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712094v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Veyssi&#232;re" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840786v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03708054v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840788v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464365v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464371v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Baudin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460783v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Toureille" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Yante" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140295v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Josserand" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140299v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835674v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Blanc-Riehl" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840841v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Chassel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Simonet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835568v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712312v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Gr&#233;lois" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840797v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Brunel" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dohrmann" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835670v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464395v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04466980v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835582v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834904v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834913v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464377v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834395v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04085807v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840807v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835577v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834916v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840818v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03704701v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703353v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pum.univ-tlse2.fr/~Images-et-ornements-autour-des~.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840801v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712453v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835573v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835570v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gilet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840780v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840784v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840792v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835669v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835672v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835671v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835668v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835666v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712452v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04085806v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460770v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835574v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03762218v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03517636v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712456v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03704695v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834389v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834391v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835673v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834680v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03762728v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712090v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Blanc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840835v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Merli" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirko Santanicchia" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460796v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712092v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712107v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712316v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Benoit" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine Rouillard" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Rouzeau" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712310v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Morelle" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712094v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Veyssi&#232;re" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840788v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03708054v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840786v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464365v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>