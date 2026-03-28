--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -187,494 +187,494 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Learning from the implementation phase of the new French capitation payment model for chronic kidney disease care: a qualitative study</w:t>
+                <w:t xml:space="preserve">Urban food gardening: economic drivers and outcomes. A case study in community and allotment gardens in Rennes, France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Raffray</w:t>
+                <w:t xml:space="preserve">Eugénie Albert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Philippe Glorennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estelle Augé</w:t>
+                <w:t xml:space="preserve">Marion Porcherie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denis Raynaud</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Anne Roué Le Gall</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nephrology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 38 (7), pp.1877-1887. </w:t>
+              <w:t xml:space="preserve">Urban Forestry &amp; Urban Greening</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 114, pp.129135. </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s40620-025-02284-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ufug.2025.129135⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05055879v1</w:t>
+                <w:t xml:space="preserve">hal-05328491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Urban food gardening: economic drivers and outcomes. A case study in community and allotment gardens in Rennes, France</w:t>
+                <w:t xml:space="preserve">Nephrologists’ perception of the French national guidelines in nephrology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eugénie Albert</w:t>
+                <w:t xml:space="preserve">Latame Komla Adoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Glorennec</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Campéon</w:t>
+                <w:t xml:space="preserve">Cécile Vigneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Porcherie</w:t>
+                <w:t xml:space="preserve">Arnaud Campeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Roué Le Gall</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Cécile Couchoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Châtelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Urban Forestry &amp; Urban Greening</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ufug.2025.129135⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15 (1), pp.33580. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-025-18712-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05328491v1</w:t>
+                <w:t xml:space="preserve">hal-05298658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nephrologists’ perception of the French national guidelines in nephrology</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Learning from the implementation phase of the new French capitation payment model for chronic kidney disease care: a qualitative study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Vigneau</w:t>
+                <w:t xml:space="preserve">Maxime Raffray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Campeon</w:t>
+                <w:t xml:space="preserve">Damien Bricard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Couchoud</w:t>
+                <w:t xml:space="preserve">Estelle Augé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Châtelet</w:t>
+                <w:t xml:space="preserve">Denis Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 15 (1), pp.33580. </w:t>
+              <w:t xml:space="preserve">Journal of Nephrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 38 (7), pp.1877-1887. </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-025-18712-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s40620-025-02284-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05298658v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05055879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A convergent mixed methods to study registration on kidney transplantation waiting list refusal by women and men on dialysis in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Latame Komla Adoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Chatelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Couchoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lobbedez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -725,90 +725,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experience of Chronic Kidney Disease and Perceptions of Transplantation by Sex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Latame Komla Adoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Châtelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Couchoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lobbedez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -853,559 +853,559 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04690035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Women’s Access to Kidney Transplantation in France: A Mixed Methods Research Protocol</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The dynamics of the general practitioner-nephrologist collaboration for the management of patients with chronic kidney disease before and after dialysis initiation: a mixed-methods study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Raffray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Vigneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Couchoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Latame Adoli</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Thierry Lobbedez</w:t>
+                <w:t xml:space="preserve">Laetitia Laude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 19 (20), pp.13524. </w:t>
+              <w:t xml:space="preserve">Therapeutic Advances in Chronic Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13, pp.1-14. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/ijerph192013524⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/20406223221108397⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03827461v1</w:t>
+                <w:t xml:space="preserve">hal-03796709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The dynamics of the general practitioner-nephrologist collaboration for the management of patients with chronic kidney disease before and after dialysis initiation: a mixed-methods study</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Women’s Access to Kidney Transplantation in France: A Mixed Methods Research Protocol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Latame Adoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Raffray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Châtelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Vigneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Campéon</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lobbedez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Therapeutic Advances in Chronic Disease</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 13, pp.1-14. </w:t>
+              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 19 (20), pp.13524. </w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/20406223221108397⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/ijerph192013524⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03796709v1</w:t>
+                <w:t xml:space="preserve">hal-03827461v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamiques locales de coordination dans le secteur de la perte d’autonomie : recompositions professionnelles autour de la gestion de cas</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Avant-propos [Le non-recours des personnes âgées aux droits et aux services]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Blanche Le Bihan</w:t>
+                <w:t xml:space="preserve">Mélina Ramos-Gorand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alis Sopadzhiyan</w:t>
+                <w:t xml:space="preserve">Philippe Warin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sciences Sociales et Santé</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 39 (4), pp.5-31. </w:t>
+              <w:t xml:space="preserve">Retraite et société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, N° 87 (3), pp.9-23. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1684/sss.2021.0210⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/rs1.087.0009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03541407v1</w:t>
+                <w:t xml:space="preserve">hal-03827488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Avant-propos [Le non-recours des personnes âgées aux droits et aux services]</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Dynamiques locales de coordination dans le secteur de la perte d’autonomie : recompositions professionnelles autour de la gestion de cas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mélina Ramos-Gorand</w:t>
+                <w:t xml:space="preserve">Blanche Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Warin</w:t>
+                <w:t xml:space="preserve">Alis Sopadzhiyan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Retraite et société</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, N° 87 (3), pp.9-23. </w:t>
+              <w:t xml:space="preserve">Sciences Sociales et Santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 39 (4), pp.5-31. </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/rs1.087.0009⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1684/sss.2021.0210⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03827488v1</w:t>
+                <w:t xml:space="preserve">hal-03541407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entretien avec Bertrand Fragonard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélina Ramos-Gorand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Warin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Retraite et société</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 3 (87), pp.141-152. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1433,792 +1433,792 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03525193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les ressorts sociaux de l’isolement et de la solitude au grand âge</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Aider un proche âgé à domicile - Résultats des post-enquêtes qualitatives CARE-Ménages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maks Banens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Caradec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Charlap</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Sébastien Eideliman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Observatoire (Liège)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 104</w:t>
+              <w:t xml:space="preserve">Les Dossiers de la DREES</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 64, 50 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04002700v1</w:t>
+                <w:t xml:space="preserve">hal-03910037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aider un proche âgé à domicile - Résultats des post-enquêtes qualitatives CARE-Ménages</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">« Le moindre grain de sel, et c’est la pagaille » : retour sur la condition des proches aidants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blanche Le Bihan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Mallon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Robineau-Fauchon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Dossiers de la DREES</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Gérontologie et Société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 42 (161), pp.13. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/gs1.161.0013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03910037v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02518839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Le moindre grain de sel, et c’est la pagaille » : retour sur la condition des proches aidants</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Les ressorts sociaux de l’isolement et de la solitude au grand âge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Robineau-Fauchon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gérontologie et Société</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">L'Observatoire (Liège)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 104</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/gs1.161.0013⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02518839v1</w:t>
+                <w:t xml:space="preserve">hal-04002700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Concilier vie familiale et vie professionnelle : un enjeu majeur de l’accompagnement des proches en perte d’autonomie</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">The Pre-Dialysis Care Trajectory of Chronic Kidney Disease Patients and the Start of Dialysis in Emergency: A Mixed Method Study Protocol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Raffray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sahar Bayat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Laude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Vigneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actualité et dossier en santé publique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 16 (24), pp.5010. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijerph16245010⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02581022v1</w:t>
+                <w:t xml:space="preserve">hal-02440742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Pre-Dialysis Care Trajectory of Chronic Kidney Disease Patients and the Start of Dialysis in Emergency: A Mixed Method Study Protocol</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">L’envers du vieillissement « réussi » : de la solitude au suicide des personnes âgées en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cécile Vigneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Rhizome</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 74, pp.3-4. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rhiz.074.0003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/ijerph16245010⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02440742v1</w:t>
+                <w:t xml:space="preserve">hal-02518857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’envers du vieillissement « réussi » : de la solitude au suicide des personnes âgées en France</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Concilier vie familiale et vie professionnelle : un enjeu majeur de l’accompagnement des proches en perte d’autonomie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blanche Le Bihan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rhizome</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Actualité et dossier en santé publique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 109, pp. 43-44</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/rhiz.074.0003⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02518857v1</w:t>
+                <w:t xml:space="preserve">hal-02581022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enjeux et sens de la participation sociale dans les politiques de la vieillesse</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Promouvoir la participation sociale des personnes âgées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soleymani Dadmar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Berrut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La santé en action</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 443</w:t>
+              <w:t xml:space="preserve">, 2018, 443, 52 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02066320v1</w:t>
+                <w:t xml:space="preserve">hal-02066306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Promouvoir la participation sociale des personnes âgées</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Enjeux et sens de la participation sociale dans les politiques de la vieillesse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La santé en action</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 443, 52 p</w:t>
+              <w:t xml:space="preserve">, 2018, 443</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02066306v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02066320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Implementation of an Occupational Therapy Program for Alzheimer's Disease Patients in France Patients' and Caregivers' Perspectives</w:t>
               </w:r>
@@ -2230,51 +2230,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Corvol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alix Netter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Somme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2321,51 +2321,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alzheimer's caregivers and the use of respite services</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Rothé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2406,438 +2406,438 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02440803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quel rôle pour les aidants familiaux de personnes âgées en perte d’autonomie ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">Quelles solutions pour l’intégration des systèmes de Long Term Care au niveau européen ? Le projet POLIA INLOVE - une comparaison France, Suède, Royaume-Uni</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alis Sopadzhiyan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blanche Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léonie Hénaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Aline Bloch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Soins</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Newsletter Recherche sur le vieillissement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 7, pp. 4-5</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02440810v1</w:t>
+                <w:t xml:space="preserve">hal-02612968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelles solutions pour l’intégration des systèmes de Long Term Care au niveau européen ? Le projet POLIA INLOVE - une comparaison France, Suède, Royaume-Uni</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Avant-propos. Vieillesses isolées, vieillesses esseulées ? Regards sur l’isolement et la solitude des personnes âgées.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marie-Aline Bloch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Newsletter Recherche sur le vieillissement</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Gérontologie et Société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 38 (149), pp. 11-23. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/gs1.149.0011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02612968v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01707934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Avant-propos. Vieillesses isolées, vieillesses esseulées ? Regards sur l’isolement et la solitude des personnes âgées.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Le développement des dispositifs d’aide aux aidants : une démarche d’investissement social ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blanche Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gérontologie et Société</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 38 (149), pp. 11-23. </w:t>
+              <w:t xml:space="preserve">Informations sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, n° 192 (1), pp.88-97. </w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/gs1.149.0011⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/inso.192.0088⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01707934v1</w:t>
+                <w:t xml:space="preserve">hal-02441925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le développement des dispositifs d’aide aux aidants : une démarche d’investissement social ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Quel rôle pour les aidants familiaux de personnes âgées en perte d’autonomie ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blanche Le Bihan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Blanche Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Informations sociales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, n° 192 (1), pp.88-97. </w:t>
+              <w:t xml:space="preserve">Soins</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 61 (803), pp.34-36. </w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/inso.192.0088⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.soin.2016.01.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02441925v1</w:t>
+                <w:t xml:space="preserve">hal-02440810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solitudes en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Informations sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 188, pp.20-26. </w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2884,51 +2884,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qualitative Evaluation Of A Specialized Alzheimer Team's Intervention In 2013</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Netter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Corvol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2988,51 +2988,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les mondes ordinaires de la précarité et de la solitude au grand âge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Retraite et société</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Pauvreté et vieillissement : le choix complexe des critères d’évaluation, 70, pp.83-104. </w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3066,51 +3066,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trajectoires de solitude au grand âge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Revue francophone de gériatrie et de gérontologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 21, pp.344-350</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3135,77 +3135,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vieillir avec la maladie d’Alzheimer et contre elle. Fuites, résistances, appropriations.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blanche Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Mallon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Émulations : Revue de sciences sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 13, pp.13-27. </w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3239,64 +3239,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des travailleurs &amp;quot;sous pression&amp;quot; : logiques d'engagements et pratiques du care auprès de proches âgés en situation de dépendance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blanche Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gérontologie et Société</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 145, pp.103-117. </w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3324,753 +3324,753 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02393774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Se suicider au grand âge : l'ultime recours à une vieillesse déchue ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">La prise en charge des personnes âgées dépendantes en Europe : le vécu des aidants familiaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blanche Le Bihan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">¿ Interrogations ? Revue pluridisciplinaire de sciences humaines et sociales</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Vie sociale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 4 (4), pp.111. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/vsoc.124.0111⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00773603v1</w:t>
+                <w:t xml:space="preserve">hal-02518392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La prise en charge des personnes âgées dépendantes en Europe : le vécu des aidants familiaux</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Formes et effets de la pluridisciplinarité dans le diagnostic et la prise en charge de la maladie d'Alzheimer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blanche Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Claude Martin</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Mallon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vie sociale</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Gérontologie et Société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 142, pp.129-141. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/gs.142.0129⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/vsoc.124.0111⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02518392v1</w:t>
+                <w:t xml:space="preserve">halshs-00961633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formes et effets de la pluridisciplinarité dans le diagnostic et la prise en charge de la maladie d'Alzheimer</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Les aidants informels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Aline Bloch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Barreyre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Belzile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Couturier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gérontologie et Société</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Vie sociale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 4, pp.7-200</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/gs.142.0129⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">halshs-00961633v1</w:t>
+                <w:t xml:space="preserve">hal-02393841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les aidants informels</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Se suicider au grand âge : l'ultime recours à une vieillesse déchue ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vie sociale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 4, pp.7-200</w:t>
+              <w:t xml:space="preserve">¿ Interrogations ? Revue pluridisciplinaire de sciences humaines et sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Le suicide, 14, pp.25-41</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02393841v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00773603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment les pays européens prennent en charge la dépendance ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">Dépendance des personnes âgées : expériences rennaises</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle de Boismenu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Campéon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blanche Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Place publique (Rennes)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 13, pp.12-17</w:t>
+              <w:t xml:space="preserve">Place publique : Nantes / Saint Nazaire : la revue urbaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 13, 160p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00773614v1</w:t>
+                <w:t xml:space="preserve">hal-02393918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dépendance des personnes âgées : expériences rennaises</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Vieillesses ordinaires. Vieillesses ordinaires en solitudes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Claude Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Place publique : Nantes / Saint Nazaire : la revue urbaine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Gérontologie et Société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 138, pp.217-229. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/gs.138.0217⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02393918v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02393892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vieillesses ordinaires. Vieillesses ordinaires en solitudes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Comment les pays européens prennent en charge la dépendance ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blanche Le Bihan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gérontologie et Société</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Place publique (Rennes)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 13, pp.12-17</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/gs.138.0217⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02393892v1</w:t>
+                <w:t xml:space="preserve">halshs-00773614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évolution de l'environnement de travail et usure mentale en milieu agricole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Batt-Moillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Santé Publique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 20 (hs), pp.109-119. </w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4143,51 +4143,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Leguay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lecorps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Emc Psychiatrie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 4 (3), pp.1-24. </w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4234,51 +4234,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les plans d'aide associés à l'Allocation personnalisée d'autonomie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blanche Le Bihan-Youinou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Etudes et Résultats Drees</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 461, 12p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4297,269 +4297,269 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00157550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Définition d'une offre de garde face aux horaires atypiques et flexibles : Leçons de quelques expérimentations</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId104" w:history="1">
+                <w:t xml:space="preserve">Expérimentation d’une offre de garde face aux horaires de travail atypiques et flexibles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Campéon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blanche Le Bihan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Campéon</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Gardin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherches et prévisions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, 80, p. 11-26</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2005, 80 (1), pp.25-40. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/caf.2005.2142⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00155864v1</w:t>
+                <w:t xml:space="preserve">hal-02519156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expérimentation d’une offre de garde face aux horaires de travail atypiques et flexibles</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Définition d'une offre de garde face aux horaires atypiques et flexibles : Leçons de quelques expérimentations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blanche Le Bihan-Youinou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Gardin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherches et prévisions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, 80 (1), pp.25-40. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2005, 80, p. 11-26</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3406/caf.2005.2142⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02519156v1</w:t>
+                <w:t xml:space="preserve">halshs-00155864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De l’histoire de la prévention du suicide en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actualité et dossier en santé publique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 45, pp.35-38</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4616,103 +4616,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">#989 Fund and incentivize multidisciplinary CKD care: what can we learn from the French CKD bundled payment program?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Raffray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Vigneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Couchoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Couchoud</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Estelle Augé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Bricard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">61st ERA Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Renal Association (ERA), May 2024, Stockholm, Sweden. </w:t>
@@ -4750,103 +4750,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The care trajectories leading to emergency dialysis start: a qualitative study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Raffray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Vigneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Laude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sahar Bayat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16th European Public Health Conference 2023 Our Food, Our Health, Our Earth: A Sustainable Future for Humanity 8–11 November 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, Dublin, Ireland. </w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4880,103 +4880,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The care trajectory leading to emergency dialysis start: crossing patients', general practitioners' and nephrologists' perspectives [communication #4446]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Raffray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Vigneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Laude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sahar Bayat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">60th ERA Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Renal Association, Jun 2023, Milan (Italie), Italy. </w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5010,103 +5010,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les façonnements des parcours de soins menant au démarrage de la dialyse en urgence : croisement des points de vue de médecins généralistes, néphrologues et patients</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Raffray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sahar Bayat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Laude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Vigneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès SFNDT 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SFNDT, Oct 2024, Rennes, France. pp.457, </w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5140,103 +5140,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The dynamics of the collaboration between general practitioner and nephrologist duringpre-dialysis care: a mixed method study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Raffray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Vigneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Couchoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Laude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">58th ERA-EDTA Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ERA European Renal Association (ERA), Jun 2021, Berlin, Germany. </w:t>
@@ -5274,103 +5274,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les dynamiques de collaboration entre les médecins généralistes et les néphrologues pré- et post-dialyse en France : étude par méthodes mixtes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Raffray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sahar Bayat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Couchoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Laude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès SFNDT 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SFNDT, Oct 2021, Toulouse, France. pp.275, </w:t>
@@ -5408,77 +5408,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Care management activities and integration policies in France: the weight of pre-existing dynamics and local negotiations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alis Sopadzhiyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blanche Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th Transforming Care Conference "Changing priorities: The making of care policy and practices"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Professor Tine Rostgaard, VIVE – Danish Center for Social Science Research, DK Professor Costanzo Ranci, Social Policy Lab, Polytechnic of Milan, IT, Jun 2019, Copenhague, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5503,64 +5503,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse compréhensive de l’intensité de l’aide : des configurations au sens de l’aide (projet ANALISE)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blanche Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire CoRHASI et POSSIP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, EHESP. Collectif de recherche sur le handicap, l'autonomie, société inclusive (CoRHASI) et Equipe "Politiques sociales et de santé. Inégalités et Populations" (POSSIP), Nov 2018, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5579,316 +5579,316 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02908291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maladie d’Alzheimer et trajectoires : les logiques de confrontation entre savoirs professionnels et savoirs profanes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Les ressorts d’un processus local d’« intégration » – Compositions et recompositions institutionnelles et professionnelles dans le secteur de la prise en charge des personnes âgées en perte d’autonomie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alis Sopadzhiyan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blanche Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Maladie d’Alzheimer</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Vannes, Jun 2017, Vannes, France</w:t>
+              <w:t xml:space="preserve">Congrès de l’Association française de sociologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, RT7 « Vieillesses, vieillissement, parcours de vie» - Réseau de l'Association Française de Sociologie, Jul 2017, Amiens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02908279v1</w:t>
+                <w:t xml:space="preserve">hal-02900548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les ressorts d’un processus local d’« intégration » – Compositions et recompositions institutionnelles et professionnelles dans le secteur de la prise en charge des personnes âgées en perte d’autonomie</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Les temporalités des recours aux services (soins et accompagnement médicosocial) au cours du vieillissement : au croisement des trajectoires de vieilles personnes et des parcours de leurs proches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blanche Le Bihan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Le Borgne-Uguen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès de l’Association française de sociologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, RT7 « Vieillesses, vieillissement, parcours de vie» - Réseau de l'Association Française de Sociologie, Jul 2017, Amiens, France</w:t>
+              <w:t xml:space="preserve">1er séminaire du pôle Santé &amp; Société "Construction de la santé au fil des parcours de vie : des logiques plurielles de recours aux dispositifs publics"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Maison des sciences de l'Homme en Bretagne (MSHB), Jun 2017, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02900548v1</w:t>
+                <w:t xml:space="preserve">hal-02908451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les temporalités des recours aux services (soins et accompagnement médicosocial) au cours du vieillissement : au croisement des trajectoires de vieilles personnes et des parcours de leurs proches</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Maladie d’Alzheimer et trajectoires : les logiques de confrontation entre savoirs professionnels et savoirs profanes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Françoise Le Borgne-Uguen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1er séminaire du pôle Santé &amp; Société "Construction de la santé au fil des parcours de vie : des logiques plurielles de recours aux dispositifs publics"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Maison des sciences de l'Homme en Bretagne (MSHB), Jun 2017, Rennes, France</w:t>
+              <w:t xml:space="preserve">Maladie d’Alzheimer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Vannes, Jun 2017, Vannes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02908451v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02908279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vieillir au grand âge. Approche sociologique du vieillissement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque « Encore vivant, en-corps parlant. Clinique du sujete âgé en institution »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Rennes 2. Composante « Recherches en psychopathologie : Champs et pratiques spécifiques », EA4050 et les étudiants de Master 2 « Pratiques Cliniques en milieu médical », May 2016, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5913,51 +5913,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Se suicider au grand âge : l’ultime recours à une vieillesse déchue ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire « Penser les vieillesses : grandes décisions et petits arrangements avec le temps »,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Centre de Diffusion de la Culture Sanitaire – CDCS asbl, May 2016, Bruxelles, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5976,523 +5976,523 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02861615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modes de recours aux dispositifs de répit par les aidants familiaux de proches atteints de la maladie d'Alzheimer.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Expériences et usages des dispositifs de répit par les proches de malades atteints de la maladie d’Alzheimer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Rothé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alis Sopadzhiyan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6ème congrès de l'Association française de sociologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association française de sociologie, Jun 2015, Versailles, France</w:t>
+              <w:t xml:space="preserve">"Les mardis en concours"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01330931v1</w:t>
+                <w:t xml:space="preserve">halshs-01147051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expériences et usages des dispositifs de répit par les proches de malades atteints de la maladie d’Alzheimer</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Que re-connaissons-nous des aidants ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alis Sopadzhiyan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Les mardis en concours"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Rennes, France</w:t>
+              <w:t xml:space="preserve">La biennale des aidants "La reconnaissance dans tous ses états"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association française des aidants, Dec 2015, Paris, France. pp.12-13</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01147051v1</w:t>
+                <w:t xml:space="preserve">halshs-01330893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Que re-connaissons-nous des aidants ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Être aidant: Quelles solutions de répit ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La biennale des aidants "La reconnaissance dans tous ses états"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association française des aidants, Dec 2015, Paris, France. pp.12-13</w:t>
+              <w:t xml:space="preserve">Semaine Bleue à Saint-Jouan-des-Guérets</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CLIC de la Côte d’Émeraude, Oct 2015, Saint-Jouan-des-Guérets, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01330893v1</w:t>
+                <w:t xml:space="preserve">halshs-01330953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Être aidant: Quelles solutions de répit ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">La santé des aidants, Parlons-en !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Semaine Bleue à Saint-Jouan-des-Guérets</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CLIC de la Côte d’Émeraude, Oct 2015, Saint-Jouan-des-Guérets, France</w:t>
+              <w:t xml:space="preserve">La santé des aidants, Parlons-en ! </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mutualité Française d’Ille et Vilaine; Clic Alli’Age, Nov 2015, Acigné, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01330953v1</w:t>
+                <w:t xml:space="preserve">halshs-01330943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La santé des aidants, Parlons-en !</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Modes de recours aux dispositifs de répit par les aidants familiaux de proches atteints de la maladie d'Alzheimer.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Rothé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La santé des aidants, Parlons-en ! </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mutualité Française d’Ille et Vilaine; Clic Alli’Age, Nov 2015, Acigné, France</w:t>
+              <w:t xml:space="preserve">6ème congrès de l'Association française de sociologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association française de sociologie, Jun 2015, Versailles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01330943v1</w:t>
+                <w:t xml:space="preserve">halshs-01330931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Renforcer l’attractivité des dispositifs de répit au service du parcours des aidants</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Les modes de recours aux dispositifs de répit.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Rothé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plateformes d’accompagnement et de répit : premiers retours d’expériences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Caisse nationale de solidarité pour l’autonomie, Jan 2014, Paris, France</w:t>
+              <w:t xml:space="preserve">3ème journée d’étude organisée par les 10 accueils de jour du territoire de Rennes Métropole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2014, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01148464v1</w:t>
+                <w:t xml:space="preserve">halshs-01148430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quels répits pour les aidants ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Rothé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6530,51 +6530,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trajectoires de solitude au grand âge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13ème Congrès National des Professionnels de la Gériatrie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6593,575 +6593,575 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01147873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les modes de recours aux dispositifs de répit.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Vieillir au grand âge.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Céline Rothé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3ème journée d’étude organisée par les 10 accueils de jour du territoire de Rennes Métropole</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2014, Rennes, France</w:t>
+              <w:t xml:space="preserve">"Vieillir" : un sujet tabou ? Des regards croisés pour des</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Rennes 2, May 2014, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01148430v1</w:t>
+                <w:t xml:space="preserve">halshs-01147880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vieillir au grand âge.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Les aidants familiaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blanche Le Bihan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Vieillir" : un sujet tabou ? Des regards croisés pour des</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Rennes 2, May 2014, Rennes, France</w:t>
+              <w:t xml:space="preserve">intervention dans le cadre de la Société Bretonne de Gériatrie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Bretonne de Gériatrie, Feb 2014, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01147880v1</w:t>
+                <w:t xml:space="preserve">halshs-01148441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les aidants familiaux</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">La maladie d’Alzheimer : une expérience socialisatrice pour les malades et leurs proches aidants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blanche Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Mallon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">intervention dans le cadre de la Société Bretonne de Gériatrie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Bretonne de Gériatrie, Feb 2014, Rennes, France</w:t>
+              <w:t xml:space="preserve">Sociétés et Vieillissements Connaissances et perspectives en sociologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire d’Etudes et de Recherche en Sociologie, Sep 2014, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01148441v1</w:t>
+                <w:t xml:space="preserve">halshs-01147871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La maladie d’Alzheimer : une expérience socialisatrice pour les malades et leurs proches aidants</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Les solidarités familiales jusqu’à la fin de la vie.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Mallon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sociétés et Vieillissements Connaissances et perspectives en sociologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Laboratoire d’Etudes et de Recherche en Sociologie, Sep 2014, Brest, France</w:t>
+              <w:t xml:space="preserve">Liberté, parentalité, vulnérabilité Avons-nous toujours besoin de père et de mère?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association Parentel- Unité de Recherche et de Formation sur la Parentalité et le lien familial, Jun 2014, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01147871v1</w:t>
+                <w:t xml:space="preserve">halshs-01147874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les solidarités familiales jusqu’à la fin de la vie.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Support for parenting in action in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Keppens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Rothé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Liberté, parentalité, vulnérabilité Avons-nous toujours besoin de père et de mère?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association Parentel- Unité de Recherche et de Formation sur la Parentalité et le lien familial, Jun 2014, Brest, France</w:t>
+              <w:t xml:space="preserve">Analyser et comprendre les politiques de soutien à la parentalité en France et ailleurs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Maison des sciences sociales du handicap, Mar 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01147874v1</w:t>
+                <w:t xml:space="preserve">halshs-01148413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Support for parenting in action in France</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Renforcer l’attractivité des dispositifs de répit au service du parcours des aidants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blanche Le Bihan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Céline Rothé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analyser et comprendre les politiques de soutien à la parentalité en France et ailleurs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Maison des sciences sociales du handicap, Mar 2014, Paris, France</w:t>
+              <w:t xml:space="preserve">Plateformes d’accompagnement et de répit : premiers retours d’expériences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Caisse nationale de solidarité pour l’autonomie, Jan 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01148413v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01148464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vieillir avec la maladie d'Alzheimer et contre elle : fuites, résistances, appropriations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blanche Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Mallon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5ème congrès de l'Association Française de Sociologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2013, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7180,1011 +7180,1063 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00978563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vulnérabilités au grand âge</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Vulnérabilités au grand âge : des trajectoires négociées entre patients, familles, professionnels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blanche Le Bihan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Mallon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international de l’ANR « Les jeunes vulnérables face au système d’aide sociale (politiques publiques, pratiques professionnelles et trajectoires de jeunes) »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2012, Rennes, France</w:t>
+              <w:t xml:space="preserve">Parcours de vulnérabilité au grand âge : pratiques sociales et régulations juridiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2012, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02518466v1</w:t>
+                <w:t xml:space="preserve">halshs-00978503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La gestion de l'incertitude dans la maladie d'Alzheimer : une confrontation des positionnements et des logiques des individus engagés dans la trajectoire de maladie</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">La vision des usagers des Centres Mémoires Ressources et Recherche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blanche Le Bihan</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Mallon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIX° Congrès international des Sociologues de Langue Française " Penser l'incertain "</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2012, Rabat, Maroc</w:t>
+              <w:t xml:space="preserve">5ième Journées Nationales des Equipes Pluridisciplinaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00793529v1</w:t>
+                <w:t xml:space="preserve">halshs-00801215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La vision des usagers des Centres Mémoires Ressources et Recherche</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Threat, impact and integration of crisis in situation of Alzheimer disease. A qualitative analysis of care trajectories and arrangements of patients suffering from AD</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blanche Le Bihan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Mallon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5ième Journées Nationales des Equipes Pluridisciplinaires</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2012, Rennes, France</w:t>
+              <w:t xml:space="preserve">the 12th EASA (European Association of Social Anthropologists) Biennial Conference, Uncertainty and Disquiet</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Nanterre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00801215v1</w:t>
+                <w:t xml:space="preserve">halshs-00793511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vulnérabilités au grand âge : des trajectoires négociées entre patients, familles, professionnels</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Accepter, refuser, adapter la médicalisation des trajectoires de maladie d'Alzheimer : des négociations entre patients, familles et médecins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blanche Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Mallon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parcours de vulnérabilité au grand âge : pratiques sociales et régulations juridiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2012, Brest, France</w:t>
+              <w:t xml:space="preserve">Vieillir entre médicalisation et démédicalisation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2012, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00978503v1</w:t>
+                <w:t xml:space="preserve">halshs-00978516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Threat, impact and integration of crisis in situation of Alzheimer disease. A qualitative analysis of care trajectories and arrangements of patients suffering from AD</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Les négociations de l'autonomie des personnes atteintes de maladie d'Alzheimer entre patients, familles et professionnels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blanche Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Mallon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">the 12th EASA (European Association of Social Anthropologists) Biennial Conference, Uncertainty and Disquiet</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2012, Nanterre, France</w:t>
+              <w:t xml:space="preserve">Le droit de vieillir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2012, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00793511v1</w:t>
+                <w:t xml:space="preserve">halshs-00978483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accepter, refuser, adapter la médicalisation des trajectoires de maladie d'Alzheimer : des négociations entre patients, familles et médecins</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Des vieillesses en solitude : analyse et compréhension de la solitude au grand âge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Mallon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vieillir entre médicalisation et démédicalisation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2012, Rennes, France</w:t>
+              <w:t xml:space="preserve">Séminaire de recherche sur " Les solitudes contemporaines "</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00978516v1</w:t>
+                <w:t xml:space="preserve">halshs-00801211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les négociations de l'autonomie des personnes atteintes de maladie d'Alzheimer entre patients, familles et professionnels</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Trajectoires de patients atteints de la maladie d'Alzheimer : regards croisés sur trois centres mémoires ressource et recherche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blanche Le Bihan</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Mallon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le droit de vieillir</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2012, Dijon, France</w:t>
+              <w:t xml:space="preserve">séminaire du lundi, Ecole des Hautes Etudes en Santé Publique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2012, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00978483v1</w:t>
+                <w:t xml:space="preserve">halshs-00801227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des vieillesses en solitude : analyse et compréhension de la solitude au grand âge</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Vulnérabilités au grand âge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blanche Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire de recherche sur " Les solitudes contemporaines "</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2012, Paris, France</w:t>
+              <w:t xml:space="preserve">Colloque international de l’ANR « Les jeunes vulnérables face au système d’aide sociale (politiques publiques, pratiques professionnelles et trajectoires de jeunes) »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2012, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00801211v1</w:t>
+                <w:t xml:space="preserve">hal-02518466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trajectoires de patients atteints de la maladie d'Alzheimer : regards croisés sur trois centres mémoires ressource et recherche</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">La gestion de l'incertitude dans la maladie d'Alzheimer : une confrontation des positionnements et des logiques des individus engagés dans la trajectoire de maladie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blanche Le Bihan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Mallon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">séminaire du lundi, Ecole des Hautes Etudes en Santé Publique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2012, Rennes, France</w:t>
+              <w:t xml:space="preserve">XIX° Congrès international des Sociologues de Langue Française " Penser l'incertain "</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Rabat, Maroc</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00801227v1</w:t>
+                <w:t xml:space="preserve">halshs-00793529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les femmes âgées en situation de pauvreté</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Les trajectoires de maladie d'Alzheimer : des parcours de vulnérabilité négociés entre patients, famille et monde médical</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blanche Le Bihan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Mallon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1ière Journée d’études sur le vieillissement- Maison des Sciences de l’Homme en Bretagne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2011, Rennes, France</w:t>
+              <w:t xml:space="preserve">Un siècle de santé sociale : formes et traitements des vulnérabilités (1880-2010)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2011, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02518780v1</w:t>
+                <w:t xml:space="preserve">halshs-00978466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des représentations sociales au vécu de la maladie d’Alzheimer</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Quelles prises en charge des troubles de la mémoire ? Inventions locales et structurations nationales. Analyse de 3 Centres de mémoire ressources et recherche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blanche Le Bihan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Mallon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence organisée par la Clinique St Augustine pour la journée Mondiale de la maladie d’Alzheimer</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2011, Malestroit, France</w:t>
+              <w:t xml:space="preserve">4ème congrès de l'Association Française de Sociologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2011, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02518755v1</w:t>
+                <w:t xml:space="preserve">halshs-00974986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vieux ou malades ? La mobilisation de l'âge dans la définition des trajectoires de maladie d'Alzheimer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blanche Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Mallon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4ème congrès de l'Association Française de Sociologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2011, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8203,532 +8255,480 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00974983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelles prises en charge des troubles de la mémoire ? Inventions locales et structurations nationales. Analyse de 3 Centres de mémoire ressources et recherche</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Les trajectoires de maladie d'Alzheimer : des parcours de vulnérabilités négociés entre patients, famille et monde médical</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Mallon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blanche Le Bihan</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Mallon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4ème congrès de l'Association Française de Sociologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2011, Grenoble, France</w:t>
+              <w:t xml:space="preserve">Un siècle de santé sociale : formes et traitements des vulnérabilités (1880-2010)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2011, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00974986v1</w:t>
+                <w:t xml:space="preserve">halshs-00793555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les trajectoires de maladie d'Alzheimer : des parcours de vulnérabilité négociés entre patients, famille et monde médical</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Quelle prise en charge des troubles de la mémoire ? Inventions locales et structuration nationale. Analyse de trois Centres mémoire de ressources et de recherche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blanche Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Mallon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Un siècle de santé sociale : formes et traitements des vulnérabilités (1880-2010)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2011, Lyon, France</w:t>
+              <w:t xml:space="preserve">IVe congrès de l’Association Française de Sociologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2011, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00978466v1</w:t>
+                <w:t xml:space="preserve">hal-02518772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les trajectoires de maladie d'Alzheimer : des parcours de vulnérabilités négociés entre patients, famille et monde médical</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Quelles représentations de la maladie, des malades et des aidants à travers les discours autour « d’Alzheimer » ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Blanche Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Un siècle de santé sociale : formes et traitements des vulnérabilités (1880-2010)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2011, Lyon, France</w:t>
+              <w:t xml:space="preserve">Conférence organisée par l’Institut Régional du Travail Socia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2011, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00793555v1</w:t>
+                <w:t xml:space="preserve">hal-02518484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelle prise en charge des troubles de la mémoire ? Inventions locales et structuration nationale. Analyse de trois Centres mémoire de ressources et de recherche</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Les femmes âgées en situation de pauvreté</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Mallon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IVe congrès de l’Association Française de Sociologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2011, Grenoble, France</w:t>
+              <w:t xml:space="preserve">1ière Journée d’études sur le vieillissement- Maison des Sciences de l’Homme en Bretagne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2011, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02518772v1</w:t>
+                <w:t xml:space="preserve">hal-02518780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelles représentations de la maladie, des malades et des aidants à travers les discours autour « d’Alzheimer » ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Des représentations sociales au vécu de la maladie d’Alzheimer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence organisée par l’Institut Régional du Travail Socia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2011, Rennes, France</w:t>
+              <w:t xml:space="preserve">Conférence organisée par la Clinique St Augustine pour la journée Mondiale de la maladie d’Alzheimer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Malestroit, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02518484v1</w:t>
+                <w:t xml:space="preserve">hal-02518755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structurations locales du diagnostic et de la prise en charge des troubles de la mémoire : un exemple à partir de 3 CMRR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blanche Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Mallon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12ème congrès national des ORS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2010, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8753,51 +8753,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’expérience de la solitude chez les personnes âgées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">III congrès de l’Association Française de Sociologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2009, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8822,51 +8822,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Processus de précarisation : une mise à l’épreuve de soi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée Nationale de Prévention du Suicide: «Suicide et précarité »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2009, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8917,511 +8917,511 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perception des néphrologues sur les recommandations de la Haute Autorité de Santé : une étude qualitative.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">P1-7 - Vécu des femmes et des hommes en dialyse vis-à-vis de la maladie rénale chronique et leur perception de la greffe rénale : une étude qualitative (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Latame Komla Adoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Couchoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Vigneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Châtelet</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">T. Lobbedez</w:t>
+                <w:t xml:space="preserve">Florian Bayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9e congrès de la SFNDT</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1684/ndt.2024.90⟩</w:t>
+              <w:t xml:space="preserve">Xème Congrès International Francophone Épidémiologie et Santé publique « Les nouvelles transitions épidémiologiques »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Limoges, France. , Journal of Epidemiology and Population Health, Volume 72, Supplement 3, July 2024, 202611, 72, pp.202651, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jeph.2024.202651⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04951983v1</w:t>
+                <w:t xml:space="preserve">hal-04782742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P1-7 - Vécu des femmes et des hommes en dialyse vis-à-vis de la maladie rénale chronique et leur perception de la greffe rénale : une étude qualitative (France)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Etude du refus d’inscription sur la liste d’attente de greffe rénale par les patients dialysés en France : une approche méthodologique mixte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Latame Komla Adoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Cécile Vigneau</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Châtelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Daugas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florian Bayer</w:t>
+                <w:t xml:space="preserve">T. Lobbedez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Xème Congrès International Francophone Épidémiologie et Santé publique « Les nouvelles transitions épidémiologiques »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2024, Limoges, France. , Journal of Epidemiology and Population Health, Volume 72, Supplement 3, July 2024, 202611, 72, pp.202651, 2024, </w:t>
+              <w:t xml:space="preserve">9e congrès de la SFNDT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Bordeaux, France. , Néphrologie &amp; Thérapeutique., 20 (5), pp.337-377, 2024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jeph.2024.202651⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1684/ndt.2024.89⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04782742v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04952001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude du refus d’inscription sur la liste d’attente de greffe rénale par les patients dialysés en France : une approche méthodologique mixte</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Perception des néphrologues sur les recommandations de la Haute Autorité de Santé : une étude qualitative.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Latame Komla Adoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Châtelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Daugas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Lobbedez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9e congrès de la SFNDT</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Oct 2024, Bordeaux, France. , Néphrologie &amp; Thérapeutique., 20 (5), pp.337-377, 2024, </w:t>
+              <w:t xml:space="preserve">, Oct 2024, Bordeaux, France. , 20 (5), pp.378-535, 2024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1684/ndt.2024.89⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1684/ndt.2024.90⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04952001v1</w:t>
+                <w:t xml:space="preserve">hal-04951983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vécu des femmes et des hommes en dialyse vis-à-vis de la maladie rénale chronique et leur perception de la greffe rénale : une étude qualitative</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Latame Komla Adoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Couchoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Vigneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Bayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8ème Congrès de la SFNDT</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Liège, Belgique. , Néphrologie &amp; Thérapeutique Volume 19, numéro 5, Septembre 2023, 19 (5), 2023</w:t>
@@ -9641,77 +9641,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of the French top-down management of the COVID-19 pandemic on residential care homes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blanche Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Long-Term Care and Older People in Western Europe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
@@ -9758,64 +9758,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La formalisation de l'aide informelle : entre opportunités et tensions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blanche Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Giraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9866,77 +9866,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La maladie d’Alzheimer au prisme de la socialisation : des trajectoires de maladie à l’organisation de l’aide familiale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blanche Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Mallon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La sociologie face à la maladie d’Alzheimer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
@@ -9974,51 +9974,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vieillir en solitude : expériences sociales et enjeux identitaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">dans Simon A, Duchêne A et Le Guernic Y.-M (dir.), Vieillir aujourd’hui. Perspectives cliniques et politiques, Nîmes, Champ Social Editions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , 2019, 9791034604593</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10043,77 +10043,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La gestion de l’incertitude dans la maladie d’Alzheimer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blanche Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Mallon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vieillir en société. Une pluralité de regards sociologiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
@@ -10154,454 +10154,454 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02750232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des vieillesses en solitude</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Éclairage. Vieillir en solitude</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vieillesses et vieillissements</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Vieillesses et vieillissements : Regards sociologiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses universitaires de Rennes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.319-321, 2014, 978-2-7535-2946-5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.pur.68525⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01143582v1</w:t>
+                <w:t xml:space="preserve">hal-02464957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une mise en œuvre du soutien à la parentalité dans des réseaux d’écoute, d’appui et d’accompagnement des parents en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Rothé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Keppens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">« Être un bon parent » : une injonction contemporaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presses de l'EHESP</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 256p., 2014, Lien social et politiques, 978-2-8109-0260-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02518822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Éclairage. Vieillir en solitude</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Les trajectoires de la maladie d'Alzheimer : des incertitudes négociées entre patients, familles et monde médical</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...1 lines deleted...]
-            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blanche Le Bihan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Mallon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Brodiez-Dolino Axelle; Von Bueltzingsloewen Isabelle; Eyraud Benoît; Laval Christian; Ravon Bertrand. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vieillesses et vieillissements : Regards sociologiques</w:t>
-[...17 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Vulnérabilités sanitaires et sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.119-135, 2014, 978-2-7535-3336-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/books.pur.68525⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02464957v1</w:t>
+                <w:t xml:space="preserve">halshs-01108464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les trajectoires de la maladie d'Alzheimer : des incertitudes négociées entre patients, familles et monde médical</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Des vieillesses en solitude</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">Brodiez-Dolino Axelle; Von Bueltzingsloewen Isabelle; Eyraud Benoît; Laval Christian; Ravon Bertrand. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Cornelia Hummel; Isabelle Mallon; Vincent Caradec. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vulnérabilités sanitaires et sociales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.119-135, 2014, 978-2-7535-3336-3</w:t>
+              <w:t xml:space="preserve">Vieillesses et vieillissements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.319-321, 2014, Le Sens social, 978-2-7535-2946-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01108464v1</w:t>
+                <w:t xml:space="preserve">halshs-01143582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Working caregivers ‘living under pressure’ in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blanche Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Work and Care under Pressure. Care Arrangements across Europe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Amsterdam University Press, pp.101-124, 2013, 9789089645425. </w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
@@ -10635,51 +10635,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Devenir vieux au grand âge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chamahian Aline et Lefrançois Claire. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vivre les âges de la vie : de l'adolescence au grand âge</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'Harmattan, pp.231-251, 2012, Logiques sociales, 978-2-296-96212-5</w:t>
@@ -10708,51 +10708,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Femmes âgées en situation de pauvreté</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Chauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10816,51 +10816,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le pouvoir de régulation à l’épreuve de la division du travail : les médecins inspecteurs de santé publique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Schweyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Action publique et légitimités professionnelles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, LGDJ, pp.73-89, 2008, 978-2-275-03244-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10885,51 +10885,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Du faire vivre au laisser mourir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le suicide et sa prévention. Émergence du concept, actualité des programmes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
@@ -10967,51 +10967,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La construction politique contemporaine d'un problème de santé publique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le suicide et sa prévention. Émergence du concept, actualité des programmes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
@@ -11081,77 +11081,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of the French top-down management of the COVID 19 pandemic on residential care homes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blanche Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11169,77 +11169,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Governmental response to the COVID-19 pandemic in Long-Term Care residences for older people: preparedness, responses and challenges for the future</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blanche Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Legros</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11302,77 +11302,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse compréhensive de l’intensité de l’aide : des configurations au sens de l’aide.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Mallon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blanche Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] DREES. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -11394,103 +11394,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quels répits pour les proches de personnes âgées atteintes de la maladie d'Alzheimer ? Comparaison de deux dispositifs (accueil de jour et plateforme de répit)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blanche Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Mallon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Rothé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alis Sopadzhiyan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">EHESP. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11547,51 +11547,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Bellanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blanche Le Bihan-Youinou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Personnic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11626,77 +11626,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gouverner les «nouveaux risques sociaux»: Le cas des politiques en direction de l’enfance et de la parentalité dans les systèmes de protection sociale européens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Keppens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Rothé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11725,241 +11725,241 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01168719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trajectoires de maladie de patients diagnostiqués Alzheimer ou troubles apparentés : du diagnostic à l'identification des besoins et de leurs conséquences sur les modalités de prise en charge et leurs coûts</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">Trajectoires de maladie de patients diagnostiqués Alzheimer ou troubles apparentés : du diagnostic à l'identification des besoins et de leurs conséquences sur les modalités de prise en charge et leurs coûts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blanche Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Mallon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Ecole des Hautes Etudes en Santé Publique (EHESP); Université Lyon 2. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00974817v1</w:t>
+                <w:t xml:space="preserve">halshs-00806745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trajectoires de maladie de patients diagnostiqués Alzheimer ou troubles apparentés : du diagnostic à l'identification des besoins et de leurs conséquences sur les modalités de prise en charge et leurs coûts</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">Trajectoires de maladie de patients diagnostiqués Alzheimer ou troubles apparentés : du diagnostic à l'identification des besoins et de leurs conséquences sur les modalités de prise en charge et leurs coûts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blanche Le Bihan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Mallon</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Bellanger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cora Lebreton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Ecole des Hautes Etudes en Santé Publique (EHESP); Université Lyon 2. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00806745v1</w:t>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00974817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les ingénieurs biomédicaux hospitaliers : la gestion négociée des techniques et des modes d'intervention dans le champs hospitalier : rapport final</w:t>
               </w:r>
@@ -11984,51 +11984,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Metzger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Quidu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Carrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -12099,51 +12099,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des vieillesses en solitude : trajectoires et expériences de solitude après la retraite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Campéon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sociologie. Lille 3, 2010. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2010LIL30019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -12260,51 +12260,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="00268019"/>
+    <w:nsid w:val="51AB7C2F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12491,51 +12491,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/arnaud-campeon" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9680-7789" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/151772363" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-05055879v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Raffray" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Camp&#233;on" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Bricard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Aug&#233;" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Raynaud" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40620-025-02284-8" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328491v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Albert" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Glorennec" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Porcherie" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Rou&#233; Le Gall" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ufug.2025.129135" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298658v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Latame Komla Adoli" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Vigneau" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Campeon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Couchoud" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Ch&#226;telet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-18712-5" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04811051v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Chatelet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lobbedez" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-80775-7" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690035v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jamanetworkopen.2024.24993" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03827461v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Latame Adoli" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph192013524" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03796709v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Laude" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/20406223221108397" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03541407v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanche Le Bihan" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alis Sopadzhiyan" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/sss.2021.0210" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03827488v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lina Ramos-Gorand" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Warin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rs1.087.0009" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03525193v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rs1.087.0141" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04002700v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03910037v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maks Banens" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Caradec" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Charlap" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Eideliman" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02518839v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Mallon" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Robineau-Fauchon" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gs1.161.0013" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02581022v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02440742v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahar Bayat" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph16245010" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02518857v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhiz.074.0003" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02066320v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02066306v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soleymani Dadmar" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Berrut" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01777869v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Corvol" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Netter" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Somme" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-170765" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02440803v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Roth&#233;" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1045028ar" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02440810v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soin.2016.01.003" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02612968v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onie H&#233;naut" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Aline Bloch" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-01707934v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gs1.149.0011" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02441925v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inso.192.0088" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01328607v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inso.188.0020" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01379987v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Netter" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Corvol" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/geront/gnv565.13" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01328570v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rs.070.0083" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01144857v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01144853v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14428/emulations.013.002" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02393774v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gs.145.0103" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00773603v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02518392v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Martin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vsoc.124.0111" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00961633v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gs.142.0129" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02393841v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Barreyre" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Belzile" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Couturier" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00773614v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02393918v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle de Boismenu" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02393892v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gs.138.0217" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02518894v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Batt-Moillo" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.080.0109" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02538814v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Batt" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Leguay" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lecorps" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0246-1072(07)43505-2" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00157550v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanche Le Bihan-Youinou" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00155864v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02519156v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gardin" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/caf.2005.2142" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03118506v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04595414v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ndt/gfae069.585" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04267713v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/eurpub/ckad160.793" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197596v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ndt/gfad063c_4446" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03820751v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nephro.2022.07.064" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03467133v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ndt/gfab100.003" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03616510v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Couchoud" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nephro.2021.07.285" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02180924v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02908291v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02908279v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02900548v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02908451v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Le Borgne-Uguen" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02908277v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02861615v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01330931v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01147051v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01330893v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01330953v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01330943v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01148464v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01148419v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01147873v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01148430v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01147880v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01148441v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01147871v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01147874v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01148413v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Keppens" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00978563v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02518466v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00793529v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00801215v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00978503v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00793511v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00978516v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00978483v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00801211v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00801227v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02518780v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02518755v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00974983v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00974986v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00978466v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00793555v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02518772v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02518484v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00974858v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02518791v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02518796v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04951983v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Ch&#226;telet" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Daugas" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lobbedez" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ndt.2024.90" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04782742v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Bayer" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeph.2024.202651" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04952001v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ndt.2024.89" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04952678v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02393750v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Brodiez-Dolino" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle von Bueltzingsloewen" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Eyraud" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Laval" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Ravon" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=3491" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05230006v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://policy.bristoluniversitypress.co.uk/long-term-care-and-older-people-in-western-europe" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56687/9781447367314-008" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797337v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Giraud" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dunod.henck.2024.01.0374" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04007812v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.septentrion.com/fr/livre/?GCOI=27574100966460" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02066327v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02750232v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=4916" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.151680" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01143582v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02518822v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.presses.ehesp.fr/produit/etre-un-bon-parent/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02464957v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pur/68525" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.68525" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01108464v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02519170v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/j.ctt6wp708.7" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00784200v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02518443v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Chauvin" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Delaune" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02519187v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Schweyer" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02519197v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.presses.ehesp.fr/produit/le-suicide-et-sa-prevention/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02519203v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05389652v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03247565v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Legros" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02063819v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00974833v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01186516v2" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Blanchet" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Bellanger" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Personnic" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01168719v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00974817v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cora Lebreton" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00806745v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03625038v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Metzger" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Quidu" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Carri&#232;re" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/tel-05267272v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2010LIL30019" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/arnaud-campeon" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9680-7789" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/151772363" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328491v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Albert" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Glorennec" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Camp&#233;on" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Porcherie" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Rou&#233; Le Gall" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ufug.2025.129135" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05298658v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Latame Komla Adoli" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Vigneau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Campeon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Couchoud" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Ch&#226;telet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-18712-5" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-05055879v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Raffray" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Bricard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Aug&#233;" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Raynaud" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40620-025-02284-8" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04811051v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Chatelet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lobbedez" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-80775-7" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690035v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jamanetworkopen.2024.24993" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03796709v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Laude" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/20406223221108397" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03827461v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Latame Adoli" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph192013524" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03827488v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lina Ramos-Gorand" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Warin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rs1.087.0009" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03541407v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanche Le Bihan" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alis Sopadzhiyan" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/sss.2021.0210" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03525193v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rs1.087.0141" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03910037v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maks Banens" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Caradec" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Charlap" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Eideliman" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02518839v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Mallon" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Robineau-Fauchon" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gs1.161.0013" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04002700v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02440742v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahar Bayat" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph16245010" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02518857v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhiz.074.0003" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02581022v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02066306v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soleymani Dadmar" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Berrut" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02066320v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01777869v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Corvol" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Netter" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Somme" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-170765" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02440803v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Roth&#233;" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1045028ar" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02612968v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onie H&#233;naut" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Aline Bloch" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-01707934v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gs1.149.0011" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02441925v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inso.192.0088" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02440810v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soin.2016.01.003" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01328607v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inso.188.0020" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01379987v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Netter" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Corvol" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/geront/gnv565.13" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01328570v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rs.070.0083" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01144857v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01144853v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14428/emulations.013.002" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02393774v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gs.145.0103" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02518392v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Martin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vsoc.124.0111" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00961633v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gs.142.0129" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02393841v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Barreyre" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Belzile" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Couturier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00773603v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02393918v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle de Boismenu" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02393892v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gs.138.0217" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00773614v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02518894v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Batt-Moillo" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.080.0109" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02538814v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Batt" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Leguay" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lecorps" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0246-1072(07)43505-2" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00157550v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanche Le Bihan-Youinou" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02519156v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gardin" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/caf.2005.2142" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00155864v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03118506v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04595414v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ndt/gfae069.585" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04267713v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/eurpub/ckad160.793" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197596v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ndt/gfad063c_4446" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03820751v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nephro.2022.07.064" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03467133v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ndt/gfab100.003" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03616510v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Couchoud" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nephro.2021.07.285" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02180924v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02908291v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02900548v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02908451v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Le Borgne-Uguen" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02908279v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02908277v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02861615v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01147051v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01330893v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01330953v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01330943v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01330931v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01148430v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01148419v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01147873v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01147880v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01148441v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01147871v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01147874v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01148413v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Keppens" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01148464v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00978563v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00978503v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00801215v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00793511v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00978516v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00978483v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00801211v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00801227v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02518466v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00793529v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00978466v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00974986v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00974983v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00793555v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02518772v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02518484v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02518780v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02518755v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00974858v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02518791v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02518796v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04782742v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Bayer" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeph.2024.202651" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04952001v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Ch&#226;telet" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Daugas" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lobbedez" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ndt.2024.89" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04951983v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ndt.2024.90" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04952678v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02393750v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Brodiez-Dolino" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle von Bueltzingsloewen" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Eyraud" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Laval" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Ravon" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=3491" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05230006v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://policy.bristoluniversitypress.co.uk/long-term-care-and-older-people-in-western-europe" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56687/9781447367314-008" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04797337v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Giraud" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dunod.henck.2024.01.0374" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-04007812v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.septentrion.com/fr/livre/?GCOI=27574100966460" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02066327v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02750232v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=4916" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.151680" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02464957v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pur/68525" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.68525" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02518822v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.presses.ehesp.fr/produit/etre-un-bon-parent/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01108464v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01143582v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02519170v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/j.ctt6wp708.7" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00784200v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02518443v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Chauvin" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Delaune" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02519187v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Schweyer" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02519197v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.presses.ehesp.fr/produit/le-suicide-et-sa-prevention/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-02519203v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05389652v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03247565v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Legros" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02063819v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00974833v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01186516v2" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Blanchet" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Bellanger" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Personnic" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01168719v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00806745v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00974817v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cora Lebreton" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03625038v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Metzger" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Quidu" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Carri&#232;re" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/tel-05267272v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2010LIL30019" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>