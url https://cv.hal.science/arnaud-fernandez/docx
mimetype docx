--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -1631,343 +1631,343 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01863561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radio frequency spectral characterization and model parameters extraction of high Q optical resonators</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Y.G. Boucher</w:t>
+                <w:t xml:space="preserve">SPIP: A computer program implementing the Interaction Picture method for simulation of light-wave propagation in optical fibre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Balac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Fernandez</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Olivier Llopis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/srep27208⟩</w:t>
+              <w:t xml:space="preserve">Computer Physics Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 199, pp.139-152. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cpc.2015.10.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01348833v1</w:t>
+                <w:t xml:space="preserve">hal-01227526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigations on an All-Tunable Fiber Ring Resonator</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Khaldoun Saleh</w:t>
+                <w:t xml:space="preserve">Radio frequency spectral characterization and model parameters extraction of high Q optical resonators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeina Abdallah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y.G. Boucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Fernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Balac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Llopis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optics Communications</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 6 (6), pp.27208. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/srep27208⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01225782v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01348833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SPIP: A computer program implementing the Interaction Picture method for simulation of light-wave propagation in optical fibre</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Balac</w:t>
+                <w:t xml:space="preserve">Investigations on an All-Tunable Fiber Ring Resonator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaldoun Saleh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Fernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Llopis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Physics Communications</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Optics Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 359, pp. 261-267</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01227526v1</w:t>
+                <w:t xml:space="preserve">hal-01225782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Interaction Picture method for solving the generalized nonlinear Schrödinger equation in optics</w:t>
               </w:r>
@@ -2083,51 +2083,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nonlinear Equivalent-Circuit Modeling of a fast Photodiode</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeina Abdallah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Rumeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2717,614 +2717,614 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Avancement du nanosatellite NIMPH et de sa charge utile optique-RF pour le test de fibres optiques dopées Erbium</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Camps</w:t>
+                <w:t xml:space="preserve">Soliton self-injection locking to a fiber Fabry-Perot resonator with sub-100 mW pump power</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Germain Bourcier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Safia Mohand Ousaid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Balac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Lumeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonin Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée du Club optique Micro-onde 2025 (JCOM 2025)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Photonics West</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2025, San Francisco CA, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.3041917⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05186284v1</w:t>
+                <w:t xml:space="preserve">hal-04942937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Référence de fréquence par oscillateur optoélectronique pour interrogation d'une horloge atomique à piégeage cohérent de population</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Yohann Leguillon</w:t>
+                <w:t xml:space="preserve">Banc de caractérisation multi-canaux de sources de photons uniques pour les télécommunications fibrées quantiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nassim Zaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Chalopin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Llopis</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée du Club Optique Micro-onde 2025 (JCOM 2025)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Journées Nationales d'Optique Guidée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SFO, Jul 2025, Sète, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05186317v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05163789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Verrouillage de soliton par auto-injection sur Fabry-Pérot fibré pour la synthèse microonde faible bruit de phase</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Germain Bourcier</w:t>
+                <w:t xml:space="preserve">Avancement du nanosatellite NIMPH et de sa charge utile optique-RF pour le test de fibres optiques dopées Erbium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Boyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Viallon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Blanco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Camps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée du Club Optique Micro-onde (JCOM) 2025</w:t>
+              <w:t xml:space="preserve">Journée du Club optique Micro-onde 2025 (JCOM 2025)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05175704v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05186284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Banc de caractérisation multi-canaux de sources de photons uniques pour les télécommunications fibrées quantiques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Référence de fréquence par oscillateur optoélectronique pour interrogation d'une horloge atomique à piégeage cohérent de population</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jimmy Pennanech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nassim Zaki</w:t>
+                <w:t xml:space="preserve">François Gutty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoît Chalopin</w:t>
+                <w:t xml:space="preserve">Luc Leviandier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohann Leguillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales d'Optique Guidée</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SFO, Jul 2025, Sète, France</w:t>
+              <w:t xml:space="preserve">Journée du Club Optique Micro-onde 2025 (JCOM 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05163789v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05186317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soliton self-injection locking to a fiber Fabry-Perot resonator with sub-100 mW pump power</w:t>
+                <w:t xml:space="preserve">Verrouillage de soliton par auto-injection sur Fabry-Pérot fibré pour la synthèse microonde faible bruit de phase</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germain Bourcier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Fernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Llopis</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Photonics West</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journée du Club Optique Micro-onde (JCOM) 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1117/12.3041917⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04942937v1</w:t>
+                <w:t xml:space="preserve">hal-05175704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kerr-Brillouin frequency combs in fiber Fabry-Perot resonators</w:t>
               </w:r>
@@ -3435,64 +3435,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude de bruit de phase des oscillateurs optoélectroniques à base de mini-résonateurs fibrés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jimmy Pennanech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohann Leguillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Crozatier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3556,64 +3556,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation de détecteurs SPADs pour les télécommunications fibrées quantiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nassim Zaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Chalopin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3783,51 +3783,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05175717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réduction du seuil d'instabilité de modulation d'un résonateur Fabry-Pérot fibré</w:t>
+                <w:t xml:space="preserve">Laser Brillouin stimulé à polarisations croisées dans un résonateur Fabry-Pérot fibré de dispersion anormale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germain Bourcier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safia Mohand Ousaid</w:t>
@@ -3884,560 +3884,560 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optique Normandie 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04687221v1</w:t>
+                <w:t xml:space="preserve">hal-04687283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mini resonateurs Fabry-Pérot fibrés à très haute finesse</w:t>
+                <w:t xml:space="preserve">High Spectral Purity Lasers Stabilized on Mini Fabry-Perot Fiber Resonators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safia Mohand Ousaid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germain Bourcier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Julien Roul</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Fernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Llopis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Lumeau</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Antonin Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optique Normandie 2024</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2024 European Frequency and Time Forum (EFTF)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Neuchâtel, France. pp.351-353, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/EFTF61992.2024.10722751⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04687201v1</w:t>
+                <w:t xml:space="preserve">hal-04762064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Direct generation of Cs-based atomic clock RF interrogation signal by an optoelectronic oscillator</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Luc Leviandier</w:t>
+                <w:t xml:space="preserve">Réduction du seuil d'instabilité de modulation d'un résonateur Fabry-Pérot fibré</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Germain Bourcier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Safia Mohand Ousaid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Balac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Lumeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonin Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Topical Meeting on Microwave Photonics - MWP 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Pisa, Italy</w:t>
+              <w:t xml:space="preserve">Optique Normandie 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04766276v1</w:t>
+                <w:t xml:space="preserve">hal-04687221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High Spectral Purity Lasers Stabilized on Mini Fabry-Perot Fiber Resonators</w:t>
+                <w:t xml:space="preserve">Mini resonateurs Fabry-Pérot fibrés à très haute finesse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safia Mohand Ousaid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germain Bourcier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Olivier Llopis</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Roul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Lumeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonin Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2024 European Frequency and Time Forum (EFTF)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Optique Normandie 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Rouen, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04762064v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04687201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laser Brillouin stimulé à polarisations croisées dans un résonateur Fabry-Pérot fibré de dispersion anormale</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Antonin Moreau</w:t>
+                <w:t xml:space="preserve">Direct generation of Cs-based atomic clock RF interrogation signal by an optoelectronic oscillator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jimmy Pennanech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohann Leguillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Gutty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghaya Baili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Leviandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optique Normandie 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2024, Rouen, France</w:t>
+              <w:t xml:space="preserve">International Topical Meeting on Microwave Photonics - MWP 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Pisa, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04687283v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04766276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kerr frequency comb generation in fiber Fabry-Pérot resonator: Technological locks and leveraging fiber properties</w:t>
               </w:r>
@@ -4596,51 +4596,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germain Bourcier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Roul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Lumeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4926,286 +4926,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04193296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unexpected Phase locked Brillouin assisted Kerr Combs</w:t>
+                <w:t xml:space="preserve">Unexpected phase-locked Brillouin Kerr Frequency comb in fiber Fabry Perot resonators</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Bunel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo Conforti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Lumeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonin Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIX Instabilities and Nonequilibrium Structures-INES 2023</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Cleo Europe 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Munich, Germany. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/CLEO/Europe-EQEC57999.2023.10232760⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04536341v1</w:t>
+                <w:t xml:space="preserve">hal-04248117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unexpected phase-locked Brillouin Kerr Frequency comb in fiber Fabry Perot resonators</w:t>
+                <w:t xml:space="preserve">Unexpected Phase locked Brillouin assisted Kerr Combs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Bunel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matteo Conforti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zoheir Ziani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Lumeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonin Moreau</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cleo Europe 2023</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">XIX Instabilities and Nonequilibrium Structures-INES 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2023, Val Paraiso, Chile</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/CLEO/Europe-EQEC57999.2023.10232760⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04248117v1</w:t>
+                <w:t xml:space="preserve">hal-04536341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optical frequency combs induced by modulation instability in fiber Fabry-Pérot resonators: impact of the pump pulse duration</w:t>
               </w:r>
@@ -5588,51 +5588,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mokhtar Korti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Bougaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Roul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée du Club Optique Micro-onde - JCOM 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Besançon, France</w:t>
@@ -6089,64 +6089,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">EDMon nanosat Payload: risk management implementation in hardware and software design</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Viallon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Camps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6932,51 +6932,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">NIMPH: EDMon (Erbium Doped fiber Monitoring)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Viallon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Nolhier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7411,51 +7411,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Llopis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Viallon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Nolhier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7612,256 +7612,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01926244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Génération millimétrique à 90 GHz à partir d'un oscillateur optoélectronique couplé à 30 GHz</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ramin Khayatzadeh</w:t>
+                <w:t xml:space="preserve">An iterative method for the dynamic modeling of ultra-short pulse generation in nonlinear optical ring resonator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Napoléon Gutierrez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Llopis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sai Tak Chu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Balac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20èmes Journées Nationales Micro-ondes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Saint-Malo, France. 4p</w:t>
+              <w:t xml:space="preserve">CLEO EQEC 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Munich, Germany. pp.597 - 607</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01542533v1</w:t>
+                <w:t xml:space="preserve">hal-01568067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An iterative method for the dynamic modeling of ultra-short pulse generation in nonlinear optical ring resonator</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Napoléon Gutierrez</w:t>
+                <w:t xml:space="preserve">Génération millimétrique à 90 GHz à partir d'un oscillateur optoélectronique couplé à 30 GHz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Auroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ramin Khayatzadeh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Llopis</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Balac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CLEO EQEC 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Munich, Germany. pp.597 - 607</w:t>
+              <w:t xml:space="preserve">20èmes Journées Nationales Micro-ondes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Saint-Malo, France. 4p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01568067v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01542533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruit de phase d'un COEO : étude analytique, optimisation et verrouillage en fréquence</w:t>
               </w:r>
@@ -8357,51 +8357,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Llopis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sai Tak Chu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nationales d’Optique Guidée (JNOG 2017) </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Limoges, France. 3p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8420,403 +8420,403 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01568066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A 3U cubesat to investigate erbium doped fiber degradation at low earth orbit</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Optical resonators metrology using an RF-spectrum approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeina Abdallah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann G. Boucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Balac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Llopis</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Avionics and Vehicle Fiber-Optics and Photonics Conference (AVFOP)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">SPIE Photonics West - OPTO 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2016, San Francisco, CA, United States. pp.97470E, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.2210786⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01396269v1</w:t>
+                <w:t xml:space="preserve">hal-01319841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coupled optoelectronic oscillators: design and performance comparison at 10 GHz and 30 GHz</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A 3U cubesat to investigate erbium doped fiber degradation at low earth orbit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Llopis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">P Beaure D 'Augères</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Nolhier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Viallon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Vouzellaud</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Angélique Rissons</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2016 IEEE International Frequency Control Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2016, New Orleans, United States. pp.373-376</w:t>
+              <w:t xml:space="preserve">Avionics and Vehicle Fiber-Optics and Photonics Conference (AVFOP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Long Beach, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01359519v1</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01396269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optical resonators metrology using an RF-spectrum approach</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Zeina Abdallah</w:t>
+                <w:t xml:space="preserve">Coupled optoelectronic oscillators: design and performance comparison at 10 GHz and 30 GHz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Auroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Fernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Llopis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yann G. Boucher</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Olivier Llopis</w:t>
+                <w:t xml:space="preserve">P Beaure D 'Augères</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Vouzellaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SPIE Photonics West - OPTO 2016</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">2016 IEEE International Frequency Control Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, New Orleans, United States. pp.373-376</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01319841v1</w:t>
+                <w:t xml:space="preserve">hal-01359519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MODELISATION ET CARACTERISATION D'UN LASER A MODES VERROUILLES FIBRE POUR LA GENERATION TRES HAUTE FREQUENCE</w:t>
               </w:r>
@@ -8936,51 +8936,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Llopis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Vouzellaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée du Club Optique Micro-ondes (JCOM 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9018,51 +9018,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Theoretical study of the space radiation effects in an EDFA for an small satellite mission</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amenophis Lopez-Arreguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angélique Rissons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuri Estepa-Avellaneda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9156,51 +9156,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Napoléon Gutierrez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Auroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeina Abdallah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9245,476 +9245,476 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02051929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The NIMPH Project</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Oscillateur optoélectronique: Modélisation et Amélioration des Performances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeina Abdallah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Llopis</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th CubeSat Symposium </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, von Karman Institute for Fluid Dynamics, University of Liege, Sep 2015, Liège, Belgium</w:t>
+              <w:t xml:space="preserve">Journées Nationales Micro-ondes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01274184v1</w:t>
+                <w:t xml:space="preserve">hal-01165721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation spectro-RF d'un résonateur optique fibré</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+                <w:t xml:space="preserve">High spectral purity laser characterization with a self-heterodyne frequency discriminator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Llopis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeina Abdallah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Yann Boucher</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Auroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Fernandez</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Olivier Llopis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optique Bretagne 2015 - 35è Journées Nationales d'Optique Guidée (JNOG'35)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2015, Rennes, France</w:t>
+              <w:t xml:space="preserve">2015 Joint conference of the IEEE International Frequency Control Symposium and European Frequency and Time Forum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2015, Denver, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01165725v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01141233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oscillateur optoélectronique: Modélisation et Amélioration des Performances</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The NIMPH Project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amadou Gadio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Destic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Sommer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Rissons</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales Micro-ondes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">7th CubeSat Symposium </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, von Karman Institute for Fluid Dynamics, University of Liege, Sep 2015, Liège, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01165721v1</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01274184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High spectral purity laser characterization with a self-heterodyne frequency discriminator</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Caractérisation spectro-RF d'un résonateur optique fibré</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeina Abdallah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Boucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Fernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Balac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Llopis</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Fernandez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2015 Joint conference of the IEEE International Frequency Control Symposium and European Frequency and Time Forum</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2015, Denver, United States</w:t>
+              <w:t xml:space="preserve">Optique Bretagne 2015 - 35è Journées Nationales d'Optique Guidée (JNOG'35)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01141233v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01165725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude du bruit de phase RF des amplificateurs optiques ; application aux oscillateurs optoélectroniques couplés</w:t>
               </w:r>
@@ -9821,90 +9821,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qualification de composants opto-hyperfréquences à bord d'un nanosatellite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Sommer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Destic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angélique Rissons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Llopis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9959,64 +9959,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">OSCILLATEURS OPTOELECTRONIQUES TOPOLOGIES, PERFORMANCES ET PERSPECTIVES</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Llopis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaldoun Saleh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeina Abdallah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Auroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10065,1037 +10065,1024 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01165719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microwave phase noise properties of optical links involving small signal and gain saturated optical amplifiers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vincent Auroux</w:t>
+                <w:t xml:space="preserve">Photodiode nonlinear modeling and its impact on optical links phase noise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeina Abdallah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Rumeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Llopis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Henri Merrer</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jérémy Maxin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">28th European Frequency and Time Forum - EFTF 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2014, Neuchâtel, Switzerland. pp.NC</w:t>
+              <w:t xml:space="preserve">European Frequency and Time Forum ( EFTF )</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Neuchâtel, Switzerland. 6p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01024813v1</w:t>
+                <w:t xml:space="preserve">hal-01024749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oscillateurs micro-ondes à résonateurs optiques : topologies, performances en bruit et perspectives</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Microwave phase noise properties of optical links involving small signal and gain saturated optical amplifiers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Auroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Fernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Llopis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Vincent Auroux</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Henri Merrer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amel Ali Slimane</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A. Vouzelaud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée du Club Optique Micro-onde 2014 (JCOM 2014)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2014, Lannion, France. 2p</w:t>
+              <w:t xml:space="preserve">28th European Frequency and Time Forum - EFTF 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Neuchâtel, Switzerland. pp.NC</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01058007v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01024813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photodiode nonlinear modeling and its impact on optical links phase noise</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+                <w:t xml:space="preserve">Oscillateurs micro-ondes à résonateurs optiques : topologies, performances en bruit et perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Llopis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeina Abdallah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Rumeau</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Auroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amel Ali Slimane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Fernandez</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jérémy Maxin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Frequency and Time Forum ( EFTF )</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2014, Neuchâtel, Switzerland. 6p</w:t>
+              <w:t xml:space="preserve">Journée du Club Optique Micro-onde 2014 (JCOM 2014)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Lannion, France. 2p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01024749v1</w:t>
+                <w:t xml:space="preserve">hal-01058007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">16W-pulsed green laser based on efficient frequency conversion of an Yb-doped fibre laser externally modulated by a semiconductor optical amplifier</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fibered and integrated approaches for ultra-high Q optical resonators and comb generation ; application to microwave and millimeter wave sources</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zeina Abdallah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amel Ali Slimane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Auroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adil Haboucha</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Christelle Pareige</w:t>
+                <w:t xml:space="preserve">Gael Lafleur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Fernandez</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thierry Chartier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SPIE Photonics West - LASE 2014</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Workshop on "Optical Frequency Combs : from sources to applications"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2014, Toulouse, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01151473v1</w:t>
+                <w:t xml:space="preserve">hal-02051424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation non-linéaire de photodiodes hyperfréquences</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Rumeau</w:t>
+                <w:t xml:space="preserve">16W-pulsed green laser based on efficient frequency conversion of an Yb-doped fibre laser externally modulated by a semiconductor optical amplifier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adil Haboucha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Mugnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Pareige</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Chartier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales du Réseau Doctoral en Microélectronique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">SPIE Photonics West - LASE 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2014, San Francisco, United States. pp.89612H, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.2038323⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01003486v1</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01151473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fibered and integrated approaches for ultra-high Q optical resonators and comb generation ; application to microwave and millimeter wave sources</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+                <w:t xml:space="preserve">Modélisation non-linéaire de photodiodes hyperfréquences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zeina Abdallah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Gael Lafleur</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Rumeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Llopis</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop on "Optical Frequency Combs : from sources to applications"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2014, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Journées Nationales du Réseau Doctoral en Microélectronique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2014, Lille, France. 3p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02051424v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01003486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">APPROCHE TECHNOLOGIQUE DE RESONATEURS OPTIQUES 2D ET 3D SUR SUBSTRATS DE VERRE ET DE SILICIUM</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Adrien Desmoulin</w:t>
+                <w:t xml:space="preserve">Résonateur fibré de facteur Q extrême pour la réalisation d'oscillateurs optoélectroniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaldoun Saleh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Llopis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Fernandez</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Cibiel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nationales de l'Optique Guidée (JNOG)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2013, Paris, France. 3p</w:t>
+              <w:t xml:space="preserve">, Jul 2013, Paris, France. pp.147-149</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00849957v1</w:t>
+                <w:t xml:space="preserve">hal-00849377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photodiode 1/f noise and other types of less known baseband noises in optical telecommunications devices</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">APPROCHE TECHNOLOGIQUE DE RESONATEURS OPTIQUES 2D ET 3D SUR SUBSTRATS DE VERRE ET DE SILICIUM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amel Ali Slimane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Desmoulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Llopis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Amel Ali Slimane</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Conédéra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Fernandez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Noise and Fluctuations</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2013, Montpellier, France. pp.ICNF 2013 978-1-4799-0671-0/13/$31.00 ©2013 IEEE</w:t>
+              <w:t xml:space="preserve">Journées Nationales de l'Optique Guidée (JNOG)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, Paris, France. 3p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00849396v1</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00849957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fiber ring resonators with Q factors in excess of 10^10 for Time and Frequency Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaldoun Saleh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11123,234 +11110,247 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Frequency Control Symposium (IFCS) and European Frequency and Time Forum (EFTF)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2013, Prague, Czech Republic. pp.33-36</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00909742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Résonateur fibré de facteur Q extrême pour la réalisation d'oscillateurs optoélectroniques</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId58" w:history="1">
+                <w:t xml:space="preserve">Photodiode 1/f noise and other types of less known baseband noises in optical telecommunications devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Llopis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sawsen Azaizia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaldoun Saleh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amel Ali Slimane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Fernandez</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gilles Cibiel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales de l'Optique Guidée (JNOG)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2013, Paris, France. pp.147-149</w:t>
+              <w:t xml:space="preserve">International Conference on Noise and Fluctuations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Montpellier, France. pp.ICNF 2013 978-1-4799-0671-0/13/$31.00 ©2013 IEEE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00849377v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00849396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruit en 1/f des photodiodes et autres types de bruit basse fréquence en optoélectronique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Llopis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sawsen Azaizia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaldoun Saleh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amel Ali Slimane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Fernandez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11388,90 +11388,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Résonateurs optiques à très fort Q et applications Projets ANR-ORA et CNES-SHYRO</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaldoun Saleh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Coillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amel Ali Slimane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Henriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -11526,51 +11526,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulation numérique de la propagation d'une source laser incohérente dans une fibre optique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Balac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Chartier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11686,51 +11686,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Balac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Ginovart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Chartier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optique Marseille 2011 / 30è Journées Nationales d'Optique Guidée (JNOG 2011)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2011, Marseille, France. pp.203-205</w:t>
@@ -12715,51 +12715,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05129708v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Bourcier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Balac" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lumeau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Moreau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bunel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313844v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safia Mohand-Ousaid" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.570921" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04522525v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safia Mohand Ousaid" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Fernandez" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Llopis" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/ol.514778" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04599534v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.523291" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04790225v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Bougaud" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliou Ly" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Balac" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JQE.2024.3372575" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04758519v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Bunel" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Conforti" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Ziani" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Moreau" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0176533" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542248v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoheir Ziani" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Conforti" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.506100" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04345519v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JLT.2023.3337152" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919688v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.479466" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469863v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bailly" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LPT.2020.2970269" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02298739v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Napol&#233;on Gutierrez" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Calvez" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAB.36.002896" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01863561v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Auroux" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramin Khayatzadeh" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LPT.2018.2845747" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01348833v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeina Abdallah" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.G. Boucher" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep27208" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01225782v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaldoun Saleh" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01227526v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cpc.2015.10.012" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00850518v4" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Mah&#233;" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian M&#233;hats" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Texier-Picard" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/m2an/2015060" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01066679v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Rumeau" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Cibiel" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00922605v3" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optcom.2014.04.081" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797641v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Mugnier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2013120462" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/FD135ADBE9644243030EF2A302E80C6E2E219F0C/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00849989v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques W. D. Chi" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chao Lu" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JQE.2012.2230317" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02016479v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05186284v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Boyer" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Viallon" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Blanco" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Camps" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05186317v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Pennanech" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gutty" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Leviandier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Leguillon" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05175704v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05163789v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Zaki" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Chalopin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04942937v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3041917" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372465v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Mussot" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05186334v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Crozatier" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05163804v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05175717v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04687221v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04687201v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Roul" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04766276v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghaya Baili" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04762064v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EFTF61992.2024.10722751" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04687283v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04766222v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202430912006" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04193252v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04193346v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04193296v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536341v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248117v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEO/Europe-EQEC57999.2023.10232760" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248099v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536424v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03736483v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03736510v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mokhtar Korti" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03736443v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EFTF/IFCS54560.2022.9850572" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03736570v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03288421v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03288123v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2101.11717" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03431647v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Nolhier" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02975556v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IFCS-ISAF41089.2020.9234855" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02975526v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IFCS-ISAF41089.2020.9234819" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020561v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02154120v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926238v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01917874v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Arlotti" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Monmayrant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gauthier-Lafaye" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2289577" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022183v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Coustou" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01863572v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01863569v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01925596v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01925595v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-N Peri&#233;" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926244v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01542533v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568067v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sai Tak Chu" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568096v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568063v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01587950v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568062v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568066v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01396269v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Rissons" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359519v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Beaure D 'Aug&#232;res" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Vouzellaud" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01319841v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann G. Boucher" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2210786" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01348824v2" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01329454v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03627174v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amenophis Lopez-Arreguin" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuri Estepa-Avellaneda" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Lizy-Destrez" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Destic" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02051929v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01274184v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amadou Gadio" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Destic" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Sommer" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Rissons" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01165725v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Boucher" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01165721v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141233v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164629v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Beaure d'Aug&#232;res" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Vouzellaud" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01245676v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01165719v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Maxin" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024813v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Henri Merrer" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vouzelaud" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01058007v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Ali Slimane" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024749v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Maxin" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151473v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adil Haboucha" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Pareige" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chartier" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2038323" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01003486v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02051424v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Lafleur" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00849957v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Desmoulin" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Con&#233;d&#233;ra" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00849396v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sawsen Azaizia" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909742v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00849377v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00849954v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00849711v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Coillet" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Huet" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Henriet" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797644v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pureur" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151488v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Ginovart" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02402649v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880490v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhamad Al Sayed Ali" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Caloz" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Dauge" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158764v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024455v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00740771v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00453926v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dumas.ccsd.cnrs.fr/dumas-01206859v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05129708v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Bourcier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Balac" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lumeau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Moreau" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bunel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313844v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safia Mohand-Ousaid" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.570921" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04522525v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safia Mohand Ousaid" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Fernandez" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Llopis" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/ol.514778" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04599534v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.523291" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04790225v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Bougaud" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliou Ly" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Balac" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JQE.2024.3372575" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04758519v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Bunel" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Conforti" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Ziani" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Moreau" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0176533" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542248v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoheir Ziani" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Conforti" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.506100" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04345519v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JLT.2023.3337152" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03919688v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.479466" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469863v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bailly" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LPT.2020.2970269" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02298739v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Napol&#233;on Gutierrez" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Calvez" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAB.36.002896" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01863561v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Auroux" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramin Khayatzadeh" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LPT.2018.2845747" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01227526v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cpc.2015.10.012" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01348833v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeina Abdallah" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.G. Boucher" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep27208" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01225782v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaldoun Saleh" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00850518v4" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Mah&#233;" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian M&#233;hats" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Texier-Picard" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/m2an/2015060" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01066679v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Rumeau" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Cibiel" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00922605v3" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optcom.2014.04.081" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797641v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Mugnier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2013120462" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/FD135ADBE9644243030EF2A302E80C6E2E219F0C/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00849989v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques W. D. Chi" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chao Lu" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JQE.2012.2230317" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02016479v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04942937v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.3041917" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05163789v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Zaki" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Chalopin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05186284v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Boyer" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Viallon" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Blanco" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Camps" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05186317v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Pennanech" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gutty" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Leviandier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Leguillon" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05175704v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372465v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Mussot" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05186334v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Crozatier" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05163804v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05175717v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04687283v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04762064v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EFTF61992.2024.10722751" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04687221v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04687201v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Roul" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04766276v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghaya Baili" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04766222v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202430912006" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04193252v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04193346v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04193296v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248117v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEO/Europe-EQEC57999.2023.10232760" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536341v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248099v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536424v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03736483v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03736510v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mokhtar Korti" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03736443v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EFTF/IFCS54560.2022.9850572" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03736570v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03288421v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03288123v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2101.11717" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03431647v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Nolhier" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02975556v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IFCS-ISAF41089.2020.9234855" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02975526v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IFCS-ISAF41089.2020.9234819" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020561v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02154120v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926238v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01917874v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Arlotti" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Monmayrant" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gauthier-Lafaye" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2289577" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022183v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Coustou" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01863572v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01863569v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01925596v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01925595v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-N Peri&#233;" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926244v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568067v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sai Tak Chu" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01542533v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568096v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568063v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01587950v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568062v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01568066v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01319841v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann G. Boucher" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2210786" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01396269v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Rissons" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359519v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Beaure D 'Aug&#232;res" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Vouzellaud" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01348824v2" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01329454v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03627174v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amenophis Lopez-Arreguin" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuri Estepa-Avellaneda" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Lizy-Destrez" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Destic" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02051929v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01165721v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141233v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01274184v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amadou Gadio" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Destic" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Sommer" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Rissons" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01165725v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Boucher" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164629v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Beaure d'Aug&#232;res" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Vouzellaud" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01245676v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01165719v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Maxin" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024749v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Maxin" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024813v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Henri Merrer" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vouzelaud" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01058007v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Ali Slimane" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02051424v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Lafleur" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151473v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adil Haboucha" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Pareige" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chartier" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2038323" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01003486v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00849377v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00849957v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Desmoulin" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Con&#233;d&#233;ra" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00909742v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00849396v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sawsen Azaizia" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00849954v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00849711v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Coillet" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Huet" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Henriet" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797644v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pureur" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01151488v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Ginovart" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02402649v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880490v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhamad Al Sayed Ali" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Caloz" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Dauge" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158764v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01024455v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00740771v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00453926v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dumas.ccsd.cnrs.fr/dumas-01206859v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>