--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1270,408 +1270,408 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04101296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapid neural categorization of facelike objects predicts the perceptual awareness of a face (face pareidolia)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A neural marker of rapid discrimination of facial expression in 3.5- and 7-month-old infants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Poncet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Leleu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diane Rekow</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean Yves Baudouin</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Damon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Renaud Brochard</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Milena Dzhelyova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cognition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 222, pp.105016. </w:t>
+              <w:t xml:space="preserve">Frontiers in Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 16, pp.901013. </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cognition.2022.105016⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fnins.2022.901013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03542375v1</w:t>
+                <w:t xml:space="preserve">hal-03806253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A neural marker of rapid discrimination of facial expression in 3.5- and 7-month-old infants</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fanny Poncet</w:t>
+                <w:t xml:space="preserve">Smell what you hardly see: Odors assist visual categorization in the human brain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diane Rekow</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Baudouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Leleu</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fnins.2022.901013⟩</w:t>
+              <w:t xml:space="preserve">NeuroImage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 255, pp.119181. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2022.119181⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03806253v1</w:t>
+                <w:t xml:space="preserve">hal-03744651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Smell what you hardly see: Odors assist visual categorization in the human brain</w:t>
+                <w:t xml:space="preserve">Rapid neural categorization of facelike objects predicts the perceptual awareness of a face (face pareidolia)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diane Rekow</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Karine Durand</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Yves Baudouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Brochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Rossion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Leleu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NeuroImage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 255, pp.119181. </w:t>
+              <w:t xml:space="preserve">Cognition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 222, pp.105016. </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2022.119181⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cognition.2022.105016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03744651v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03542375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’ odeur maternelle aide le nourrisson à catégoriser des objets ressemblant à des visages</w:t>
               </w:r>
@@ -2010,295 +2010,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03426289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Odor-driven face-like categorization in the human infant brain</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The spatial distribution of eye movements predicts the (false) recognition of emotional facial expressions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Poncet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Karine Durand</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Soussignan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaux Jaffiol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Gaudelus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Leleu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1073/pnas.2014979118⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 16 (1), pp.e0245777. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0245777⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03230756v1</w:t>
+                <w:t xml:space="preserve">hal-03137707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The spatial distribution of eye movements predicts the (false) recognition of emotional facial expressions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Odor-driven face-like categorization in the human infant brain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diane Rekow</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Yves Baudouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Poncet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Leleu</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Damon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 16 (1), pp.e0245777. </w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 118 (21), pp.e2014979118. </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0245777⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1073/pnas.2014979118⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03137707v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03230756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expertise for conspecific face individuation in the human brain</w:t>
               </w:r>
@@ -2793,295 +2793,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02499886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploratory case study of monozygotic twins with 22q11.2DS provides further clues to circumscribe neurocognitive markers of psychotic symptoms</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An implicit and reliable neural measure quantifying impaired visual coding of facial expression: evidence from the 22q11.2 deletion syndrome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Leleu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Favre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elodie Peyroux</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean Yves Baudouin</w:t>
+                <w:t xml:space="preserve">Alexandre Yailian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Franck</w:t>
+                <w:t xml:space="preserve">Hugo Fumat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Klamm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuroimage-Clinical</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.nicl.2019.101987⟩</w:t>
+              <w:t xml:space="preserve">Translational Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (1), pp.67. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41398-019-0411-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02275563v1</w:t>
+                <w:t xml:space="preserve">hal-02618950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An implicit and reliable neural measure quantifying impaired visual coding of facial expression: evidence from the 22q11.2 deletion syndrome</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Exploratory case study of monozygotic twins with 22q11.2DS provides further clues to circumscribe neurocognitive markers of psychotic symptoms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Favre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Leleu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hugo Fumat</w:t>
+                <w:t xml:space="preserve">Elodie Peyroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Yves Baudouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliette Klamm</w:t>
+                <w:t xml:space="preserve">Nicolas Franck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Translational Psychiatry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 9 (1), pp.67. </w:t>
+              <w:t xml:space="preserve">Neuroimage-Clinical</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 24, pp.101987. </w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41398-019-0411-z⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.nicl.2019.101987⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02618950v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02275563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapid and automatic discrimination between facial expressions in the human brain</w:t>
               </w:r>
@@ -3093,51 +3093,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Poncet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Yves Baudouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Milena Dzhelyova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Rossion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3210,90 +3210,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Overview of social cognitive dysfunctions in rare developmental syndromes with psychiatric phenotype</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Peyroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Leleu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Favre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Franck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Pediatrics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 6, pp.1-21. </w:t>
@@ -3348,77 +3348,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tuning functions for automatic detection of brief changes of facial expression in the human brain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Leleu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Milena Dzhelyova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Rossion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3629,51 +3629,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Leleu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Demily</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Franck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3865,295 +3865,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01241051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perspectives actuelles dans la microdélétion 22q11.2 : prise en charge du phénotype neurocomportemental</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Caroline Demily</w:t>
+                <w:t xml:space="preserve">Mesure du déficit de reconnaissance des émotions faciales dans la schizophrénie. Étude préliminaire du test de reconnaissance des émotions faciales (TREF)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Gaudelus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Rossi</w:t>
+                <w:t xml:space="preserve">J. Virgile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Schneider</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">P. Edery</w:t>
+                <w:t xml:space="preserve">E. Peyroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Leleu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Baudouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Encéphale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 41 (3), pp.266-273. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.encep.2014.10.005⟩</w:t>
+              <w:t xml:space="preserve">, 2015, 41 (3), pp.251-259. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.encep.2014.08.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01205624v1</w:t>
+                <w:t xml:space="preserve">hal-01184140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesure du déficit de reconnaissance des émotions faciales dans la schizophrénie. Étude préliminaire du test de reconnaissance des émotions faciales (TREF)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Baptiste Gaudelus</w:t>
+                <w:t xml:space="preserve">Perspectives actuelles dans la microdélétion 22q11.2 : prise en charge du phénotype neurocomportemental</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Demily</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Rossi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Virgile</w:t>
+                <w:t xml:space="preserve">M. Schneider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Peyroux</w:t>
+                <w:t xml:space="preserve">P. Edery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Leleu</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Yves Baudouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Encéphale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 41 (3), pp.251-259. </w:t>
+              <w:t xml:space="preserve">, 2015, 41 (3), pp.266-273. </w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.encep.2014.08.013⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.encep.2014.10.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01184140v1</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01205624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of effects of face rotation on race processing: An ERPs study</w:t>
               </w:r>
@@ -5462,51 +5462,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="43B030CF"/>
+    <w:nsid w:val="BC3EEE92"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5693,51 +5693,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/arnaud-leleu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2943-8183" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/242399711" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/J-7883-2019" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05501189v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Bourgaux" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Rekow" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Leleu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#233;la&#239;de de Heering" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/JOCN.a.94" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05031950v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beg&#252;m Cerraho&#287;lu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Jacques" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Jonas" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Colnat-Coulbois" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/imag_a_00518" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04737214v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Kiseleva" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoist Schaal" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/desc.13562" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04667543v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Yves Baudouin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Rossion" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Durand" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cdev.l4124" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04736847v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cinzia Cecchetto" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Calce" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sally Arnhardt" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Parma" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/chemse/bjae035" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04445123v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Barbero" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siddharth Talwar" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2023.11.042" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04094472v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Baudouin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Poncet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Polinori" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Damon" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/emo0001223" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04101296v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefanie Peykarjou" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefanie Hoehl" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliette Lochy" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viola Macchi Cassia" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2023.1189054" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03542375v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Brochard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cognition.2022.105016" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03806253v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milena Dzhelyova" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnins.2022.901013" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03744651v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2022.119181" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03739703v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2022067" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03077913v2" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biopsycho.2020.108005" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03426289v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nawel Mezrai" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Logan Magnier" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2021.750944" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230756v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2014979118" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03137707v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Soussignan" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Jaffiol" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Gaudelus" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0245777" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02297307v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2019.116218" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02147749v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/desc.12877" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02969609v2" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cogdev.2020.100930" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02499886v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cortex.2020.02.007" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02275563v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Favre" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Peyroux" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Franck" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nicl.2019.101987" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618950v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Yailian" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Fumat" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Klamm" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41398-019-0411-z" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406196v2" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2019.03.006" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622098v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Morel" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fped.2018.00102" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889449v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2018.06.048" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01396381v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Saucourt" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Rigard" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Chesnoy" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00787-015-0741-1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205128v2" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Demily" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0138656" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01241051v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ornella Godard" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dollion" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2015.09.014" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205624v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rossi" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Schneider" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Edery" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.encep.2014.10.005" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01184140v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Virgile" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Peyroux" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.encep.2014.08.013" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01184127v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Montalan" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Veujoz" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Boitout" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Camus" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bandc.2012.12.004" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R5GVWP69-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01184518v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Caharel" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bernard" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Pia Viggiano" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Lalonde" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpsycho.2013.06.024" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01184513v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Reba&#239;" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Fiori" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neures.2013.03.005" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VFZCSNLM-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532063v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Parent" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffanie Dujardin" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Smail Layes" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Vom Hofe" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969680v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Carr&#233;" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Montalan" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;da Afrani-Jones" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpsy.2012.01.004" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QK76RFS3-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00617187v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymonde Germain" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3402/snp.v1i0.5892" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969676v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Molka Snoussi" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neulet.2010.07.008" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4J74B3DG-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969673v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Gontier" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Le Dantec" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Paul" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heidi Charvin" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brainres.2007.07.022" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-58BS383V-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531645v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-35159-4_18" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/arnaud-leleu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2943-8183" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/242399711" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/J-7883-2019" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05501189v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Bourgaux" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Rekow" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Leleu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#233;la&#239;de de Heering" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/JOCN.a.94" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05031950v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beg&#252;m Cerraho&#287;lu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Jacques" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Jonas" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Colnat-Coulbois" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/imag_a_00518" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04737214v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Kiseleva" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoist Schaal" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/desc.13562" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04667543v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Yves Baudouin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Rossion" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Durand" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cdev.l4124" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04736847v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cinzia Cecchetto" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Calce" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sally Arnhardt" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Parma" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/chemse/bjae035" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04445123v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Barbero" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siddharth Talwar" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2023.11.042" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04094472v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Baudouin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Poncet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Polinori" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Damon" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/emo0001223" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04101296v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefanie Peykarjou" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefanie Hoehl" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliette Lochy" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viola Macchi Cassia" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2023.1189054" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03806253v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milena Dzhelyova" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnins.2022.901013" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03744651v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2022.119181" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03542375v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Brochard" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cognition.2022.105016" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03739703v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2022067" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03077913v2" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biopsycho.2020.108005" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03426289v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nawel Mezrai" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Logan Magnier" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2021.750944" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03137707v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Soussignan" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Jaffiol" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Gaudelus" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0245777" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230756v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2014979118" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02297307v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2019.116218" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02147749v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/desc.12877" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02969609v2" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cogdev.2020.100930" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02499886v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cortex.2020.02.007" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618950v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Favre" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Yailian" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Fumat" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Klamm" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41398-019-0411-z" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02275563v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Peyroux" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Franck" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nicl.2019.101987" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406196v2" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2019.03.006" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622098v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Morel" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fped.2018.00102" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889449v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2018.06.048" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01396381v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Saucourt" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Rigard" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Chesnoy" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00787-015-0741-1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205128v2" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Demily" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0138656" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01241051v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ornella Godard" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dollion" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2015.09.014" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01184140v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Virgile" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Peyroux" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.encep.2014.08.013" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01205624v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rossi" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Schneider" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Edery" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.encep.2014.10.005" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01184127v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Montalan" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Veujoz" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Boitout" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Camus" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bandc.2012.12.004" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R5GVWP69-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01184518v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Caharel" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bernard" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Pia Viggiano" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Lalonde" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpsycho.2013.06.024" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01184513v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Reba&#239;" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Fiori" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neures.2013.03.005" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VFZCSNLM-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532063v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Parent" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffanie Dujardin" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Smail Layes" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Vom Hofe" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969680v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Carr&#233;" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Montalan" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;da Afrani-Jones" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpsy.2012.01.004" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QK76RFS3-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00617187v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymonde Germain" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3402/snp.v1i0.5892" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969676v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Molka Snoussi" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neulet.2010.07.008" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4J74B3DG-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02969673v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Gontier" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Le Dantec" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Paul" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heidi Charvin" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brainres.2007.07.022" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-58BS383V-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04531645v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-35159-4_18" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>