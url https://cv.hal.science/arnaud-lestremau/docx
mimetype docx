--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -724,183 +724,183 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03628594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plebs immunda</w:t>
+                <w:t xml:space="preserve">Rex Anglorum ou Rex Britannie : l’utilisation du concept de peuple dans la politique des rois anglo-saxons au Xe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Lestremau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hypothèses</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 17 (1), pp.229-239. </w:t>
+              <w:t xml:space="preserve">Revue de l'Institut Français d'Histoire en Allemagne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Dossier thématique : l’atelier des doctorants du congrès de la SHMESP de Prague en 2013 ‎‎« Nation et nations au Moyen Âge », 6, </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/hyp.131.0229⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/ifha.8036⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03628592v1</w:t>
+                <w:t xml:space="preserve">hal-03628593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rex Anglorum ou Rex Britannie : l’utilisation du concept de peuple dans la politique des rois anglo-saxons au Xe siècle</w:t>
+                <w:t xml:space="preserve">Plebs immunda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Lestremau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue de l'Institut Français d'Histoire en Allemagne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Dossier thématique : l’atelier des doctorants du congrès de la SHMESP de Prague en 2013 ‎‎« Nation et nations au Moyen Âge », 6, </w:t>
+              <w:t xml:space="preserve">Hypothèses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 17 (1), pp.229-239. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/ifha.8036⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/hyp.131.0229⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03628593v1</w:t>
+                <w:t xml:space="preserve">hal-03628592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1489,875 +1489,866 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Lestremau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les barbares</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 75 (2), Presses Universitaires de France, pp.249-282, 2020, Quadrige, </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 75 (2), Presses Universitaires de France, pp.249-282, 2020, Quadrige</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03867292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piscium quem vos haked nuncupatis. Communautés monastiques et imaginaire maritime dans l’Angleterre anglo-saxonne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Lestremau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Gautier, Alban; Malbos, Lucie. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Communautés maritimes et insulaires du premier Moyen Âge</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brepols Publishers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.175-194, 2020, Haut Moyen Âge, 38, </w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brepols Publishers</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">⟨10.1484/m.hama-eb.5.118557⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03628609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De nostris landimeris. Populations scandinaves et frontière linguistique en Angleterre aux IXe -XIe siècles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Lestremau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Suttor, Marc. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les espaces frontaliers de l’Antiquité au XVIe siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Artois Presses Université</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.109-132, 2020, Coll. Histoire, 978-2-84832-386-2. </w:t>
+            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Artois Presses Université</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/books.apu.22490⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03628608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nomen impiorum putrescet . Exclure par le nom dans la France et l’Angleterre du haut Moyen Âge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Lestremau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sylvie Joye; Cristina La Rocca; Stéphane Gioanni. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La construction sociale du sujet exclu (IVe -XIe siècle)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 33, Brepols Publishers, pp.27-42, 2019, Haut Moyen Âge, 978-2-503-57605-3. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1484/M.HAMA-EB.5.114399⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03628607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quo nomine vocaris ? Identifier les noms et les personnes dans les sources en Angleterre aux Xe-XIe siècles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Lestremau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Nadiras, Sébastien. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Noms de lieux, noms de personnes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Publications des Archives nationales, 2018, Actes 4, 9791036512308. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/books.pan.978⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03628597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’éveil des mers du Nord (fin VIIe-milieu IXe s.) - La Scandinavie</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">« L’Angleterre, de la fragmentation à l’unité (VIIe-IXe siècles) » et « Les vikings et l’Angleterre »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Lestremau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Dumézil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Joye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucie Malbos</w:t>
-[...47 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Charles Mériaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Confrontation, échanges et connaissance de l'Autre au nord et à l'est de l'Europe de la fin du VIIe siècle au milieu du XIe siècle</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, pp.67-73, 2017, Didact. Histoire, 978-2-7535-5916-5</w:t>
+              <w:t xml:space="preserve">Confrontations, échanges et connaissance de l’autre au nord et à l’est de l’Europe de la fin du VIIe siècle au milieu du XIe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02318430v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03867299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« L’Angleterre, de la fragmentation à l’unité (VIIe-IXe siècles) » et « Les vikings et l’Angleterre »</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L’éveil des mers du Nord (fin VIIe-milieu IXe s.) - La Scandinavie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Malbos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Dumézil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Lebecq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Lestremau</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...40 lines deleted...]
-            <w:pPr/>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">B. Dumézil; S. Joye; C. Mériaux. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Confrontations, échanges et connaissance de l’autre au nord et à l’est de l’Europe de la fin du VIIe siècle au milieu du XIe siècle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017</w:t>
+              <w:t xml:space="preserve">Confrontation, échanges et connaissance de l'Autre au nord et à l'est de l'Europe de la fin du VIIe siècle au milieu du XIe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses universitaiores de Rennes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.67-73, 2017, Didact. Histoire, 978-2-7535-5916-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03867299v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02318430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cuidam meo fideli ministro . Nommer les individus dans les chartes de la fin de la période anglo-saxonne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Lestremau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Draelants, Isabelle; Balouzat-Loubet, Christelle. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La formule au Moyen Âge, II / Formulas in Medieval Culture, II. Actes du colloque international de Nancy et Metz, 7-9 juin 2012 / Proceedings of the International Conference, Nancy and Metz, 7th-9th June 2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brepols Publishers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.135-154, 2015, Atelier de recherche sur les textes médiévaux, 23, </w:t>
+            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brepols Publishers</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">⟨10.1484/M.ARTEM-EB.5.103348⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1484/M.ARTEM-EB.5.103348⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03628605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Migrations et mouvements de population autour des mers du Nord (VIIe-XIe siècle)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Lestremau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Malbos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Quertier, Cédric; Chilà, Roxane; Pluchot, Nicolas. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Arriver en ville. Les migrants en milieu urbain au Moyen Âge</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Éditions de la Sorbonne, pp.33-50, 2013, Histoire ancienne et médiévale, 119, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/books.psorbonne.26663⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03628603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId65"/>
+      <w:footerReference w:type="default" r:id="rId64"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2504,51 +2495,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05512534v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Lestremau" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rma.312.0365" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05512531v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhis.254.0587" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683487v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ccm.9979" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03634660v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/annor.711.0005" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683489v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s0263675123000133" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628600v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628591v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/medievales.9530" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628594v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/clio.13562" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628592v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/hyp.131.0229" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628593v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ifha.8036" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04685962v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moulay Mustapha Tesrif" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03867303v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Luce Septsault" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03867305v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982458v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12lnn" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982487v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Tr&#226;n-Duc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683484v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.psorbonne.109649" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03867292v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Dum&#233;zil" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/ahss.2020.127" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628609v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.brepolsonline.net/doi/book/10.1484/M.HAMA-EB.5.118007" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/m.hama-eb.5.118557" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628608v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://apu.univ-artois.fr/Revues-et-collections/Histoire/Les-Espaces-frontaliers-de-l-Antiquite-au-XVIe-siecle" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.apu.22490" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628607v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/M.HAMA-EB.5.114399" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628597v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pan.978" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02318430v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Malbos" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lebecq" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=4513" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03867299v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Joye" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles M&#233;riaux" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628605v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.brepolsonline.net/doi/book/10.1484/M.ARTEM-EB.5.108413" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/M.ARTEM-EB.5.103348" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/8QZ-1QFNXDH4-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628603v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.psorbonne.26663" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05512534v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Lestremau" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rma.312.0365" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05512531v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhis.254.0587" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683487v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ccm.9979" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03634660v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/annor.711.0005" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683489v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s0263675123000133" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628600v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628591v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/medievales.9530" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628594v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/clio.13562" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628593v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ifha.8036" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628592v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/hyp.131.0229" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04685962v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moulay Mustapha Tesrif" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03867303v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Luce Septsault" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03867305v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982458v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12lnn" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982487v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Tr&#226;n-Duc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04683484v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.psorbonne.109649" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03867292v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Dum&#233;zil" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628609v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.brepolsonline.net/doi/book/10.1484/M.HAMA-EB.5.118007" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/m.hama-eb.5.118557" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628608v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://apu.univ-artois.fr/Revues-et-collections/Histoire/Les-Espaces-frontaliers-de-l-Antiquite-au-XVIe-siecle" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.apu.22490" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628607v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/M.HAMA-EB.5.114399" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628597v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pan.978" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03867299v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Joye" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles M&#233;riaux" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02318430v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Malbos" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lebecq" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=4513" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628605v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.brepolsonline.net/doi/book/10.1484/M.ARTEM-EB.5.108413" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/M.ARTEM-EB.5.103348" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/8QZ-1QFNXDH4-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628603v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.psorbonne.26663" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>