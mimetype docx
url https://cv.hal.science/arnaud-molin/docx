--- v0 (2026-03-06)
+++ v1 (2026-03-30)
@@ -181,835 +181,835 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chapter 5: The roles of genetics in primary hyperparathyroidism</w:t>
+                <w:t xml:space="preserve">Defective GNAS imprinting due to splice site variants in pseudohypoparathyroidism type 1B</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Romanet</w:t>
+                <w:t xml:space="preserve">Yorihiro Iwasaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucie Coppin</w:t>
+                <w:t xml:space="preserve">Monica Reyes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Molin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Santucci</w:t>
+                <w:t xml:space="preserve">Mari Muurinen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maëlle Le Bras</w:t>
+                <w:t xml:space="preserve">Marie-Laure Kottler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales d'Endocrinologie = Annals of Endocrinology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 86 (1), pp.101694. </w:t>
+              <w:t xml:space="preserve">JCI Insight</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ando.2025.101694⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1172/jci.insight.194754⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04916451v1</w:t>
+                <w:t xml:space="preserve">hal-05293173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">French expert consensus statement on diagnosis and management of primary hyperparathyroidism</w:t>
+                <w:t xml:space="preserve">Chapter 5: The roles of genetics in primary hyperparathyroidism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Christine Vantyghem</w:t>
+                <w:t xml:space="preserve">Pauline Romanet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Mirallié</w:t>
+                <w:t xml:space="preserve">Lucie Coppin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Molin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdallah Al-Salameh</w:t>
+                <w:t xml:space="preserve">Nicolas Santucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Aubert</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sara Barraud</w:t>
+                <w:t xml:space="preserve">Maëlle Le Bras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales d'Endocrinologie = Annals of Endocrinology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 86 (5), pp.102449. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ando.2025.102449⟩</w:t>
+              <w:t xml:space="preserve">, 2025, 86 (1), pp.101694. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ando.2025.101694⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05351972v1</w:t>
+                <w:t xml:space="preserve">hal-04916451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Defective GNAS imprinting due to splice site variants in pseudohypoparathyroidism type 1B</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">French expert consensus statement on diagnosis and management of primary hyperparathyroidism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Vantyghem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yorihiro Iwasaki</w:t>
+                <w:t xml:space="preserve">Eric Mirallié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monica Reyes</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Molin</w:t>
+                <w:t xml:space="preserve">Abdallah Al-Salameh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mari Muurinen</w:t>
+                <w:t xml:space="preserve">Sébastien Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Laure Kottler</w:t>
+                <w:t xml:space="preserve">Sara Barraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JCI Insight</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Annales d'Endocrinologie = Annals of Endocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 86 (5), pp.102449. </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1172/jci.insight.194754⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ando.2025.102449⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-05293173v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05351972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Skeletal growth is enhanced by a shared role for SOX8 and SOX9 in promoting reserve chondrocyte commitment to columnar proliferation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Multiple molecular diagnoses in the field of intellectual disability and congenital anomalies: 3.5% of all positive cases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Contentin</w:t>
+                <w:t xml:space="preserve">Caroline Racine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marco Angelozzi</w:t>
+                <w:t xml:space="preserve">Anne-Sophie Denommé-Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anirudha Karvande</w:t>
+                <w:t xml:space="preserve">Camille Engel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ranjan Kc</w:t>
+                <w:t xml:space="preserve">Frederic Tran Mau-Them</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ange-Line Bruel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1073/pnas.2316969121⟩</w:t>
+              <w:t xml:space="preserve">Journal of Medical Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 61 (1), pp.36-46. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/jmg-2023-109170⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04990680v1</w:t>
+                <w:t xml:space="preserve">hal-04453149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3q29 duplications: A cohort of 46 patients and a literature review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Massier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Doco-Fenzy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Egloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Le Guillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenaël Le Guyader</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Journal of Medical Genetics Part A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 194 (7), pp.e63531. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/ajmg.a.63531⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04488411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiple molecular diagnoses in the field of intellectual disability and congenital anomalies: 3.5% of all positive cases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Caroline Racine</w:t>
+                <w:t xml:space="preserve">Skeletal growth is enhanced by a shared role for SOX8 and SOX9 in promoting reserve chondrocyte commitment to columnar proliferation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Molin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Sophie Denommé-Pichon</w:t>
+                <w:t xml:space="preserve">Romain Contentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Engel</w:t>
+                <w:t xml:space="preserve">Marco Angelozzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frederic Tran Mau-Them</w:t>
+                <w:t xml:space="preserve">Anirudha Karvande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ange-Line Bruel</w:t>
+                <w:t xml:space="preserve">Ranjan Kc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Medical Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 61 (1), pp.36-46. </w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 121 (8), </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1136/jmg-2023-109170⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1073/pnas.2316969121⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04453149v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04990680v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An update on clinical presentation and responses to therapy of patients with hereditary hypophosphatemic rickets with hypercalciuria (HHRH)</w:t>
               </w:r>
@@ -1397,51 +1397,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Solve-RD ClinVar-based reanalysis of 1522 index cases from ERN-ITHACA reveals common pitfalls and misinterpretations in exome sequencing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Denommé-Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leslie Matalonga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2731,425 +2731,425 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02901934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complex Compound Inheritance of Lethal Lung Developmental Disorders Due to Disruption of the TBX-FGF Pathway</w:t>
+                <w:t xml:space="preserve">Lamin A/C gene (LMNA) mutation associated with laminopathy: A rare cause of idiopathic acro-osteolysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Justyna Karolak</w:t>
+                <w:t xml:space="preserve">Julie-Charlotte Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Vincent</w:t>
+                <w:t xml:space="preserve">Pauline Baudart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gail Deutsch</w:t>
+                <w:t xml:space="preserve">Annachiara de Sandre-Giovannoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Molin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tomasz Gambin</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Christian Marcelli</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Human Genetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ajhg.2018.12.010⟩</w:t>
+              <w:t xml:space="preserve">Joint Bone Spine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 86 (4), pp.525-527. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jbspin.2018.11.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02461467v1</w:t>
+                <w:t xml:space="preserve">hal-02393579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Association between night-time surgery and occurrence of intraoperative adverse events and postoperative pulmonary complications</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Complex Compound Inheritance of Lethal Lung Developmental Disorders Due to Disruption of the TBX-FGF Pathway</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justyna Karolak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Gregoretti</w:t>
+                <w:t xml:space="preserve">Marie Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A.S. Neto</w:t>
+                <w:t xml:space="preserve">Gail Deutsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Ball</w:t>
+                <w:t xml:space="preserve">Tomasz Gambin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M.F.V. Melo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">C. Putensen</w:t>
+                <w:t xml:space="preserve">Benjamin Cogné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Journal of Anaesthesia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bja.2018.10.063⟩</w:t>
+              <w:t xml:space="preserve">American Journal of Human Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 104 (2), pp.213-228. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ajhg.2018.12.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02936793v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02461467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lamin A/C gene (LMNA) mutation associated with laminopathy: A rare cause of idiopathic acro-osteolysis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Association between night-time surgery and occurrence of intraoperative adverse events and postoperative pulmonary complications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Gregoretti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie-Charlotte Lambert</w:t>
+                <w:t xml:space="preserve">A.S. Neto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Baudart</w:t>
+                <w:t xml:space="preserve">L. Ball</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annachiara de Sandre-Giovannoli</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Molin</w:t>
+                <w:t xml:space="preserve">M.F.V. Melo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Marcelli</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">C. Putensen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Joint Bone Spine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 86 (4), pp.525-527. </w:t>
+              <w:t xml:space="preserve">British Journal of Anaesthesia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 122 (3), pp.361-369. </w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jbspin.2018.11.008⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.bja.2018.10.063⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02393579v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02936793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High frequency of paternal iso or heterodisomy at chromosome 20 associated with sporadic pseudohypoparathyroidism 1B</w:t>
               </w:r>
@@ -3939,51 +3939,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Calcium pyrophosphate deposition disease revealing a hypersensitivity to vitamin D</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Baudart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Molin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4380,51 +4380,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serena Lopez-Cazaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Isidor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4912,51 +4912,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Ballandonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Coudray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laure Kottler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21th Workshop on Vitamin D</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Barcelone, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5033,51 +5033,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Ballandonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Coudray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laure Kottler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">35ème Congrès Société Française d'Endocrinologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6147,51 +6147,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation phénotypique des chondrocytes fœtaux humains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Godin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Contentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6724,51 +6724,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="01D6F245"/>
+    <w:nsid w:val="2D2D8503"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6955,51 +6955,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/arnaud-molin" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0520-2800" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/177054441" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04916451v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Romanet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Coppin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Molin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Santucci" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Le Bras" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2025.101694" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-05351972v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Vantyghem" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Miralli&#233;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdallah Al-Salameh" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Aubert" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Barraud" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2025.102449" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05293173v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yorihiro Iwasaki" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Reyes" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mari Muurinen" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Kottler" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/jci.insight.194754" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04990680v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Contentin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Angelozzi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anirudha Karvande" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ranjan Kc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2316969121" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04488411v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Massier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Doco-Fenzy" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Egloff" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Le Guillou" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Le Guyader" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajmg.a.63531" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04453149v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Racine" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Denomm&#233;-Pichon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Engel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Tran Mau-Them" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ange-Line Bruel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jmg-2023-109170" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04577751v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zewu Zhu" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bryan Bo-Ran Ho" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alyssa Chen" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Amrhein" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreea Apetrei" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.kint.2024.01.031" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05267855v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bouzemane" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Vignot" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Derain Dubourg" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie de Mul" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/clinem/dgad608" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04273045v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Bourgois" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Varoona Bizaoui" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Colson" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Vincent-Devulder" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajmg.a.63457" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290572v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Matalonga" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elke de Boer" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Jackson" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Benetti" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gim.2023.100018" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903944v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle M&#233;aux" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Harambat" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anya Rothenbuhler" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliane L&#233;ger" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Kamenicky" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/clinem/dgac639" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03651085v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Bacchetta" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Edouard" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Laverny" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bernardor" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelia Bertholet-Thomas" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.arcped.2022.02.008" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283891v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gruchy" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Godin" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bracquemart" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bonr.2021.101073" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03432717v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Lemoine" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Kaufmann" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Breton" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Nowoczyn" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fendo.2021.736240" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03218618v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl&#8208;peter Schlingmann" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linor Berezin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesse Sheftel" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jbmr.4306" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03468273v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Flammier" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Cabet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Chapurlat" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fped.2021.764040" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03193197v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Rovito" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna y Belorusova" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Chalhoub" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna-Isavella Rerra" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elvire Guiot" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-20069-4" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04227813v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Snanoudj" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Coudray" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Paulien" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jbmr.3948" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02901934v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lodie Mosca" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Bertholet-Thomas" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Garnier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Machon" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpurol.2020.05.160" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02461467v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justyna Karolak" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Vincent" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gail Deutsch" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomasz Gambin" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Cogn&#233;" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajhg.2018.12.010" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02936793v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gregoretti" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. Neto" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ball" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F.V. Melo" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Putensen" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bja.2018.10.063" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393579v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie-Charlotte Lambert" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Baudart" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annachiara de Sandre-Giovannoli" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Marcelli" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbspin.2018.11.008" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02267572v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Decamp" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Ballandonne" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bone.2019.03.023" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02465924v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Jourdan-Voyen" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Touraine" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P. Masutti" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Busa" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vincent-Delorme" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/archdischild-2019-317121" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195305v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bertholet-Thomas" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Tram" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dubourg" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lemoine" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Molin" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1053/j.ajkd.2018.12.026" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02272241v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Abeguil&#233;" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmg.2018.11.011" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392766v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Hureaux" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Jay" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne H&#233;l&#232;ne Saliou" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Spaggiari" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00467-018-3998-z" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02154934v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Wiedemann" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nick Demers" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Do Cao" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jbmr.3181" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02154837v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Cesini" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glenville Jones" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbspin.2016.11.006" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02304847v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Laquerri&#232;re" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Maillard" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mara Cavallin" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Chapon" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Marguet" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jnen/nlw124" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03128845v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-D. K&#252;n-Darbois" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Jeanne-Pasquier" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pare" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. B&#233;nateau" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revsto.2015.11.007" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02517083v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serena Lopez-Cazaux" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pichon" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Isidor" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajmg.a.37052" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B861A8FD1A5F260660A2F57F0A7AD7609DC46DDD/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02423834v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Baudoin" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kaufmann" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Souberbielle" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ryckewaert" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/jc.2014-4387" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04990730v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02436511v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394313v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Breton" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392274v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03640241v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion G&#233;rard" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Vincent" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03705480v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Richard" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bachetta" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Allouche" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03705417v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Groso" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Fontaine" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03428156v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Louise" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fontaine Paul" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Francannet" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03213023v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kara Ranguin" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Armand" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Arpin" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283983v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Mittre" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02436425v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Apetrei" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02436435v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Weber" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Sacco" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02436461v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Bourdon" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Legendre" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391900v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic de Parscau" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Parent" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391921v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Laisney" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bonneau" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Blesson" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391882v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Cuny" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Lichtenberger" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/arnaud-molin" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0520-2800" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/177054441" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05293173v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yorihiro Iwasaki" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Reyes" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Molin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mari Muurinen" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Kottler" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/jci.insight.194754" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04916451v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Romanet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Coppin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Santucci" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Le Bras" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2025.101694" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-05351972v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Vantyghem" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Miralli&#233;" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdallah Al-Salameh" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Aubert" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Barraud" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2025.102449" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04453149v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Racine" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Denomm&#233;-Pichon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Engel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Tran Mau-Them" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ange-Line Bruel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jmg-2023-109170" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04488411v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Massier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Doco-Fenzy" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Egloff" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Le Guillou" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Le Guyader" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajmg.a.63531" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04990680v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Contentin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Angelozzi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anirudha Karvande" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ranjan Kc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2316969121" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04577751v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zewu Zhu" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bryan Bo-Ran Ho" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alyssa Chen" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Amrhein" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreea Apetrei" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.kint.2024.01.031" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05267855v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bouzemane" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Vignot" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Derain Dubourg" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie de Mul" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/clinem/dgad608" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04273045v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Bourgois" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Varoona Bizaoui" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Colson" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Vincent-Devulder" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajmg.a.63457" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290572v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Matalonga" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elke de Boer" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Jackson" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Benetti" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gim.2023.100018" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903944v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle M&#233;aux" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Harambat" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anya Rothenbuhler" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliane L&#233;ger" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Kamenicky" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/clinem/dgac639" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03651085v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Bacchetta" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Edouard" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Laverny" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bernardor" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelia Bertholet-Thomas" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.arcped.2022.02.008" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283891v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gruchy" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Godin" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bracquemart" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bonr.2021.101073" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03432717v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Lemoine" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Kaufmann" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Breton" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Nowoczyn" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fendo.2021.736240" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03218618v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl&#8208;peter Schlingmann" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linor Berezin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesse Sheftel" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jbmr.4306" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03468273v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Flammier" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Cabet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Chapurlat" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fped.2021.764040" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03193197v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Rovito" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna y Belorusova" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Chalhoub" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna-Isavella Rerra" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elvire Guiot" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-20069-4" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04227813v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Snanoudj" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Coudray" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Paulien" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jbmr.3948" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02901934v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lodie Mosca" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Bertholet-Thomas" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Garnier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Machon" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpurol.2020.05.160" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393579v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie-Charlotte Lambert" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Baudart" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annachiara de Sandre-Giovannoli" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Marcelli" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbspin.2018.11.008" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02461467v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justyna Karolak" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Vincent" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gail Deutsch" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomasz Gambin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Cogn&#233;" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajhg.2018.12.010" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02936793v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gregoretti" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. Neto" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ball" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F.V. Melo" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Putensen" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bja.2018.10.063" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02267572v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Decamp" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Ballandonne" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bone.2019.03.023" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02465924v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Jourdan-Voyen" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Touraine" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P. Masutti" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Busa" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vincent-Delorme" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/archdischild-2019-317121" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195305v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bertholet-Thomas" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Tram" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dubourg" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lemoine" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Molin" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1053/j.ajkd.2018.12.026" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02272241v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Abeguil&#233;" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmg.2018.11.011" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392766v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Hureaux" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Jay" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne H&#233;l&#232;ne Saliou" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Spaggiari" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00467-018-3998-z" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02154934v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Wiedemann" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nick Demers" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Do Cao" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jbmr.3181" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02154837v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Cesini" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glenville Jones" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbspin.2016.11.006" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02304847v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Laquerri&#232;re" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Maillard" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mara Cavallin" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Chapon" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Marguet" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jnen/nlw124" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03128845v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-D. K&#252;n-Darbois" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Jeanne-Pasquier" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pare" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. B&#233;nateau" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revsto.2015.11.007" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02517083v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serena Lopez-Cazaux" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pichon" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Isidor" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajmg.a.37052" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B861A8FD1A5F260660A2F57F0A7AD7609DC46DDD/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02423834v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Baudoin" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kaufmann" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Souberbielle" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ryckewaert" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/jc.2014-4387" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04990730v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02436511v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394313v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Breton" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392274v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03640241v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion G&#233;rard" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Vincent" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03705480v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Richard" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bachetta" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Allouche" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03705417v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Groso" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Fontaine" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03428156v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Louise" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fontaine Paul" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Francannet" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03213023v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kara Ranguin" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Armand" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Arpin" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283983v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Mittre" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02436425v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Apetrei" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02436435v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Weber" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Sacco" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02436461v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Bourdon" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Legendre" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391900v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic de Parscau" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Parent" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391921v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Laisney" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bonneau" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Blesson" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391882v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Cuny" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Lichtenberger" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>