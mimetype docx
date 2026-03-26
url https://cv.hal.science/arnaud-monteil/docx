--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -893,295 +893,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05213438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New insights into the physiology and pathophysiology of the atypical sodium leak channel NALCN</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Cognitive Restoration Effects of Resveratrol: Insight Molecular through Behavioral Studies in Various Cognitive Impairment Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yingrak Boondam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chaianan Saefoong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natjanan Niltup</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Monteil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Lory</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Worawan Kitphati</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physiological Reviews</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 104 (1), pp.399-472. </w:t>
+              <w:t xml:space="preserve">ACS Pharmacology &amp; Translational Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 7 (11), pp.3334 - 3357. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1152/physrev.00014.2022⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsptsci.4c00373⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04189096v1</w:t>
+                <w:t xml:space="preserve">hal-04787206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Cognitive Restoration Effects of Resveratrol: Insight Molecular through Behavioral Studies in Various Cognitive Impairment Models</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">New insights into the physiology and pathophysiology of the atypical sodium leak channel NALCN</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Monteil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yingrak Boondam</w:t>
+                <w:t xml:space="preserve">Nathalie C. Guérineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chaianan Saefoong</w:t>
+                <w:t xml:space="preserve">Antonio Gil-Nagel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natjanan Niltup</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Monteil</w:t>
+                <w:t xml:space="preserve">Paloma Parra- Diaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Worawan Kitphati</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Philippe Lory</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Pharmacology &amp; Translational Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 7 (11), pp.3334 - 3357. </w:t>
+              <w:t xml:space="preserve">Physiological Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 104 (1), pp.399-472. </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsptsci.4c00373⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1152/physrev.00014.2022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04787206v1</w:t>
+                <w:t xml:space="preserve">hal-04189096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selective blockade of Ca$_V$1.2 (α1C) versus Ca$_V$1.3 (α1D) L-type calcium channels by the black mamba toxin calciseptine</w:t>
               </w:r>
@@ -1971,77 +1971,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sodium background currents in endocrine/neuroendocrine cells: towards unraveling channel identity and contribution in hormone secretion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie C. Guérineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Monteil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Neuroendocrinology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 63, pp.100947. </w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2481,51 +2481,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neuronal Cav3 channelopathies: recent progress and perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Nicole</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2896,51 +2896,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hathaichanok Impheng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zoe Servant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Monteil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3536,51 +3536,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The sodium leak channel, NALCN, in health and disease</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Cochet-Bissuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Monteil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4465,51 +4465,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Berthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Monteil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Strube</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4722,90 +4722,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deciphering pathogenic mechanisms underlying human calcium channelopathies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Chemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Monteil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie C. Guérineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Nicole</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5441,51 +5441,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.igf.cnrs.fr" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.labex-icst.fr/en" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.biocampus.cnrs.fr" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canaux-ioniques.fr/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fundacionlibellas.org/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517415v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laia Castell" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Naon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelina Rogliardo" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Ducrocq" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Makrini" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41386-026-02363-9" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05350556v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriano Senatore" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Mayorova" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Ya&#241;ez-Guerra" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wassim Elkhatib" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Bejoy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1085/jgp.202413636" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326387v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ama&#235;l Davakan" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leos Cmarko" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Ribeiro Oliveira-Mendes" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bernat" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najlae Boulali" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphar.2025.1613072" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04819360v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marziyeh Belal" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariusz Mucha" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Monteil" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul G Winyard" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Pawlak" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/JP284036" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213438v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Clua Provost" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Greetham" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Monzo" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Rovelet-Lecrux" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scr.2025.103780" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189096v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie C. Gu&#233;rineau" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Gil-Nagel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paloma Parra- Diaz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lory" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/physrev.00014.2022" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787206v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yingrak Boondam" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaianan Saefoong" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natjanan Niltup" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Worawan Kitphati" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsptsci.4c00373" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04385916v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Mesirca" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Chemin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Barr&#232;re" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonora Torre" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Gallot" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-43502-w" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04710696v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saimai Chatree" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nitinart Kongkhwet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanfan Inkho" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suthita Jaisamuta" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23311932.2023.2208248" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04122134v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Folcher" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitri Gordienko" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oksana Iamshanova" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bokhobza" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Shapovalov" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/embj.2022112198" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04122098v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pradeep Kumar" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Courtes" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Lemmers" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Le Digarcher" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilda Coku" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2023.1147222" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234422v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Mariela Saba Villarroel" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuttamonpat Gumpangseth" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanaphon Songhong" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sakda Yainoy" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpubh.2023.1141483" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761404v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apsorn Sattayakhom" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kosin Kalarat" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thatdao Rakmak" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sompol Tapechum" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/bs12080287" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03364483v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yfrne.2021.100947" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03138604v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Milman" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Venteo" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Bossu" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fontanaud" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/jp281044" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03353576v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#233;la&#239;de Doray" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Lemoine" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Severin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Chadet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Osbaldo Lopez-Charcas" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells10071624" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188856v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hathaichanok Impheng" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malik Bouasse" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Legros" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narawut Pakaprot" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.202000841rr" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02893632v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Nicole" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00424-020-02429-7" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356250v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam Candelas" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Reynders" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margarita Arango-Lievano" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Neumayer" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Fruqui&#232;re" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-39703-3" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02328306v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sineewanlaya Wichit" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Hamel" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suchawadee Panich" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17179/excli2019-1271" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02328271v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoe Servant" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-48071-x" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02328290v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Taiakina" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Piazza" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wendy Guan" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M117.807925" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02064371v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. X. Chong" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. J. Mcmillin" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. M. Shively" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. E. Beck" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. T. Marvin" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajhg.2015.01.003" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01348945v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Chausson" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Boutourlinsky" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Mezghrani" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iulia Blesneac" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M114.634261" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01223815v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Coutelier" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Lorraine Monin" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kunie Ando" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajhg.2015.09.007" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01950130v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Cochet-Bissuel" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fncel.2014.00132" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01943334v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrienne N. Boone" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. David Spafford" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0098808" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00757396v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Weiss" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shahid Hameed" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; M. Fern&#225;ndez-Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katell Fablet" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Karmazinova" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M111.290882" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03760963v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leigh Anne Swayne" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Varrault" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gyslaine Bertrand" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/embor.2009.125" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02282056v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Huc-Brandt" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bidaud" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Barbara" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamcr.2008.11.003" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00493436v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Granier" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Jean-Alphonse" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bacqueville" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Pascal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.regpep.2008.01.007" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-54LHQPS6-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00016908v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bourinet" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Alloui" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Couette" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.emboj.7600515" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093134v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Berthier" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Strube" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/jphysiol.2001.013246" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402290v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmccpl.2024.100123" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03020963v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04789795v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Barrere" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05348664v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05343391v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tinaig Le Borgne" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Cathala" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.igf.cnrs.fr" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.labex-icst.fr/en" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.biocampus.cnrs.fr" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canaux-ioniques.fr/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fundacionlibellas.org/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517415v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laia Castell" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Naon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelina Rogliardo" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Ducrocq" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Makrini" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41386-026-02363-9" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05350556v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriano Senatore" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Mayorova" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Ya&#241;ez-Guerra" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wassim Elkhatib" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Bejoy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1085/jgp.202413636" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326387v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ama&#235;l Davakan" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leos Cmarko" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Ribeiro Oliveira-Mendes" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bernat" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najlae Boulali" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphar.2025.1613072" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04819360v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marziyeh Belal" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariusz Mucha" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Monteil" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul G Winyard" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Pawlak" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/JP284036" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213438v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Clua Provost" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Greetham" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Monzo" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Rovelet-Lecrux" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scr.2025.103780" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787206v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yingrak Boondam" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaianan Saefoong" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natjanan Niltup" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Worawan Kitphati" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsptsci.4c00373" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189096v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie C. Gu&#233;rineau" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Gil-Nagel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paloma Parra- Diaz" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lory" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/physrev.00014.2022" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04385916v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Mesirca" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Chemin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Barr&#232;re" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonora Torre" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Gallot" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-43502-w" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04710696v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saimai Chatree" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nitinart Kongkhwet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanfan Inkho" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suthita Jaisamuta" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23311932.2023.2208248" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04122134v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Folcher" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitri Gordienko" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oksana Iamshanova" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bokhobza" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Shapovalov" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/embj.2022112198" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04122098v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pradeep Kumar" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Courtes" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Lemmers" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Le Digarcher" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilda Coku" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2023.1147222" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234422v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Mariela Saba Villarroel" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuttamonpat Gumpangseth" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanaphon Songhong" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sakda Yainoy" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpubh.2023.1141483" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761404v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apsorn Sattayakhom" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kosin Kalarat" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thatdao Rakmak" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sompol Tapechum" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/bs12080287" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03364483v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yfrne.2021.100947" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03138604v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Milman" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Venteo" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Bossu" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fontanaud" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/jp281044" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03353576v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#233;la&#239;de Doray" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Lemoine" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Severin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Chadet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Osbaldo Lopez-Charcas" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells10071624" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188856v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hathaichanok Impheng" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malik Bouasse" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Legros" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narawut Pakaprot" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.202000841rr" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02893632v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Nicole" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00424-020-02429-7" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356250v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam Candelas" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Reynders" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margarita Arango-Lievano" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Neumayer" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Fruqui&#232;re" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-39703-3" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02328306v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sineewanlaya Wichit" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Hamel" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suchawadee Panich" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17179/excli2019-1271" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02328271v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoe Servant" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-48071-x" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02328290v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Taiakina" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Piazza" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wendy Guan" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M117.807925" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02064371v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. X. Chong" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. J. Mcmillin" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. M. Shively" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. E. Beck" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. T. Marvin" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajhg.2015.01.003" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01348945v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Chausson" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Boutourlinsky" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Mezghrani" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iulia Blesneac" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M114.634261" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01223815v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Coutelier" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Lorraine Monin" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kunie Ando" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajhg.2015.09.007" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01950130v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Cochet-Bissuel" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fncel.2014.00132" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01943334v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrienne N. Boone" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. David Spafford" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0098808" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00757396v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Weiss" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shahid Hameed" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; M. Fern&#225;ndez-Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katell Fablet" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Karmazinova" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M111.290882" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03760963v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leigh Anne Swayne" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Varrault" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gyslaine Bertrand" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/embor.2009.125" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02282056v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Huc-Brandt" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bidaud" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Barbara" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamcr.2008.11.003" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00493436v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Granier" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Jean-Alphonse" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bacqueville" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Pascal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.regpep.2008.01.007" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-54LHQPS6-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00016908v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bourinet" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Alloui" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Couette" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.emboj.7600515" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093134v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Berthier" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Strube" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/jphysiol.2001.013246" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402290v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmccpl.2024.100123" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03020963v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04789795v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Barrere" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05348664v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05343391v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tinaig Le Borgne" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Cathala" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>