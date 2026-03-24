--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -181,425 +181,425 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis, structure, and ionic transport properties of lithium monothiophosphate pentahydrate Li 3 PO 3 S·5H 2 O and its anhydrous form Li 3 PO 3 S</w:t>
+                <w:t xml:space="preserve">Cold Sintering as a Versatile Compaction Route for Hybrid Solid Electrolytes: Mechanistic Insight into Ionic Conductivity and Microstructure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jamal Bouaouina</w:t>
+                <w:t xml:space="preserve">Bastien Leclercq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Laurent</w:t>
+                <w:t xml:space="preserve">Thibaut Dussart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxim Avdeev</w:t>
+                <w:t xml:space="preserve">Stephan Borenztajn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gwenaëlle Rousse</w:t>
+                <w:t xml:space="preserve">Nicolas Menguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jaafar Ghanbaja</w:t>
+                <w:t xml:space="preserve">Philippe Stevens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Chemistry A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 13 (34), pp.28496-28507. </w:t>
+              <w:t xml:space="preserve">Journal of The Electrochemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 172 (7), pp.070537. </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/D5TA03395K⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1149/1945-7111/adef87⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05318558v1</w:t>
+                <w:t xml:space="preserve">hal-05318559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unveiling the Reactivity of Li1+xAlxTi2–x(PO4)3 with Lithium Salts to Reduce Its Sintering Temperature</w:t>
+                <w:t xml:space="preserve">Synthesis, structure, and ionic transport properties of lithium monothiophosphate pentahydrate Li 3 PO 3 S·5H 2 O and its anhydrous form Li 3 PO 3 S</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morgan Guilleux</w:t>
+                <w:t xml:space="preserve">Jamal Bouaouina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christel Gervais</w:t>
+                <w:t xml:space="preserve">Guillaume Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cristina Coelho Diogo</w:t>
+                <w:t xml:space="preserve">Maxim Avdeev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christel Laberty-Robert</w:t>
+                <w:t xml:space="preserve">Gwenaëlle Rousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Perez</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jaafar Ghanbaja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Energy Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Journal of Materials Chemistry A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 13 (34), pp.28496-28507. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsaem.4c02668⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/D5TA03395K⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04893558v1</w:t>
+                <w:t xml:space="preserve">hal-05318558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cold Sintering as a Versatile Compaction Route for Hybrid Solid Electrolytes: Mechanistic Insight into Ionic Conductivity and Microstructure</w:t>
+                <w:t xml:space="preserve">Unveiling the Reactivity of Li1+xAlxTi2–x(PO4)3 with Lithium Salts to Reduce Its Sintering Temperature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bastien Leclercq</w:t>
+                <w:t xml:space="preserve">Morgan Guilleux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibaut Dussart</w:t>
+                <w:t xml:space="preserve">Christel Gervais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephan Borenztajn</w:t>
+                <w:t xml:space="preserve">Cristina Coelho Diogo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Menguy</w:t>
+                <w:t xml:space="preserve">Christel Laberty-Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Stevens</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Arnaud Perez</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of The Electrochemical Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 172 (7), pp.070537. </w:t>
+              <w:t xml:space="preserve">ACS Applied Energy Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1149/1945-7111/adef87⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsaem.4c02668⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05318559v1</w:t>
+                <w:t xml:space="preserve">hal-04893558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Functional Composite Separators with Cation-Trapping Abilities</w:t>
               </w:r>
@@ -732,64 +732,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis, Structure, and Electrochemistry of Crystallized Layered Chlorides, LiMCl 6 (M = Ta/Nb)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anshuman Chaupatnaik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenaëlle Rousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anatolii Morozov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1402,51 +1402,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elucidation of Active Oxygen Sites upon Delithiation of Li 3 IrO 4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haifeng Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beata Taudul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1523,64 +1523,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structural Instability Driven by Li/Na Competition in Na(Li$_{1/3}$Ir$_{2/3}$)O$_2$ Cathode Material for Li-Ion and Na-Ion Batteries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenaëlle Rousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Tarascon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1627,51 +1627,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proton Ion Exchange Reaction in Li3 IrO4 : A Way to New H3+ x IrO4 Phases Electrochemically Active in Both Aqueous and Nonaqueous Electrolytes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Beer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1755,498 +1755,498 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01898357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Li 3 Ru y Nb 1– y O 4 (0 ≤ y ≤ 1) System: Structural Diversity and Li Insertion and Extraction Capabilities</w:t>
+                <w:t xml:space="preserve">Evidence for anionic redox activity in a tridimensional-ordered Lirich positive electrode -Li2IrO3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quentin Jacquet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Perez</w:t>
+                <w:t xml:space="preserve">Paul E Pearce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud J Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Gwenaelle Rousse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Saubanère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Dmitry Batuk</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gwenaëlle Rousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry of Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.chemmater.7b01511⟩</w:t>
+              <w:t xml:space="preserve">Nature Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 16 (5), pp.580-586. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/nmat4864⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04104986v1</w:t>
+                <w:t xml:space="preserve">hal-03317546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approaching the limits of cationic and anionic electrochemical activity with the Li-rich layered rocksalt Li3IrO4</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId81" w:history="1">
+                <w:t xml:space="preserve">The Li 3 Ru y Nb 1– y O 4 (0 ≤ y ≤ 1) System: Structural Diversity and Li Insertion and Extraction Capabilities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Jacquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dmitry Batuk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Saubanère</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gustaaf van Tendeloo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenaëlle Rousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Energy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41560-017-0042-7⟩</w:t>
+              <w:t xml:space="preserve">Chemistry of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 29 (12), pp.5331-5343. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.chemmater.7b01511⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03316568v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04104986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence for anionic redox activity in a tridimensional-ordered Lirich positive electrode -Li2IrO3</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Approaching the limits of cationic and anionic electrochemical activity with the Li-rich layered rocksalt Li3IrO4</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud J Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Jacquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dmitry Batuk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gwenaelle Rousse</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId87" w:history="1">
+                <w:t xml:space="preserve">Antonella Iadecola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Saubanère</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dmitry Batuk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 16 (5), pp.580-586. </w:t>
+              <w:t xml:space="preserve">Nature Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 2 (12), pp.954-962. </w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/nmat4864⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41560-017-0042-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03317546v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03316568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Strong Oxygen Participation in the Redox Governing the Structural and Electrochemical Properties of Na-Rich Layered Oxide Na&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; IrO&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud J. Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dmitry Batuk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Saubanère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenaelle Rousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Foix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2329,51 +2329,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Energy storage properties of iridium oxides : model materials for the study of anionic redox</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Perez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chemical engineering. Université Pierre et Marie Curie - Paris VI, 2017. English. </w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2017PA066323⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -2490,51 +2490,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="8B47E80C"/>
+    <w:nsid w:val="944C7226"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2721,51 +2721,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/arnaud-perez" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1659-554X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/224528513" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05318558v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamal Bouaouina" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Laurent" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxim Avdeev" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Rousse" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaafar Ghanbaja" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5TA03395K" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04893558v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Guilleux" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Gervais" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Coelho Diogo" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Laberty-Robert" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Perez" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaem.4c02668" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05318559v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Leclercq" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Dussart" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Borenztajn" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Menguy" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Stevens" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/1945-7111/adef87" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754174v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Richard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Navid Solati" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arvinder Singh" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Meunier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoko Toda" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaem.4c00094" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://college-de-france.hal.science/hal-04996645v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anshuman Chaupatnaik" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anatolii Morozov" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Elka&#239;m" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aenm.202402555" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248625v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cameron J Hargreaves" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael W Gaultois" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luke M Daniels" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma J Watts" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitaliy A Kurlin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41524-022-00951-z" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835068v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haifeng Li" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud J Perez" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beata Taudul" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teak D Boyko" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John W Freeland" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/1945-7111/ac0ad4" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03851833v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrij Vasylenko" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Wesley Surta" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongjun Niu" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.1c02882" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03009349v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacinthe Gamon" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leanne Jones" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Zanella" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0TA07966A" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03064614v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teak Boyko" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John William Freeland" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsenergylett.0c02040" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104807v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Tarascon" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.9b02722" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898357v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Beer" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zifeng Lin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Salager" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Taberna" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aenm.201702855" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104986v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Jacquet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Batuk" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustaaf van Tendeloo" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.7b01511" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03316568v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonella Iadecola" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Sauban&#232;re" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41560-017-0042-7" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03317546v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul E Pearce" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenaelle Rousse" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nmat4864" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01405732v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud J. Perez" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Foix" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.6b03338" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01725130v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017PA066323" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/arnaud-perez" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1659-554X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/224528513" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05318559v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Leclercq" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Dussart" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Borenztajn" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Menguy" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Stevens" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/1945-7111/adef87" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05318558v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamal Bouaouina" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Laurent" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxim Avdeev" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Rousse" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaafar Ghanbaja" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5TA03395K" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04893558v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Guilleux" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Gervais" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Coelho Diogo" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Laberty-Robert" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Perez" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaem.4c02668" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754174v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Richard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Navid Solati" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arvinder Singh" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Meunier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoko Toda" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaem.4c00094" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://college-de-france.hal.science/hal-04996645v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anshuman Chaupatnaik" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anatolii Morozov" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Elka&#239;m" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aenm.202402555" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248625v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cameron J Hargreaves" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael W Gaultois" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luke M Daniels" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma J Watts" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitaliy A Kurlin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41524-022-00951-z" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835068v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haifeng Li" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud J Perez" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beata Taudul" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teak D Boyko" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John W Freeland" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/1945-7111/ac0ad4" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03851833v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrij Vasylenko" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Wesley Surta" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongjun Niu" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.1c02882" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03009349v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacinthe Gamon" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leanne Jones" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Zanella" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0TA07966A" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03064614v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teak Boyko" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John William Freeland" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsenergylett.0c02040" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104807v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Tarascon" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.9b02722" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898357v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Beer" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zifeng Lin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Salager" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Taberna" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aenm.201702855" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03317546v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul E Pearce" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenaelle Rousse" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Sauban&#232;re" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Batuk" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nmat4864" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104986v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Jacquet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustaaf van Tendeloo" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.7b01511" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03316568v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonella Iadecola" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41560-017-0042-7" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01405732v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud J. Perez" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Foix" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.6b03338" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01725130v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017PA066323" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>