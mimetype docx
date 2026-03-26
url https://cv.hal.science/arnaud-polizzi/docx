--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -859,277 +859,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04725851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Constitutive Androstane Receptor deficiency leads to sexually dimorphic metabolic disorders in aging</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Hepatocyte PI3Kα controls the PPARα-FGF21 axis and regulates whole body fatty acid homeostasis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Régnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Polizzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lukowicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandra Montagner</w:t>
+                <w:t xml:space="preserve">S. Smati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Fougerat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">54. Annual Meeting of the European-Association-for-the-Study-of-Diabetes (EASD)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Association for the Study of Diabetes (EASD). GBR., Oct 2018, Berlin, France. pp.1</w:t>
+              <w:t xml:space="preserve">European Assocation for the Study of Diabetes (EASD)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02735254v1</w:t>
+                <w:t xml:space="preserve">hal-04442612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hepatocyte PI3Kα controls the PPARα-FGF21 axis and regulates whole body fatty acid homeostasis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Constitutive Androstane Receptor deficiency leads to sexually dimorphic metabolic disorders in aging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Lukowicz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Régnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Lasserre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Polizzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Smati</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anne Fougerat</w:t>
+                <w:t xml:space="preserve">Alexandra Montagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Assocation for the Study of Diabetes (EASD)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, Berlin, Germany</w:t>
+              <w:t xml:space="preserve">54. Annual Meeting of the European-Association-for-the-Study-of-Diabetes (EASD)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Association for the Study of Diabetes (EASD). GBR., Oct 2018, Berlin, France. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04442612v1</w:t>
+                <w:t xml:space="preserve">hal-02735254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hepatokines in metabolic disease: novel insights into FGF21 regulation by glucose</w:t>
               </w:r>
@@ -1141,51 +1141,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Postic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alison Iroz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Montagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fadila Benhamed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1641,51 +1641,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Ducheix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Rayah-Benhamed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Montagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Polizzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1982,51 +1982,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02819753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (53)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (52)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -2284,295 +2284,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-05264984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dietary Amino Acid Source Elicits Sex‐Specific Metabolic Response to Diet‐Induced NAFLD in Mice</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Clémence Rives</w:t>
+                <w:t xml:space="preserve">Continuous low-level dietary exposure to glyphosate elicits dose and sex-dependent synaptic and microglial adaptations in the rodent brain.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noemie Cresto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margot Courret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athénaïs Génin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Marie Pauline Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Marine Huillet</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Bourret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Nutrition and Food Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/mnfr.202300491⟩</w:t>
+              <w:t xml:space="preserve">Environmental Pollution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 345, pp.123477. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.envpol.2024.123477⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04287354v1</w:t>
+                <w:t xml:space="preserve">hal-04444827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Continuous low-level dietary exposure to glyphosate elicits dose and sex-dependent synaptic and microglial adaptations in the rodent brain.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Athénaïs Génin</w:t>
+                <w:t xml:space="preserve">Dietary Amino Acid Source Elicits Sex‐Specific Metabolic Response to Diet‐Induced NAFLD in Mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Rives</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Marie Pauline Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Bourret</w:t>
+                <w:t xml:space="preserve">Lauris Evariste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Polizzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Huillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Pollution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 345, pp.123477. </w:t>
+              <w:t xml:space="preserve">Molecular Nutrition and Food Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 68 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.envpol.2024.123477⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/mnfr.202300491⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04444827v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04287354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lipid sensing by PPARα: Role in controlling hepatocyte gene regulatory networks and the metabolic response to fasting</w:t>
               </w:r>
@@ -2597,51 +2597,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Bruse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Polizzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Montagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Guillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2769,78 +2769,78 @@
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Polizzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EMBO Molecular Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 16 (2), pp.238-250. </w:t>
+              <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s44321-023-00021-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04209842v1</w:t>
+                <w:t xml:space="preserve">hal-04404913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FGF19 and its analog Aldafermin cooperate with MYC to induce aggressive hepatocarcinogenesis</w:t>
               </w:r>
@@ -2903,346 +2903,346 @@
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Polizzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EMBO Molecular Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, </w:t>
+              <w:t xml:space="preserve">, 2024, 16 (2), pp.238-250. </w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s44321-023-00021-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04404913v1</w:t>
+                <w:t xml:space="preserve">hal-04209842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intestinal Pgc1α ablation protects from liver steatosis and fibrosis</w:t>
+                <w:t xml:space="preserve">The interplay between dietary fatty acids and gut microbiota influences host metabolism and hepatic steatosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elena Piccinin</w:t>
+                <w:t xml:space="preserve">Marc Schoeler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Arconzo</w:t>
+                <w:t xml:space="preserve">Sandrine Ellero-Simatos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Laura Matrella</w:t>
+                <w:t xml:space="preserve">Till Birkner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marica Cariello</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Polizzi</w:t>
+                <w:t xml:space="preserve">Jordi Mayneris-Perxachs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Olsson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JHEP Reports Innovation in Hepatology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jhepr.2023.100853⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14 (1), pp.5329. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-023-41074-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04219698v1</w:t>
+                <w:t xml:space="preserve">hal-04197137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The interplay between dietary fatty acids and gut microbiota influences host metabolism and hepatic steatosis</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Intestinal Pgc1α ablation protects from liver steatosis and fibrosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Ellero-Simatos</w:t>
+                <w:t xml:space="preserve">Elena Piccinin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Till Birkner</w:t>
+                <w:t xml:space="preserve">Maria Arconzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jordi Mayneris-Perxachs</w:t>
+                <w:t xml:space="preserve">Maria Laura Matrella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lisa Olsson</w:t>
+                <w:t xml:space="preserve">Marica Cariello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Polizzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 14 (1), pp.5329. </w:t>
+              <w:t xml:space="preserve">JHEP Reports Innovation in Hepatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 5 (11), pp.100853. </w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41467-023-41074-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jhepr.2023.100853⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04197137v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04219698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Obesity promotes fumonisin B1 hepatotoxicity</w:t>
               </w:r>
@@ -3682,51 +3682,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Régnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Fougerat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Ellero-Simatos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cell Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 39 (2), pp.110674. </w:t>
@@ -3841,346 +3841,346 @@
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carina Wagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cell Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 39 (10), </w:t>
+              <w:t xml:space="preserve">, 2022, 39 (10), pp.110910. </w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.celrep.2022.110910⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03695833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pre- and Postnatal Dietary Exposure to a Pesticide Cocktail Disrupts Ovarian Functions in 8-Week-Old Female Mice</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Léonie Dopavogui</w:t>
+                <w:t xml:space="preserve">Integrative study of diet-induced mouse models of NAFLD identifies PPARα as a sexually dimorphic drug target</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarra Smati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Polizzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Fougerat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Ellero-Simatos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Cadoret</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">François-Xavier Frenois</w:t>
+                <w:t xml:space="preserve">Yuna Blum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijms23147525⟩</w:t>
+              <w:t xml:space="preserve">Gut</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 71 (4), pp.807-821. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/gutjnl-2020-323323⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03727259v1</w:t>
+                <w:t xml:space="preserve">hal-03215969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrative study of diet-induced mouse models of NAFLD identifies PPARα as a sexually dimorphic drug target</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Ellero-Simatos</w:t>
+                <w:t xml:space="preserve">Pre- and Postnatal Dietary Exposure to a Pesticide Cocktail Disrupts Ovarian Functions in 8-Week-Old Female Mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léonie Dopavogui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Cadoret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaspard Loison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara El Fouikar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yuna Blum</w:t>
+                <w:t xml:space="preserve">François-Xavier Frenois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gut</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 71 (4), pp.807-821. </w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 23 (14), pp.7525. </w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1136/gutjnl-2020-323323⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/ijms23147525⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03215969v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03727259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tissular Genomic Responses to Oral FB1 Exposure in Pigs</w:t>
               </w:r>
@@ -4294,295 +4294,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03609600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Endoplasmic reticulum stress controls iron metabolism through TMPRSS6 repression and hepcidin mRNA stabilization by RNA-binding protein HuR</w:t>
+                <w:t xml:space="preserve">The pregnane X receptor drives sexually dimorphic hepatic changes in lipid and xenobiotic metabolism in response to gut microbiota in mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audrey Belot</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Amélie Largounez</w:t>
+                <w:t xml:space="preserve">Sharon Barretto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Lasserre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Huillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Régnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Polizzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Haematologica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3324/haematol.2019.237321⟩</w:t>
+              <w:t xml:space="preserve">Microbiome</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s40168-021-01050-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02911817v1</w:t>
+                <w:t xml:space="preserve">hal-03209709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The pregnane X receptor drives sexually dimorphic hepatic changes in lipid and xenobiotic metabolism in response to gut microbiota in mice</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Endoplasmic reticulum stress controls iron metabolism through TMPRSS6 repression and hepcidin mRNA stabilization by RNA-binding protein HuR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Belot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ophélie Gourbeyre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anais Palin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Rubio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sharon Barretto</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Polizzi</w:t>
+                <w:t xml:space="preserve">Amélie Largounez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbiome</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 9, </w:t>
+              <w:t xml:space="preserve">Haematologica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 106 (4), pp.1202-1206. </w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s40168-021-01050-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3324/haematol.2019.237321⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03209709v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02911817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dual regulation of TxNIP by ChREBP and FoxO1 in liver</w:t>
               </w:r>
@@ -4696,2732 +4696,2732 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03176271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dual regulation of TxNIP by ChREBP and FoxO1 in liver</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Gaëlle Filhoulaud</w:t>
+                <w:t xml:space="preserve">Regulation of hepatokine gene expression in response to fasting and feeding: Influence of PPARa and insulin-dependent signaling in hepatocytes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarra Smati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Régnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiffany Fougeray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Polizzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Fougerat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">iScience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.isci.2021.102218⟩</w:t>
+              <w:t xml:space="preserve">Diabetes &amp; Metabolism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 46 (2), pp.129-136. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.diabet.2019.05.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03963490v1</w:t>
+                <w:t xml:space="preserve">hal-02402566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regulation of hepatokine gene expression in response to fasting and feeding: Influence of PPARa and insulin-dependent signaling in hepatocytes</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Anne Fougerat</w:t>
+                <w:t xml:space="preserve">Proton NMR enables the absolute quantification of aqueous metabolites and lipid classes in unique mouse liver samples</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Amiel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Tremblay-Franco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roselyne Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Ducheix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Montagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Diabetes &amp; Metabolism</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.diabet.2019.05.005⟩</w:t>
+              <w:t xml:space="preserve">Metabolites</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (1), 20 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/metabo10010009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02402566v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02622894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proton NMR enables the absolute quantification of aqueous metabolites and lipid classes in unique mouse liver samples</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Transcriptomic modifications of the thyroid gland upon exposure to phytosanitary-grade fipronil: Evidence for the activation of compensatory pathways</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roselyne Gautier</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Alexandra Montagner</w:t>
+                <w:t xml:space="preserve">Pascal G.P. Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Dupouy-Guiraute</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Leghait</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Pineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Polizzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metabolites</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/metabo10010009⟩</w:t>
+              <w:t xml:space="preserve">Toxicology and Applied Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 389, 14 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.taap.2019.114873⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02622894v1</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02624912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transcriptomic modifications of the thyroid gland upon exposure to phytosanitary-grade fipronil: Evidence for the activation of compensatory pathways</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Julien Leghait</w:t>
+                <w:t xml:space="preserve">Perinatal exposure to a dietary pesticide cocktail does not increase susceptibility to high-fat diet-induced metabolic perturbations at adulthood but modifies urinary and fecal metabolic fingerprints in C57Bl6/J mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorraine Smith</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Pineau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Polizzi</w:t>
+                <w:t xml:space="preserve">Wendy Klement</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léonie Dopavogui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric de Bock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Lasserre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Toxicology and Applied Pharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.taap.2019.114873⟩</w:t>
+              <w:t xml:space="preserve">Environment International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 144, pp.106010. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.envint.2020.106010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02624912v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02912899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perinatal exposure to a dietary pesticide cocktail does not increase susceptibility to high-fat diet-induced metabolic perturbations at adulthood but modifies urinary and fecal metabolic fingerprints in C57Bl6/J mice</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Léonie Dopavogui</w:t>
+                <w:t xml:space="preserve">Author correction: Dimorphic metabolic and endocrine disorders in mice lacking the constitutive androstane receptor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Lukowicz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Ellero-Simatos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Régnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric de Bock</w:t>
+                <w:t xml:space="preserve">Fabiana Oliviero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lasserre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environment International</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 144, pp.106010. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (1), pp.4256. </w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.envint.2020.106010⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-020-61226-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02912899v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02627769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Author correction: Dimorphic metabolic and endocrine disorders in mice lacking the constitutive androstane receptor</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Hepatocyte-specific deletion of Pparα promotes NAFLD in the context of obesity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Régnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Polizzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarra Smati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lukowicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Lasserre</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Fougerat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 10 (1), </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-020-61226-5⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 10 (1), pp.6489. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-020-63579-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02627769v1</w:t>
+                <w:t xml:space="preserve">inserm-02875414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hepatocyte-specific deletion of Pparα promotes NAFLD in the context of obesity</w:t>
+                <w:t xml:space="preserve">Sphingolipid metabolism in non-alcoholic fatty liver diseases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Régnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Polizzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Guillou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Loiseau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 10 (1), pp.6489. </w:t>
+              <w:t xml:space="preserve">Biochimie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 159, pp.9-22. </w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-020-63579-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.biochi.2018.07.021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02875414v1</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02626541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sphingolipid metabolism in non-alcoholic fatty liver diseases</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hepatic PPARα is critical in the metabolic adaptation to sepsis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Loiseau</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Réjane Paumelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joel T Haas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Hennuyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baugé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Deleye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochimie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.biochi.2018.07.021⟩</w:t>
+              <w:t xml:space="preserve">Journal of Hepatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 70 (5), pp.963-973. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jhep.2018.12.037⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02626541v1</w:t>
+                <w:t xml:space="preserve">hal-04358206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hepatic PPARα is critical in the metabolic adaptation to sepsis</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Yann Deleye</w:t>
+                <w:t xml:space="preserve">Dimorphic metabolic and endocrine disorders in mice lacking the constitutive androstane receptor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Lukowicz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Ellero-Simatos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Régnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabiana Oliviero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Lasserre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Hepatology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jhep.2018.12.037⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (1), pp.20169. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-019-56570-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04358206v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02428712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dimorphic metabolic and endocrine disorders in mice lacking the constitutive androstane receptor</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The protective role of liver X receptor (LXR) during fumonisin B1-induced hepatotoxicity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Régnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Polizzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lukowicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Fabiana Oliviero</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarra Smati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lasserre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-019-56570-0⟩</w:t>
+              <w:t xml:space="preserve">Archives of Toxicology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 93 (2), pp.505-517. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00204-018-2345-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02428712v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02619117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The protective role of liver X receptor (LXR) during fumonisin B1-induced hepatotoxicity</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Lasserre</w:t>
+                <w:t xml:space="preserve">Hepatic PPARalpha is critical in the metabolic adaptation to sepsis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réjane Paumelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Haas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Hennuyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Baugé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Deleye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archives of Toxicology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00204-018-2345-2⟩</w:t>
+              <w:t xml:space="preserve">Journal of Hepatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 70 (5), pp.963-973. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jhep.2018.12.037⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02619117v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02109735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hepatic PPARalpha is critical in the metabolic adaptation to sepsis</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Yann Deleye</w:t>
+                <w:t xml:space="preserve">Gene expression profiling reveals that PXR activation inhibits Hhepatic PPAR alpha activity and decreases FGF21 secretion in male C57Bl6/J mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sharon Barretto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Lasserre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Fougerat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorraine Smith</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiffany Fougeray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Hepatology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jhep.2018.12.037⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 20 (15), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms20153767⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02109735v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02617929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gene expression profiling reveals that PXR activation inhibits Hhepatic PPAR alpha activity and decreases FGF21 secretion in male C57Bl6/J mice</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sharon Barretto</w:t>
+                <w:t xml:space="preserve">Dual extraction of mRNA and lipids from a single biological sample</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Normand Podechard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Ducheix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Polizzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lasserre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Tiffany Fougeray</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Montagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 20 (15), </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 8 (1), pp.7019. </w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/ijms20153767⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-018-25332-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02617929v1</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01794296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dual extraction of mRNA and lipids from a single biological sample</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Simon Ducheix</w:t>
+                <w:t xml:space="preserve">Metabolic effects of a chronic dietary exposure to a low-dose oesticide cocktail in mice: Sexual dimorphism and role of the constitutive androstane receptor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Lukowicz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Ellero-Simatos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Régnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Polizzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lasserre</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexandra Montagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-018-25332-9⟩</w:t>
+              <w:t xml:space="preserve">Environmental Health Perspectives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 126 (6), 18 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1289/EHP2877⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01794296v1</w:t>
+                <w:t xml:space="preserve">hal-02624889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metabolic effects of a chronic dietary exposure to a low-dose oesticide cocktail in mice: Sexual dimorphism and role of the constitutive androstane receptor</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Ellero-Simatos</w:t>
+                <w:t xml:space="preserve">Dietary oleic acid regulates hepatic lipogenesis through a liver X receptor-dependent signaling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Ducheix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Montagner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Polizzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Lasserre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Régnier</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Lasserre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Health Perspectives</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1289/EHP2877⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 12 (7), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0181393⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02624889v1</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01606929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dietary oleic acid regulates hepatic lipogenesis through a liver X receptor-dependent signaling</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+                <w:t xml:space="preserve">A Specific ChREBP and PPARα Cross-Talk Is Required for the Glucose-Mediated FGF21 Response</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alison Iroz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Montagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fadila Benhamed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Levavasseur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Polizzi</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marion Régnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 12 (7), </w:t>
+              <w:t xml:space="preserve">Cell Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 21 (2), pp.403 - 416. </w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0181393⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.celrep.2017.09.065⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01606929v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01837159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Specific ChREBP and PPARα Cross-Talk Is Required for the Glucose-Mediated FGF21 Response</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Fadila Benhamed</w:t>
+                <w:t xml:space="preserve">Insights into the role of hepatocyte PPARα activity in response to fasting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Régnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Polizzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Françoise Levavasseur</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Polizzi</w:t>
+                <w:t xml:space="preserve">Yannick Lippi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin Fouché</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.celrep.2017.09.065⟩</w:t>
+              <w:t xml:space="preserve">Molecular and Cellular Endocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, in press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mce.2017.07.035⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01837159v1</w:t>
+                <w:t xml:space="preserve">hal-01605514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insights into the role of hepatocyte PPARα activity in response to fasting</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hepatic fasting-induced PPAR alpha activity does not depend on essential fatty acids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Polizzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwin Fouché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Géraldine Michel</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Ducheix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Lasserre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Marmugi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular and Cellular Endocrinology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mce.2017.07.035⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 17 (10), pp.1624. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms17101624⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01605514v1</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01476503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hepatic fasting-induced PPAR alpha activity does not depend on essential fatty acids</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Hepatic circadian clock oscillators and nuclear receptors integrate microbiome-derived signals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Montagner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agata Korecka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Polizzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Alice Marmugi</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Lippi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuna Blum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 17 (10), pp.1624. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 6 (1), pp.1-14. </w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/ijms17101624⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/srep20127⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01476503v1</w:t>
+                <w:t xml:space="preserve">hal-01482816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hepatic circadian clock oscillators and nuclear receptors integrate microbiome-derived signals</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+                <w:t xml:space="preserve">Activation of the Constitutive Androstane Receptor induces hepatic lipogenesis and regulates Pnpla3 gene expression in a LXR-independent way</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Marmugi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Lukowicz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Lasserre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Montagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Polizzi</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yuna Blum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/srep20127⟩</w:t>
+              <w:t xml:space="preserve">Toxicology and Applied Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 303, pp.90 - 100. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.taap.2016.05.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01482816v1</w:t>
+                <w:t xml:space="preserve">hal-01837194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liver PPARα is crucial for whole-body fatty acid homeostasis and is protective against NAFLD</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Montagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Polizzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7429,1681 +7429,1547 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwin Fouché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Ducheix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Lippi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gut</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 65 (7), pp.1202-1214. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1136/gutjnl-2015-310798⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-02339685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Activation of the Constitutive Androstane Receptor induces hepatic lipogenesis and regulates Pnpla3 gene expression in a LXR-independent way</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Alexandra Montagner</w:t>
+                <w:t xml:space="preserve">New insights into the organ-specific adverse effects of fumonisin B1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Loiseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Polizzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Dupuy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Therville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mirindra Rakotonirainy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Toxicology and Applied Pharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.taap.2016.05.006⟩</w:t>
+              <w:t xml:space="preserve">Archives of Toxicology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 89 (9), pp.1619-1629. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00204-014-1323-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01837194v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03331305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New insights into the organ-specific adverse effects of fumonisin B1</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Nicole Therville</w:t>
+                <w:t xml:space="preserve">Adverse effects of long-term exposure to bisphenol A during adulthood leading to hyperglycaemia and hypercholesterolemia in mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Marmugi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Lasserre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mirindra Rakotonirainy</w:t>
+                <w:t xml:space="preserve">Diane Beuzelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Ducheix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Huc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archives of Toxicology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00204-014-1323-6⟩</w:t>
+              <w:t xml:space="preserve">Toxicology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 325, pp.133-143. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tox.2014.08.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03331305v1</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02641668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adverse effects of long-term exposure to bisphenol A during adulthood leading to hyperglycaemia and hypercholesterolemia in mice</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId209" w:history="1">
+                <w:t xml:space="preserve">Essential fatty acids deficiency promotes lipogenic gene expression and hepatic steatosis through the liver X receptor.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Ducheix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Montagner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Polizzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Lasserre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Marmugi</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Laurence Huc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Toxicology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 325, pp.133-143. </w:t>
+              <w:t xml:space="preserve">Journal of Hepatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 58 (5), pp.984-92. </w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.tox.2014.08.006⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jhep.2013.01.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02641668v1</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00872314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Essential fatty acids deficiency promotes lipogenic gene expression and hepatic steatosis through the liver X receptor.</w:t>
+                <w:t xml:space="preserve">A systems biology approach to the hepatic role of the oxysterol receptor LXR in the regulation of lipogenesis highlights a cross-talk with PPARα.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Ducheix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alexandra Montagner</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Normand Podechard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Lasserre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Polizzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Alice Marmugi</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Pommier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Hepatology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jhep.2013.01.006⟩</w:t>
+              <w:t xml:space="preserve">Biochimie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 95 (3), pp.556-67. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biochi.2012.09.028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-00872314v1</w:t>
+                <w:t xml:space="preserve">inserm-00872582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A systems biology approach to the hepatic role of the oxysterol receptor LXR in the regulation of lipogenesis highlights a cross-talk with PPARα.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Low Doses of Bisphenol A Induce Gene Expression Related to Lipid Synthesis and Trigger Triglyceride Accumulation in Adult Mouse Liver</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Marmugi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Ducheix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lasserre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Polizzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Aurélien Pommier</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Paris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochimie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.biochi.2012.09.028⟩</w:t>
+              <w:t xml:space="preserve">Hepatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 55 (2), pp.395-407. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/hep.24685⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">inserm-00872582v1</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01019497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low Doses of Bisphenol A Induce Gene Expression Related to Lipid Synthesis and Trigger Triglyceride Accumulation in Adult Mouse Liver</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Lasserre</w:t>
+                <w:t xml:space="preserve">Proteinase-activated receptor-4 evoked colorectal analgesia in mice: an endogenously activated feed-back loop in visceral inflammatory pain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anita Annahazi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta-Ewa Dabek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K Gecse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christel Cartier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Polizzi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alain Paris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hepatology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/hep.24685⟩</w:t>
+              <w:t xml:space="preserve">Neurogastroenterology &amp; Motility</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 24 (1), pp.76-85. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-2982.2011.01805.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01019497v1</w:t>
+                <w:t xml:space="preserve">hal-01228309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proteinase-activated receptor-4 evoked colorectal analgesia in mice: an endogenously activated feed-back loop in visceral inflammatory pain</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId239" w:history="1">
+                <w:t xml:space="preserve">Intracolonic infusion of fecal supernatants from ulcerative colitis patients triggers altered permeability and inflammation in mice: Role of cathepsin G and protease‐activated receptor‐4</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta-Ewa Dabek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Ferrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anita Annahazi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Christel Cartier</w:t>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Bézirard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Polizzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurogastroenterology &amp; Motility</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1365-2982.2011.01805.x⟩</w:t>
+              <w:t xml:space="preserve">Inflammatory Bowel Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 17 (6), pp.1409-1414. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ibd.21454⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01228309v1</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02645072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intracolonic infusion of fecal supernatants from ulcerative colitis patients triggers altered permeability and inflammation in mice: Role of cathepsin G and protease‐activated receptor‐4</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Impact of oral bisphenol A at reference doses on intestinal barrier function and sex differences after perinatal exposure in rats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Bézirard</w:t>
+                <w:t xml:space="preserve">Viorica Braniste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurore . Jouault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Gaultier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Polizzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Buisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inflammatory Bowel Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ibd.21454⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 107 (1), pp.448-453. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.0907697107⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02645072v1</w:t>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01608653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of oral bisphenol A at reference doses on intestinal barrier function and sex differences after perinatal exposure in rats</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Eric Gaultier</w:t>
+                <w:t xml:space="preserve">Effects of Illicit Dexamethasone upon Hepatic Drug Metabolizing Enzymes and Related Transcription Factors mRNAs and Their Potential Use As Biomarkers in Cattle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mery Giantin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosa M Lopparelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Zancanella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal G.P. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Polizzi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claire Buisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1073/pnas.0907697107⟩</w:t>
+              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 58 (2), pp.1342-1349. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jf9033317⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01608653v1</w:t>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02660372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of Illicit Dexamethasone upon Hepatic Drug Metabolizing Enzymes and Related Transcription Factors mRNAs and Their Potential Use As Biomarkers in Cattle</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Identification of potential mechanisms of toxicity after di-(2-ethylhexyl)-phthalate (DEHP) adult exposure in the liver using a systems biology approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vanessa Zancanella</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pascal G.P. Martin</w:t>
+                <w:t xml:space="preserve">Alexandre Eveillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Lasserre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M de Tayrac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Polizzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Claus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/jf9033317⟩</w:t>
+              <w:t xml:space="preserve">Toxicology and Applied Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 236 (3), pp.282-292. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.taap.2009.02.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02660372v1</w:t>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02662270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of potential mechanisms of toxicity after di-(2-ethylhexyl)-phthalate (DEHP) adult exposure in the liver using a systems biology approach</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId260" w:history="1">
+                <w:t xml:space="preserve">Di-(2-ethylhexyl)-phthalate (DEHP) activates the Constitutive Androstane Receptor (CAR): a novel signalling pathway sensitive to phthalates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Eveillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...64 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.taap.2009.02.008⟩</w:t>
-[...11 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Laila Mselli-Lakhal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId264" w:history="1">
-              <w:r>
-[...72 lines deleted...]
-            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariane Mogha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lasserre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9112,70 +8978,70 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Polizzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biochemical Pharmacology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 77 (11), pp.1735. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.bcp.2009.02.023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00493499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9185,51 +9051,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">p110α-dependent hepatocyte signaling is critical for liver gene expression and its rewiring in MASLD</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Régnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -9281,51 +9147,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Prunelle Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04442467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9335,529 +9201,529 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An essential role for the bmp-smad pathway in hepcidin induction during ER stress and NAFLD/NASH</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Belot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ophélie Gourbeyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Rubio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celine Besson-Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Latour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7. Congress of the International Biolron Society (IBIS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Los Angeles, United States. American Journal of Hematology, 92 (8), pp.E203, 2017, American Journal of Hematology</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01608152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamic comprehension of lipid metabolism : application of 2H2O and Mass Spectrometry to evaluate functional effects of nutrients and implication of nuclear receptors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Ludwiczak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Polizzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lasserre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Tremblay-Franco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th Health Food Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2012, Toulouse, France. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02802420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extract RNAs but keep the lipids: a useful trick in the field of nuclear receptors biology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Polizzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Normand Podechard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Ducheix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Bertrand-Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Lasserre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EMBO Conference “Nuclear Receptors” Sitges</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2011, Sitges, Spain. 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02805582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of LXR in the regulation of hepatic lipogenesis in response to dietary fatty acids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Ducheix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Montagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Normand Podechard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Bertrand-Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Polizzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EMBO Conference “Nuclear Receptors</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2011, Sitges, Spain. 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02805463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9867,65 +9733,65 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preuve de concept ARCHIPL: Bilan de l'évaluation in vitro de la rétention du déoxynivalénol par des parois de levure modifiées par hémisynthèse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Loiseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Polizzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9967,65 +9833,65 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Contrat] Inrae. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02801787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId280"/>
+      <w:footerReference w:type="default" r:id="rId277"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -10172,51 +10038,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05514896v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Poirier-Jaouen" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Magne" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.M.P. Martin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lasserre" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Polizzi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxlet.2025.07.368" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04725860v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Fougerat" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Polizzi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clothilde Marbach" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion R&#233;gnier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffany Fougeray" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04725844v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04725827v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Schoiswohl" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carina Wagner" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03775382v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Smith" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Martin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrine Naimi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Engelmann" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lasserre" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04725851v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarra Smati" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735254v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Lukowicz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Montagner" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442612v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Smati" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734271v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Postic" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Iroz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadila Benhamed" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735253v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Marrot" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442626v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin Fouch&#233;" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746012v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Roques" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Z. Lacroix" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Perdu" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805683v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Ducheix" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Rayah-Benhamed" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817179v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Balbo" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pgp Martin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michela Cantiello" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Bertarelli" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819753v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Grall" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Mercader" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Mat&#233;o" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063626v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prunelle Perrier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.3003112" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05264984v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Marie Pauline Martin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Alquier-Bacqui&#233;" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Huillet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Rives" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2025.113221" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04287354v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauris Evariste" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mnfr.202300491" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04444827v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemie Cresto" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Courret" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ath&#233;na&#239;s G&#233;nin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bourret" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2024.123477" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05514845v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Bruse" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Guillou" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plipres.2024.101303" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209842v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Ursic-Bedoya" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Desandr&#233;" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Chavey" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Marie" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44321-023-00021-x" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04404913v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219698v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Piccinin" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Arconzo" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Laura Matrella" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marica Cariello" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhepr.2023.100853" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04197137v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Schoeler" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Ellero-Simatos" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Till Birkner" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Mayneris-Perxachs" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Olsson" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-41074-3" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04112262v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onie Dopavogui" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Ponchon" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.164436" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04219648v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;pierre Gratacap" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhepr.2023.100930" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03624265v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Personnaz" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enzo Piccolo" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliz&#233;e Dortignac" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Iacovoni" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me J. Mariette" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abg9055" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03647009v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2022.110674" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03695833v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2022.110910" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03727259v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Cadoret" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaspard Loison" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara El Fouikar" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Frenois" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms23147525" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03215969v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuna Blum" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/gutjnl-2020-323323" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03609600v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Gourbeyre" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Terciolo" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins14020083" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02911817v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Belot" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Gourbeyre" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Palin" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Rubio" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Largounez" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3324/haematol.2019.237321" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03209709v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sharon Barretto" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40168-021-01050-9" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03176271v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Noblet" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Insug O-Sullivan" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenwei Zhang" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Filhoulaud" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2021.102218" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03963490v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Noblet" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Filhoulaud" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02402566v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diabet.2019.05.005" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622894v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Amiel" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Tremblay-Franco" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roselyne Gautier" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo10010009" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624912v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal G.P. Martin" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Dupouy-Guiraute" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Leghait" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Pineau" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.taap.2019.114873" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02912899v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wendy Klement" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric de Bock" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2020.106010" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627769v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabiana Oliviero" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-61226-5" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02875414v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-63579-3" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626541v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Loiseau" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2018.07.021" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04358206v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;jane Paumelle" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel T Haas" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Hennuyer" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Baug&#233;" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Deleye" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhep.2018.12.037" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428712v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-56570-0" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619117v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00204-018-2345-2" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02109735v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Haas" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02617929v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms20153767" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794296v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Normand Podechard" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-25332-9" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624889v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1289/EHP2877" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606929v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0181393" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01837159v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Levavasseur" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2017.09.065" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605514v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Lippi" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Michel" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mce.2017.07.035" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HQ1SB9M0-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01476503v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Marmugi" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms17101624" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01482816v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agata Korecka" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep20127" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02339685v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/gutjnl-2015-310798" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01837194v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.taap.2016.05.006" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03331305v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Dupuy" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Therville" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirindra Rakotonirainy" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00204-014-1323-6" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641668v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Beuzelin" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Huc" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tox.2014.08.006" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RT56MTB5-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00872314v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhep.2013.01.006" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3X1QZ1SX-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00872582v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Pommier" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2012.09.028" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FPQN6HTS-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019497v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Paris" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hep.24685" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01228309v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Annahazi" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta-Ewa Dabek" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Gecse" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Cartier" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2982.2011.01805.x" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645072v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ferrier" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie B&#233;zirard" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ibd.21454" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608653v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viorica Braniste" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore . Jouault" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gaultier" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Buisson" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0907697107" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660372v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mery Giantin" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa M Lopparelli" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Zancanella" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf9033317" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662270v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Eveillard" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M de Tayrac" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Claus" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.taap.2009.02.008" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V4250C4Z-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00493499v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laila Mselli-Lakhal" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Mogha" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bcp.2009.02.023" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442467v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608152v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Besson-Fournier" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Latour" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02802420v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Ludwiczak" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Fournier" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805582v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bertrand-Michel" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805463v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801787v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05514896v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Poirier-Jaouen" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Magne" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.M.P. Martin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lasserre" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Polizzi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxlet.2025.07.368" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04725860v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Fougerat" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Polizzi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clothilde Marbach" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion R&#233;gnier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffany Fougeray" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04725844v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04725827v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Schoiswohl" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carina Wagner" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03775382v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Smith" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Martin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrine Naimi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Engelmann" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lasserre" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04725851v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarra Smati" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442612v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Lukowicz" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Smati" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735254v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Montagner" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734271v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Postic" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Iroz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadila Benhamed" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735253v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Marrot" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442626v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin Fouch&#233;" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746012v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Roques" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Z. Lacroix" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Perdu" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805683v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Ducheix" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Rayah-Benhamed" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02817179v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Balbo" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pgp Martin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michela Cantiello" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Bertarelli" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819753v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Grall" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Mercader" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Mat&#233;o" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063626v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prunelle Perrier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.3003112" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05264984v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Marie Pauline Martin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Alquier-Bacqui&#233;" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Huillet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Rives" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2025.113221" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04444827v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemie Cresto" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Courret" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ath&#233;na&#239;s G&#233;nin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bourret" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2024.123477" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04287354v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauris Evariste" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mnfr.202300491" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05514845v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Bruse" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Guillou" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plipres.2024.101303" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04404913v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Ursic-Bedoya" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Desandr&#233;" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Chavey" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Marie" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44321-023-00021-x" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209842v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04197137v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Schoeler" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Ellero-Simatos" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Till Birkner" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Mayneris-Perxachs" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Olsson" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-41074-3" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219698v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Piccinin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Arconzo" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Laura Matrella" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marica Cariello" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhepr.2023.100853" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04112262v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onie Dopavogui" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Ponchon" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.164436" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04219648v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;pierre Gratacap" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhepr.2023.100930" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03624265v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Personnaz" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enzo Piccolo" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliz&#233;e Dortignac" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Iacovoni" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me J. Mariette" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abg9055" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03647009v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2022.110674" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03695833v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2022.110910" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03215969v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuna Blum" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/gutjnl-2020-323323" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03727259v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Cadoret" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaspard Loison" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara El Fouikar" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Frenois" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms23147525" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03609600v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Gourbeyre" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Terciolo" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins14020083" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03209709v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sharon Barretto" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40168-021-01050-9" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02911817v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Belot" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Gourbeyre" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Palin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Rubio" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Largounez" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3324/haematol.2019.237321" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03176271v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Noblet" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Insug O-Sullivan" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenwei Zhang" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Filhoulaud" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2021.102218" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02402566v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diabet.2019.05.005" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622894v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Amiel" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Tremblay-Franco" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roselyne Gautier" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo10010009" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624912v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal G.P. Martin" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Dupouy-Guiraute" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Leghait" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Pineau" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.taap.2019.114873" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02912899v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wendy Klement" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric de Bock" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2020.106010" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627769v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabiana Oliviero" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-61226-5" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02875414v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-63579-3" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626541v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Loiseau" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2018.07.021" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04358206v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;jane Paumelle" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel T Haas" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Hennuyer" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Baug&#233;" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Deleye" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhep.2018.12.037" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428712v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-56570-0" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619117v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00204-018-2345-2" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02109735v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Haas" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02617929v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms20153767" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794296v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Normand Podechard" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-25332-9" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624889v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1289/EHP2877" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606929v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0181393" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01837159v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Levavasseur" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2017.09.065" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605514v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Lippi" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Michel" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mce.2017.07.035" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HQ1SB9M0-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01476503v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Marmugi" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms17101624" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01482816v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agata Korecka" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep20127" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01837194v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.taap.2016.05.006" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02339685v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/gutjnl-2015-310798" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03331305v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Dupuy" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Therville" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirindra Rakotonirainy" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00204-014-1323-6" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641668v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Beuzelin" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Huc" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tox.2014.08.006" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RT56MTB5-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00872314v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhep.2013.01.006" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3X1QZ1SX-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00872582v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Pommier" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2012.09.028" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FPQN6HTS-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019497v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Paris" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hep.24685" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01228309v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Annahazi" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta-Ewa Dabek" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Gecse" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Cartier" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2982.2011.01805.x" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645072v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ferrier" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie B&#233;zirard" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ibd.21454" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608653v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viorica Braniste" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore . Jouault" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gaultier" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Buisson" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0907697107" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660372v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mery Giantin" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa M Lopparelli" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Zancanella" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf9033317" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662270v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Eveillard" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M de Tayrac" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Claus" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.taap.2009.02.008" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V4250C4Z-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00493499v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laila Mselli-Lakhal" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Mogha" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bcp.2009.02.023" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04442467v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608152v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Besson-Fournier" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Latour" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02802420v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Ludwiczak" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Fournier" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805582v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bertrand-Michel" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805463v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801787v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>