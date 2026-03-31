--- v0 (2026-03-10)
+++ v1 (2026-03-31)
@@ -1666,51 +1666,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03724637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combination at the Observation Level: contribution to ITRF2013</w:t>
+                <w:t xml:space="preserve">Combination at the Observation Level:contribution to ITRF2013</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Bellanger</w:t>
@@ -1724,118 +1724,118 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Biancale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Bizouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Géraldine Bourda</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Bourda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly Conference Abstracts</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2014, Vienna, Austria. 16, 2014</w:t>
+              <w:t xml:space="preserve">EGU 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2014, Vienna, Austria. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03803556v1</w:t>
+                <w:t xml:space="preserve">hal-03803545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combination at the Observation Level:contribution to ITRF2013</w:t>
+                <w:t xml:space="preserve">Combination at the Observation Level: contribution to ITRF2013</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Bellanger</w:t>
@@ -1849,94 +1849,94 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Biancale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Bizouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">G. Bourda</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Bourda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2014, Vienna, Austria. 2014</w:t>
+              <w:t xml:space="preserve">EGU General Assembly Conference Abstracts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2014, Vienna, Austria. 16, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03803545v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03803556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2194,51 +2194,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406142v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvaro Santamaria-Gomez" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Boy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Feriol" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;d&#233;ric Gravelle" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Loyer" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-17-5833-2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04155716v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Pollet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Coulot" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Biancale" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix P&#233;rosanz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00190-023-01730-4" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320278v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Zoulida" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Perosanz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.asr.2016.06.019" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6V1SVPTP-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03801916v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Rebischung" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Grondin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Collot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10291-014-0416-2" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801791v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pollet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Coulot" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bock" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Nahmani" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00190-014-0745-5" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801659v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Collilieux" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Berio" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00190-009-0342-1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-JPSV75Q4-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01679674v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03735002v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03744024v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03743298v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00401057v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gambis" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Carlucci" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Altamimi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03724637v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Richard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bellanger" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bizouard" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Bourda" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03803556v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03803545v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bourda" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02094987v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05406142v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvaro Santamaria-Gomez" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Boy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Feriol" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;d&#233;ric Gravelle" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Loyer" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-17-5833-2025" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04155716v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Pollet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Coulot" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Biancale" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix P&#233;rosanz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00190-023-01730-4" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320278v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Zoulida" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Perosanz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.asr.2016.06.019" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6V1SVPTP-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03801916v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Rebischung" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Grondin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Collot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10291-014-0416-2" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801791v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pollet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Coulot" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bock" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Nahmani" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00190-014-0745-5" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801659v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Collilieux" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Berio" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00190-009-0342-1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-JPSV75Q4-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01679674v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03735002v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03744024v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03743298v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00401057v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gambis" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Carlucci" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Altamimi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03724637v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Richard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bellanger" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bizouard" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Bourda" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03803545v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bourda" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03803556v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02094987v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>