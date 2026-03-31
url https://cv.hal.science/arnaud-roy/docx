--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -717,338 +717,338 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05238793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cognitive biases in pediatric cardiac care</w:t>
+                <w:t xml:space="preserve">Social cognition in adult survivors of brain tumors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Padovani</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Olivier Cadeau</w:t>
+                <w:t xml:space="preserve">Jérémy Besnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed Ly</w:t>
+                <w:t xml:space="preserve">Philippe Menei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Roualdes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romuald Seizeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Allain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Cardiovascular Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fcvm.2024.1423680⟩</w:t>
+              <w:t xml:space="preserve">Brain Injury</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 38 (3), pp.160-169. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/02699052.2024.2309246⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04819079v1</w:t>
+                <w:t xml:space="preserve">hal-04654596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Social cognition in adult survivors of brain tumors</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cognitive biases in pediatric cardiac care</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romuald Seizeur</w:t>
+                <w:t xml:space="preserve">Paul Padovani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amanda Guerra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Cadeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Allain</w:t>
+                <w:t xml:space="preserve">Mohamed Ly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain Injury</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 38 (3), pp.160-169. </w:t>
+              <w:t xml:space="preserve">Frontiers in Cardiovascular Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 11, pp.1423680. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/02699052.2024.2309246⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fcvm.2024.1423680⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04654596v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04819079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Social cognition in adults with neurofibromatosis type 1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Remaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Besnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Barbarot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1121,51 +1121,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Social cognition in children with neurofibromatosis type 1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Remaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Besnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Barbarot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1376,90 +1376,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Associations between Adult Primary Brain Tumor Survivors’ Behavioral Executive Functions, Health Related Quality of Life and their Caregivers’ Health Related Quality : A cross-sectional study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Cantisano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Menei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Roualdes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Seizeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Allain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Psychology, Health and Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 28 (10), pp.2860-2871. </w:t>
@@ -1742,278 +1742,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04801482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comprehensive assessment of executive functioning following childhood severe traumatic brain injury: clinical utility of the child executive functions battery</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Executive functions in preschool children with moderate hyperphenylalaninemia and phenylketonuria: a prospective study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Paermentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Cano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Chabrol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Roy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpsyg.2023.1160210⟩</w:t>
+              <w:t xml:space="preserve">Orphanet Journal of Rare Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 18 (1), pp.175. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13023-023-02764-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04283768v1</w:t>
+                <w:t xml:space="preserve">hal-04587097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Executive functions in preschool children with moderate hyperphenylalaninemia and phenylketonuria: a prospective study</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Comprehensive assessment of executive functioning following childhood severe traumatic brain injury: clinical utility of the child executive functions battery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Chevignard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amanda Guerra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafika Fliss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Salah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Pineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Orphanet Journal of Rare Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13023-023-02764-9⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14, pp.1160210. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpsyg.2023.1160210⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04587097v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04283768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perception and recognition of primary and secondary emotions by children with neurofibromatosis type 1</w:t>
               </w:r>
@@ -2244,494 +2244,494 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04801512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of inhibition and working memory in school-age Moroccan children</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Neuropsychological Profile of Intellectually Gifted Children</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Bucaille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Jarry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Allard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Er-Rafiqi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Amanda Guerra</w:t>
+                <w:t xml:space="preserve">Sylvain Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Le Gall</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sylviane Peudenier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Child Neuropsychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 28 (7), pp.938-961. </w:t>
+              <w:t xml:space="preserve">Journal of the International Neuropsychological Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 28 (4), pp.424-440. </w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/09297049.2022.2039112⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1017/S1355617721000515⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04845842v1</w:t>
+                <w:t xml:space="preserve">hal-03661199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neuropsychological Features of Children and Adolescents With Mitochondrial Disorders: A Descriptive Case Series</w:t>
+                <w:t xml:space="preserve">Development of inhibition and working memory in school-age Moroccan children</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elise Riquin</w:t>
+                <w:t xml:space="preserve">Marie Er-Rafiqi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amanda Guerra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magalie Barth</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Didier Le Gall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Roy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Psychiatry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpsyt.2022.864445⟩</w:t>
+              <w:t xml:space="preserve">Child Neuropsychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 28 (7), pp.938-961. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/09297049.2022.2039112⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03978269v1</w:t>
+                <w:t xml:space="preserve">hal-04845842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neuropsychological Profile of Intellectually Gifted Children</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Justine Allard</w:t>
+                <w:t xml:space="preserve">Neuropsychological Features of Children and Adolescents With Mitochondrial Disorders: A Descriptive Case Series</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Riquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magalie Barth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Le Nerzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Brochard</w:t>
+                <w:t xml:space="preserve">Natwin Pasquini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylviane Peudenier</w:t>
+                <w:t xml:space="preserve">Clement Prouteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the International Neuropsychological Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 28 (4), pp.424-440. </w:t>
+              <w:t xml:space="preserve">Frontiers in Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13, </w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/S1355617721000515⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fpsyt.2022.864445⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03661199v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03978269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relationships between executive functioning and health-related quality of life in adult survivors of brain tumor and matched healthy controls</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Cantisano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Menei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Roualdes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Seizeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Allain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Clinical and Experimental Neuropsychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 43 (10), pp.980-990. </w:t>
@@ -3005,317 +3005,308 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03417328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pieces of evidences of reliability of the Brazilian version of the Child Executive Functions Battery (CEF-B)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Age-related changes of cognitive flexibility and planning skills in school-age Moroccan children</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Er-Rafiqi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amanda Guerra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Le Gall</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Roy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psicologia : Reflexão e Crítica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s41155-021-00171-2⟩</w:t>
+              <w:t xml:space="preserve">Applied Neuropsychology: Child</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, pp.1-12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/21622965.2021.1934471⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03566170v1</w:t>
+                <w:t xml:space="preserve">hal-03661222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Executive functions in preschool-aged children with neurofibromatosis type 1: Value for early assessment</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Relationships Between School Bullying and Frustration Intolerance Beliefs in Adolescence: A Gender-Specific Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Potard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Pochon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Combes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Violaine Kubiszewski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical and Experimental Neuropsychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/13803395.2021.1893277⟩</w:t>
+              <w:t xml:space="preserve">Journal of Rational-Emotive and Cognitive-Behavior Therapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 40, pp.140-143. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10942-021-00402-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03661619v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03417334v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adolescent School Bullying and Life Skills: A Systematic Review of the Recent Literature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Potard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Combes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3323,557 +3314,566 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Kubiszewski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Pochon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Violence and victims</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 36 (5), pp.604-637. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1891/VV-D-19-00023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03746941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relationships Between School Bullying and Frustration Intolerance Beliefs in Adolescence: A Gender-Specific Analysis</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Violaine Kubiszewski</w:t>
+                <w:t xml:space="preserve">Psychiatric Symptoms of Children and Adolescents With Mitochondrial Disorders: A Descriptive Case Series</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Riquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Le Nerzé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natwin Pasquini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magalie Barth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Prouteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Rational-Emotive and Cognitive-Behavior Therapy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10942-021-00402-6⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12, pp.685532. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpsyt.2021.685532⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03417334v2</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03661237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Psychiatric Symptoms of Children and Adolescents With Mitochondrial Disorders: A Descriptive Case Series</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Natwin Pasquini</w:t>
+                <w:t xml:space="preserve">Pieces of evidences of reliability of the Brazilian version of the Child Executive Functions Battery (CEF-B)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amanda Guerra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Izabel Hazin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Roulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magalie Barth</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Didier Le Gall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Roy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Psychiatry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpsyt.2021.685532⟩</w:t>
+              <w:t xml:space="preserve">Psicologia : Reflexão e Crítica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 34 (1), pp.6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s41155-021-00171-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03661237v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03566170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Age-related changes of cognitive flexibility and planning skills in school-age Moroccan children</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Amanda Guerra</w:t>
+                <w:t xml:space="preserve">Executive functions in preschool-aged children with neurofibromatosis type 1: Value for early assessment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Laure Beaussart-Corbat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Barbarot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Farges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Roy</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Didier Le Gall</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Neuropsychology: Child</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, pp.1-12. </w:t>
+              <w:t xml:space="preserve">Journal of Clinical and Experimental Neuropsychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 43 (2), pp.163-175. </w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/21622965.2021.1934471⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/13803395.2021.1893277⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03661222v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03661619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How Adolescents Cope with Bullying at School: Exploring Differences Between Pure Victim and Bully-Victim Roles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Potard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Kubiszewski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Combes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Pochon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3937,90 +3937,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Developmental Profile of Executive Functioning in School-Age Children From Northeast Brazil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amanda Guerra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Izabel Hazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yasmin Guerra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Roulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Le Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 11, </w:t>
@@ -4071,51 +4071,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Executive functions and quality of life in children with neurofibromatosis type 1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Roulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christèle Gras-Le Guen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4182,541 +4182,541 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03661637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neuropsychological and Psychiatric Features of Children and Adolescents Affected With Mitochondrial Diseases: A Systematic Review</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elise Riquin</w:t>
+                <w:t xml:space="preserve">Assessing executive functions in Brazilian children: A critical review of available tools</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amanda Guerra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Izabel Hazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Duverger</w:t>
+                <w:t xml:space="preserve">Cibele Siebra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cindy Cariou</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Clément Prouteau</w:t>
+                <w:t xml:space="preserve">Marinna Rezende</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isadora Silvestre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Psychiatry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpsyt.2020.00747⟩</w:t>
+              <w:t xml:space="preserve">Applied Neuropsychology: Child</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11 (2), pp.184-196. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/21622965.2020.1775598⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02953568v1</w:t>
+                <w:t xml:space="preserve">hal-04846016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude du fonctionnement exécutif des enfants à haut potentiel intellectuel</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L’émergence et le développement des fonctions exécutives chez l’enfant : réflexions sur l’impact des aspects contextuels, culturels et de l’environnement numérique.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amanda Guerra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Combes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Izabel Hazin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Le Gall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Roy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">A.N.A.E. Approche neuropsychologique des apprentissages chez l'enfant</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 32 (167), pp.471 - 478</w:t>
+              <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05289288v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03352599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’émergence et le développement des fonctions exécutives chez l’enfant : réflexions sur l’impact des aspects contextuels, culturels et de l’environnement numérique.</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Neuropsychological and Psychiatric Features of Children and Adolescents Affected With Mitochondrial Diseases: A Systematic Review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Riquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Duverger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy Cariou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magalie Barth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Prouteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">A.N.A.E. Approche neuropsychologique des apprentissages chez l'enfant</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Frontiers in Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpsyt.2020.00747⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03352599v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02953568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing executive functions in Brazilian children: A critical review of available tools</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Marinna Rezende</w:t>
+                <w:t xml:space="preserve">Étude du fonctionnement exécutif des enfants à haut potentiel intellectuel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Bucaille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isadora Silvestre</w:t>
+                <w:t xml:space="preserve">C Kergroach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Allard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Jarry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Brochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Neuropsychology: Child</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">A.N.A.E. Approche neuropsychologique des apprentissages chez l'enfant</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 32 (167), pp.471 - 478</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04846016v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05289288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un nouveau dispositif des fonctions exécutives chez l’enfant : la batterie FÉE</w:t>
               </w:r>
@@ -4728,64 +4728,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Fournet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Le Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Roulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">A.N.A.E. Approche neuropsychologique des apprentissages chez l'enfant</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 167 (IVI)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4823,90 +4823,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patient-reported functional executive challenges and caregiver confirmation in adult brain tumor survivors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Cantisano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Menei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Roualdes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romuald Seizeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Allain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Cancer Survivorship</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 15, pp.696-705. </w:t>
@@ -4970,77 +4970,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amanda Guerra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yasmin Guerra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isadora Silvestre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marinna Rezende</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Le Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Avaliação Psicológica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, </w:t>
@@ -5072,295 +5072,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04630160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of everyday executive functioning using the BRIEF in children and adolescents treated for brain tumor</w:t>
+                <w:t xml:space="preserve">Predictive Value of the Global School Adaptation Questionnaire at 5 Years of Age and Educational Support at 7 Years of Age in Very Preterm Children</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeanne Roche</w:t>
+                <w:t xml:space="preserve">Jean-Baptiste Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hugo Câmara-Costa</w:t>
+                <w:t xml:space="preserve">Marion Olivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. L. Roulin</w:t>
+                <w:t xml:space="preserve">Philippe Guimard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde P. Chevignard</w:t>
+                <w:t xml:space="preserve">Géraldine Gascoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Frappaz</w:t>
+                <w:t xml:space="preserve">Jean-Christophe Roze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain Injury</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 34 (4), pp.583-590. </w:t>
+              <w:t xml:space="preserve">The Journal of Pediatrics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 226, pp.129-134.e1. </w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/02699052.2020.1725982⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jpeds.2020.06.065⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03227867v1</w:t>
+                <w:t xml:space="preserve">hal-03574482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Predictive Value of the Global School Adaptation Questionnaire at 5 Years of Age and Educational Support at 7 Years of Age in Very Preterm Children</w:t>
+                <w:t xml:space="preserve">Assessment of everyday executive functioning using the BRIEF in children and adolescents treated for brain tumor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Baptiste Muller</w:t>
+                <w:t xml:space="preserve">Jeanne Roche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Olivier</w:t>
+                <w:t xml:space="preserve">Hugo Câmara-Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Guimard</w:t>
+                <w:t xml:space="preserve">J. L. Roulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Géraldine Gascoin</w:t>
+                <w:t xml:space="preserve">Mathilde P. Chevignard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Christophe Roze</w:t>
+                <w:t xml:space="preserve">Didier Frappaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Pediatrics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 226, pp.129-134.e1. </w:t>
+              <w:t xml:space="preserve">Brain Injury</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 34 (4), pp.583-590. </w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jpeds.2020.06.065⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/02699052.2020.1725982⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03574482v1</w:t>
+                <w:t xml:space="preserve">hal-03227867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Avant-propos – Neuropsychologie des fonctions exécutives chez l’enfant : enjeux scientifiques, stratégies d’examen et contextes cliniques</w:t>
               </w:r>
@@ -5372,64 +5372,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Fournet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Le Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Roulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">A.N.A.E. Approche neuropsychologique des apprentissages chez l'enfant</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 32 (IVI)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5493,51 +5493,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ouafae Achachi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Besnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lancelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6025,51 +6025,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tarek Bellaj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Fournet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Roulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Psychologie Française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 63 (2), pp.129-143. </w:t>
@@ -6218,295 +6218,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03296092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Praxis skills and executive function in children with neurofibromatosis type 1</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Barbarot</w:t>
+                <w:t xml:space="preserve">Ecological Assessment of Everyday Executive Functioning at Home and at School Following Childhood Traumatic Brain Injury Using the BRIEF Questionnaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Chevignard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernadette Kerrouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agata Krasny-Pacini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Mariller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Pineau-Chardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Neuropsychology: Child</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/21622965.2017.1295856⟩</w:t>
+              <w:t xml:space="preserve">Journal of Head Trauma Rehabilitation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 32 (6), pp.E1 - E12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/HTR.0000000000000295⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03345508v1</w:t>
+                <w:t xml:space="preserve">hal-01676198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ecological Assessment of Everyday Executive Functioning at Home and at School Following Childhood Traumatic Brain Injury Using the BRIEF Questionnaire</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Pineau-Chardon</w:t>
+                <w:t xml:space="preserve">Praxis skills and executive function in children with neurofibromatosis type 1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Le Gall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chrystelle Remigereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Orianne Costini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Barbarot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Head Trauma Rehabilitation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 32 (6), pp.E1 - E12. </w:t>
+              <w:t xml:space="preserve">Applied Neuropsychology: Child</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7 (3), pp.224-234. </w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1097/HTR.0000000000000295⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/21622965.2017.1295856⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01676198v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03345508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nature and Specificity of Gestural Disorder in Children with Developmental Coordination Disorder: A Multiple Case Study</w:t>
               </w:r>
@@ -6620,265 +6620,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02140142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’utilisation d’outils chez l’enfant : approche épistémologique et sémiologie clinique dans le trouble développemental de la coordination</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le syndrome dysexécutif chez l’enfant : entre avancées scientifiques et questionnements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Le Gall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Roulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Fournet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue de neuropsychologie</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">A.N.A.E. Approche neuropsychologique des apprentissages chez l'enfant</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 146, pp.26-27</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02393558v1</w:t>
+                <w:t xml:space="preserve">hal-03329709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le syndrome dysexécutif chez l’enfant : entre avancées scientifiques et questionnements</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L’utilisation d’outils chez l’enfant : approche épistémologique et sémiologie clinique dans le trouble développemental de la coordination</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chrystelle Remigereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Orianne Costini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josselin Baumard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Le Gall</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Fournet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">A.N.A.E. Approche neuropsychologique des apprentissages chez l'enfant</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue de neuropsychologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Où va la science de la mémoire ?, 9 (2), pp.124-136. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rne.092.0124⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03329709v1</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02393558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Involvement of Technical Reasoning More Than Functional Knowledge in Development of Tool Use in Childhood</w:t>
               </w:r>
@@ -7141,51 +7141,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Examining the frontal subcortical brain vulnerability hypothesis in children with neurofibromatosis type 1: are T2-weighted hyperintensities related to executive dysfunction?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Le Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Barbarot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7275,90 +7275,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ecological approach of executive functions using the Behavioural Assessment of the Dysexecutive Syndrome for Children (BADS-C): Developmental and validity study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Allain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Roulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Fournet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Le Gall</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Clinical and Experimental Neuropsychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 37 (9), pp.956 - 971. </w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7418,51 +7418,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tarek Bellaj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imen Salhi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Le Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Roy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7581,282 +7581,282 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03329541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Troubles visuo-spatiaux dans la dyspraxie : peut-on encore parler de dyspraxie ?</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Multigroup confirmatory factor analysis and structural invariance with age of the Behavior Rating Inventory of Executive Function (BRIEF)—French version</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Fournet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Roulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Monnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Atzeni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Cosnefroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Approche Neuropsychologique des Apprentissages de l’Enfant</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Child Neuropsychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 21 (3), pp.379 - 398. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/09297049.2014.906569⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03355588v1</w:t>
+                <w:t xml:space="preserve">hal-01676381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multigroup confirmatory factor analysis and structural invariance with age of the Behavior Rating Inventory of Executive Function (BRIEF)—French version</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Troubles visuo-spatiaux dans la dyspraxie : peut-on encore parler de dyspraxie ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Orianne Costini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chrystelle Remigereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvane Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Le Gall</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Child Neuropsychology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Approche Neuropsychologique des Apprentissages de l’Enfant</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 139, pp.1-10</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/09297049.2014.906569⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01676381v1</w:t>
+                <w:t xml:space="preserve">hal-03355588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessment of everyday executive functioning in children with frontal or temporal epilepsies</w:t>
               </w:r>
@@ -7868,51 +7868,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Campiglia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Seegmuller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Le Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Fournet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8200,51 +8200,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvane Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Le Gall</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de neuropsychologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 5, pp.200-212. </w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8282,51 +8282,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Script-event representation in patients with severe traumatic brain injury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Allain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luciano Fasotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8442,51 +8442,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Barbarot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Roulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Charbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8563,64 +8563,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les fonctions exécutives chez l'enfant : approche épistémologique et sémiologie clinique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Le Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Roulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Fournet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8680,77 +8680,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Executive dysfunction in children with neurofibromatosis type 1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Roulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Charbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Allain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luciano Fasotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8830,77 +8830,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Executive dysfunction in children with neurofibromatosis type 1: a study of action planning.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Roulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Charbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Allain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luciano Fasotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9015,51 +9015,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Lenoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Allain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de Neuropsychologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 18 (3), pp.225-243</w:t>
@@ -9120,90 +9120,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessment of Everyday Executive Functioning Using the BRIEF in Children and Adolescents Treated for Brain Tumor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne Roche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Chevignard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Roulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Câmara-Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Roy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9302,51 +9302,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Orianne Costini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Jarry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josselin Baumard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SOFTAL</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Toulouse, France</w:t>
@@ -9420,51 +9420,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stratégies de régulation émotionnelle et fonctionnement exécutif chez les adolescents témoins de harcèlement scolaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K Bouteiller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Potard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Pochon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9545,64 +9545,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Psychologie sociale et neuropsychologie: Aspects complémentaires dans le champ de la sécurité routière et des usagers vulnérables</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Gaymard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Besnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Allain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Roy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9685,77 +9685,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptation et validation en français de l’Inventaire comportemental d’évaluation des fonctions executives - Version Adulte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Besnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lancelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Le Gall</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hogrefe, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9831,51 +9831,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Orianne Costini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Le Gall</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Manuel de Neuropsychologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dunod, pp.295-297, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10257,51 +10257,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="61BCFF8E"/>
+    <w:nsid w:val="0514297B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10488,51 +10488,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/arnaud-roy" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9570-2683" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/190942746" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05339123v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bucaille" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jarry" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Laurent" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Allard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#233;la&#239;de Brosseau-Beauvir" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/87565641.2025.2498348" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163339v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Remaud" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Guerra" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Beaussart-Corbat" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Charbonnier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Charlotte Dubrey" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/neu0000995" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05527276v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cadeau" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;charlotte Dubrey" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/dys.70016" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05238793v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Demonceaux" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Werner" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Roy" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jacbts.2025.01.022" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04819079v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Padovani" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ly" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcvm.2024.1423680" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04654596v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Besnard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Menei" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Roualdes" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romuald Seizeur" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Allain" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02699052.2024.2309246" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901452v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Barbarot" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s1355617724000560" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04818061v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13803395.2024.2348214" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04870019v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafika Fliss" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lodie Campiglia" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yebeh.2024.110124" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239320v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Cantisano" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13548506.2023.2190596" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236788v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Reynold de Seresin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Theveniaut" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Le Goff" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Chopin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fped.2023.999100" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04801482v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Paermentier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Cano" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Chabrol" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2023.1160210" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283768v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Chevignard" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Salah" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Pineau" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04587097v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13023-023-02764-9" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04246570v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Besnard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09297049.2023.2181945" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04801512v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bucaille" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Jarry" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Allard" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Brosseau-Beauvir" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Ropars" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/arclin/acad021" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04845842v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Er-Rafiqi" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Le Gall" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09297049.2022.2039112" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03978269v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Riquin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Barth" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Le Nerz&#233;" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natwin Pasquini" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Prouteau" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyt.2022.864445" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03661199v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Brochard" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylviane Peudenier" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1355617721000515" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03593948v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13803395.2022.2040432" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04017857v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Combes" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde L&#233;tang" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03417328v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Potard" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Henry" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Pochon" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Kubiszewski" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15388220.2021.1956506" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03566170v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Izabel Hazin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Roulin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s41155-021-00171-2" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03661619v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Farges" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Martin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13803395.2021.1893277" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03746941v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Potard" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Henry" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1891/VV-D-19-00023" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03417334v2" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10942-021-00402-6" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03661237v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Prouteau" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyt.2021.685532" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03661222v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21622965.2021.1934471" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03417378v2" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42380-021-00095-6" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04595583v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmin Guerra" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2020.596075" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03661637v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christ&#232;le Gras-Le Guen" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Corbat" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13023-021-02051-5" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02953568v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Duverger" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Cariou" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyt.2020.00747" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05289288v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Kergroach" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Brochard" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03352599v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04846016v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cibele Siebra" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marinna Rezende" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isadora Silvestre" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21622965.2020.1775598" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04989468v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Fournet" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03014448v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11764-020-00961-0" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04630160v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15689/ap.2020.1904.18744.09" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03227867v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Roche" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo C&#226;mara-Costa" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. L. Roulin" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde P. Chevignard" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Frappaz" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02699052.2020.1725982" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03574482v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Muller" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Olivier" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Guimard" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Gascoin" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Roze" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpeds.2020.06.065" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04989432v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03681562v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouafae Achachi" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Lancelot" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/jbbs.2019.93008" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140119v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orianne Costini" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvane Faure" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystelle Remigereau" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Emmanuelle" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/pne0000115" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02482251v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Mauger" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Coutant" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11065-018-9372-x" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03296101v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Beaussart" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1355617718000383" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01982252v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-Z. Kefi" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarek Bellaj" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2016.08.001" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03296092v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rne.103.0195" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03345508v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21622965.2017.1295856" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676198v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Kerrouche" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agata Krasny-Pacini" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Mariller" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Pineau-Chardon" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/HTR.0000000000000295" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140142v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Fossoud" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2017.00995" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393558v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Baumard" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rne.092.0124" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03329709v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01982189v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Osiurak" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2016.01625" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03320614v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Hubert-Dibon" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bru" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christ&#232;le Gras Le Guen" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Launay" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0166541" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03329608v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gayet-Delacroix" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/neu0000151" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01698217v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13803395.2015.1072138" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03296088v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Salhi" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09297049.2015.1058349" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03329541v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rne.074.0245" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03355588v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676381v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Monnier" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Atzeni" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cosnefroy" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09297049.2014.906569" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01979640v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Campiglia" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Seegmuller" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Fournet" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Roulin" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yebeh.2014.07.023" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1C18RVXJ-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03355851v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rne.052.0106" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03355845v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/dmcn.12225" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03355584v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rne.053.0200" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03355528v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciano Fasotti" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Chauvir&#233;" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Etcharry-Bouyx" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cortex.2011.05.016" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00862383v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21622965.2012.704185" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00926754v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rne.044.0287" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04169757v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Charbonnier" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S135561771000086X" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-H96PL5QP-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00862389v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477873v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Gillet" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Carrado" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lenoir" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03976897v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/HTR.0000000000000845" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01982056v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419538v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Bouteiller" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02869050v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Gaymard" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02869063v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03355529v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03355443v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03355495v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Speranza" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00346375v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/arnaud-roy" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9570-2683" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/190942746" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05339123v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bucaille" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jarry" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Laurent" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Allard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#233;la&#239;de Brosseau-Beauvir" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/87565641.2025.2498348" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163339v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Remaud" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Guerra" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Beaussart-Corbat" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Charbonnier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Charlotte Dubrey" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/neu0000995" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05527276v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cadeau" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;charlotte Dubrey" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/dys.70016" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05238793v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Demonceaux" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Werner" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Roy" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jacbts.2025.01.022" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04654596v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Besnard" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Menei" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Roualdes" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romuald Seizeur" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Allain" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02699052.2024.2309246" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04819079v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Padovani" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ly" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcvm.2024.1423680" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901452v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Barbarot" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s1355617724000560" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04818061v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13803395.2024.2348214" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04870019v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafika Fliss" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lodie Campiglia" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yebeh.2024.110124" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239320v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Cantisano" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13548506.2023.2190596" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236788v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Reynold de Seresin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Theveniaut" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Le Goff" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Chopin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fped.2023.999100" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04801482v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Paermentier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Cano" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Chabrol" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2023.1160210" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04587097v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13023-023-02764-9" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283768v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Chevignard" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Salah" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Pineau" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04246570v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Besnard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09297049.2023.2181945" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04801512v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bucaille" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Jarry" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Allard" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Brosseau-Beauvir" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Ropars" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/arclin/acad021" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03661199v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Brochard" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylviane Peudenier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1355617721000515" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04845842v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Er-Rafiqi" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Le Gall" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09297049.2022.2039112" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03978269v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Riquin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Barth" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Le Nerz&#233;" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natwin Pasquini" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Prouteau" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyt.2022.864445" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03593948v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13803395.2022.2040432" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04017857v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Combes" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde L&#233;tang" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03417328v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Potard" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Henry" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Pochon" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Kubiszewski" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15388220.2021.1956506" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03661222v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21622965.2021.1934471" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03417334v2" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10942-021-00402-6" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03746941v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Potard" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Henry" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1891/VV-D-19-00023" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03661237v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Prouteau" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyt.2021.685532" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03566170v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Izabel Hazin" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Roulin" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s41155-021-00171-2" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03661619v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Farges" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Martin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13803395.2021.1893277" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03417378v2" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42380-021-00095-6" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04595583v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmin Guerra" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2020.596075" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03661637v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christ&#232;le Gras-Le Guen" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Corbat" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13023-021-02051-5" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04846016v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cibele Siebra" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marinna Rezende" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isadora Silvestre" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21622965.2020.1775598" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03352599v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02953568v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Duverger" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Cariou" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyt.2020.00747" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05289288v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Kergroach" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Brochard" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04989468v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Fournet" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03014448v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11764-020-00961-0" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04630160v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15689/ap.2020.1904.18744.09" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03574482v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Muller" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Olivier" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Guimard" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Gascoin" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Roze" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpeds.2020.06.065" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03227867v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Roche" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo C&#226;mara-Costa" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. L. Roulin" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde P. Chevignard" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Frappaz" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02699052.2020.1725982" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04989432v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-03681562v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouafae Achachi" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Lancelot" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/jbbs.2019.93008" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140119v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orianne Costini" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvane Faure" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystelle Remigereau" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Emmanuelle" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/pne0000115" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02482251v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Mauger" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Coutant" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11065-018-9372-x" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03296101v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Beaussart" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1355617718000383" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01982252v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-Z. Kefi" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarek Bellaj" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2016.08.001" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03296092v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rne.103.0195" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676198v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Kerrouche" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agata Krasny-Pacini" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Mariller" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Pineau-Chardon" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/HTR.0000000000000295" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03345508v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21622965.2017.1295856" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140142v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Fossoud" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2017.00995" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03329709v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393558v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josselin Baumard" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rne.092.0124" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01982189v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Osiurak" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2016.01625" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03320614v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Hubert-Dibon" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bru" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christ&#232;le Gras Le Guen" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Launay" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0166541" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03329608v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gayet-Delacroix" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/neu0000151" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01698217v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13803395.2015.1072138" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03296088v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Salhi" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09297049.2015.1058349" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03329541v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rne.074.0245" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676381v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Monnier" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Atzeni" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cosnefroy" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09297049.2014.906569" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03355588v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01979640v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Campiglia" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Seegmuller" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Fournet" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Roulin" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yebeh.2014.07.023" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1C18RVXJ-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03355851v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rne.052.0106" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03355845v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/dmcn.12225" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03355584v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rne.053.0200" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03355528v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciano Fasotti" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Chauvir&#233;" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Etcharry-Bouyx" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cortex.2011.05.016" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00862383v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21622965.2012.704185" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00926754v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rne.044.0287" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04169757v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Charbonnier" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S135561771000086X" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6GQ-H96PL5QP-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00862389v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477873v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Gillet" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Carrado" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lenoir" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03976897v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/HTR.0000000000000845" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01982056v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419538v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Bouteiller" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02869050v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Gaymard" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02869063v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03355529v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03355443v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03355495v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Speranza" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00346375v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>