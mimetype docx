--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1241,191 +1241,191 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mobiliser les Forêts Aléatoires pour prédire et expliquer les comportements écologiques : intérêts et limites.</w:t>
+                <w:t xml:space="preserve">What drives pro-environmental actions? Insights into eco-emotions and political perceptions amoung young people.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sapin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Susan Clayton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Anaïs Ameline</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Susan Clayton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghozlane Fleury-Bahi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées thématiques ADRIPS 2025 : De la réflexion méthodologique au traitement des données.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association pour la Diffusion de la Recherche Internationale en Psychologie Sociale (ADRIPS), Jul 2025, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">10th Conference of the Consortium of European Research on Emotion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Consortium of European Research on Emotion, Jul 2025, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05416556v1</w:t>
+                <w:t xml:space="preserve">hal-05416578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Attitudes politiques, colère et action pro-environnementale : Apports d'une enquête longitudinale auprès de jeunes adultes français.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sapin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susan Clayton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Ameline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghozlane Fleury-Bahi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1457,135 +1457,135 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05416594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What drives pro-environmental actions? Insights into eco-emotions and political perceptions amoung young people.</w:t>
+                <w:t xml:space="preserve">Mobiliser les Forêts Aléatoires pour prédire et expliquer les comportements écologiques : intérêts et limites.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sapin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Anaïs Ameline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Susan Clayton</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anaïs Ameline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghozlane Fleury-Bahi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th Conference of the Consortium of European Research on Emotion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Consortium of European Research on Emotion, Jul 2025, Grenoble, France</w:t>
+              <w:t xml:space="preserve">Journées thématiques ADRIPS 2025 : De la réflexion méthodologique au traitement des données.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association pour la Diffusion de la Recherche Internationale en Psychologie Sociale (ADRIPS), Jul 2025, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05416578v1</w:t>
+                <w:t xml:space="preserve">hal-05416556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accompagner l'éco-anxiété chez les jeunes</w:t>
               </w:r>
@@ -1692,64 +1692,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sapin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valisoa Bujard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susan Clayton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Ameline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghozlane Fleury-Bahi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1800,64 +1800,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment le climat influence la projection dans son propre avenir : Une approche mixte auprès de jeunes adultes en France.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sapin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susan Clayton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Ameline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghozlane Fleury-Bahi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2221,277 +2221,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04325882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Colère, risque, stress et confiance dans les institutions : Analyse en réseau de la dynamique des liens durant les 3 confinements en France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">PTSD and COVID-19: when repeated lockdowns hinder mental health!</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.H. Boudoukha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Congard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jean-Luc Kop</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Beffara Bret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sapin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ghozlane Fleury-Bahi</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Galharret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24e Journées Internationales de Psychologie Différentielle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Aix-en-Provence, France</w:t>
+              <w:t xml:space="preserve">52th congress of the European Association for Behavioural and Cognitive Therapies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Association for Behavioural and Cognitive Therapies, Sep 2022, Barcelone (Espagne), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03683863v1</w:t>
+                <w:t xml:space="preserve">hal-04328767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PTSD and COVID-19: when repeated lockdowns hinder mental health!</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Colère, risque, stress et confiance dans les institutions : Analyse en réseau de la dynamique des liens durant les 3 confinements en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Congard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Amélie Beffara Bret</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oscar Navarro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Kop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sapin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Michel Galharret</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghozlane Fleury-Bahi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">52th congress of the European Association for Behavioural and Cognitive Therapies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Association for Behavioural and Cognitive Therapies, Sep 2022, Barcelone (Espagne), France</w:t>
+              <w:t xml:space="preserve">24e Journées Internationales de Psychologie Différentielle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04328767v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03683863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3105,264 +3105,264 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05416279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chapter 6.4: Increasing wellbeing and social cohesion through allotment gardens: benefits, obstacles and challenges</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Confiance dans les institutions, vulnérabilité, colère et stress</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Congard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oscar Navarro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Kop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ambre Khocha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sapin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...38 lines deleted...]
-            <w:pPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Basilie Chevrier; Bruno Dauvier; Isabelle Fort. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Urban Inclusive and Innovative NatureFundaments and Practices for the Co-creation of Nature-based Cities</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 978-88-6835-519-7</w:t>
+              <w:t xml:space="preserve">Actualité de la psychologie différentielle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Provence, pp.175-188, 2024, 9791032005118</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05416309v1</w:t>
+                <w:t xml:space="preserve">hal-04552728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Confiance dans les institutions, vulnérabilité, colère et stress</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Chapter 6.4: Increasing wellbeing and social cohesion through allotment gardens: benefits, obstacles and challenges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sapin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-[...7 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lebeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Bodenan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghozlane Fleury-Bahi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actualité de la psychologie différentielle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses universitaires de Provence, pp.175-188, 2024, 9791032005118</w:t>
+              <w:t xml:space="preserve">Urban Inclusive and Innovative NatureFundaments and Practices for the Co-creation of Nature-based Cities</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 978-88-6835-519-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04552728v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05416309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId88"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -3438,51 +3438,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="52CAED7C"/>
+    <w:nsid w:val="AF708A3E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3669,51 +3669,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/arnaud-sapin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9149-8112" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05327576v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Jalin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Sapin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Congard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel Halim Boudoukha" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvp.2025.102805" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05258550v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustave Maffre Maviel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Rouquette" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Davisse-Paturet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Descarpentry" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S2045796025100115" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04591531v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Vanier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustave Maffre" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Vuillermoz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00787-024-02392-z" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04792639v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Macherey" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12144-024-06098-y" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04308677v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bodenan" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lebeau" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghozlane Fleury-Bahi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/casp.2663" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04224040v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Navarro" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Galharret" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2023.1182114" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03981749v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Bret" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpsy.2023.103857" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03688175v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Congard" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Boudoukha" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-M Galharret" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bret" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Sapin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2022.02.001" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416556v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Ameline" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan Clayton" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416594v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416578v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05524839v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Chauvign&#233;" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Boucault" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416543v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valisoa Bujard" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416607v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416516v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Menn&#233;trier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bonnet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliz&#233;e Doret" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04308868v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325882v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Beffara Bret" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.H. Boudoukha" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03683863v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Kop" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328767v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05165654v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Chupin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Deledalle" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02791072.2002.10399938" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416486v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Cardinali" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bod&#233;nan" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416451v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Falissard" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Gal&#233;ra" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Warszawski" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416345v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05416279v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Mouguiama-Daouda" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416309v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552728v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambre Khocha" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/arnaud-sapin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9149-8112" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05327576v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Jalin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Sapin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Congard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel Halim Boudoukha" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvp.2025.102805" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05258550v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustave Maffre Maviel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Rouquette" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Davisse-Paturet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Descarpentry" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S2045796025100115" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04591531v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Vanier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustave Maffre" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Vuillermoz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00787-024-02392-z" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04792639v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Macherey" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12144-024-06098-y" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04308677v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bodenan" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lebeau" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghozlane Fleury-Bahi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/casp.2663" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04224040v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Navarro" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Galharret" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2023.1182114" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03981749v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Bret" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpsy.2023.103857" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03688175v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Congard" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Boudoukha" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-M Galharret" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bret" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Sapin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2022.02.001" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416578v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan Clayton" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Ameline" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416594v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416556v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05524839v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Chauvign&#233;" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Boucault" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416543v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valisoa Bujard" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416607v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416516v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Menn&#233;trier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bonnet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliz&#233;e Doret" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04308868v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04325882v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Beffara Bret" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.H. Boudoukha" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328767v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03683863v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Kop" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05165654v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Chupin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Deledalle" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02791072.2002.10399938" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416486v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Cardinali" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bod&#233;nan" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416451v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Falissard" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Gal&#233;ra" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Warszawski" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416345v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-05416279v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Mouguiama-Daouda" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552728v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambre Khocha" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05416309v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>