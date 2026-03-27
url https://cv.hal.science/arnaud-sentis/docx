--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -72,2085 +72,2081 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (60)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (61)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multigenerational effects of temperature exposure on upper thermal limit and mitochondrial functioning in medaka (Oryzias latipes) brain</w:t>
+                <w:t xml:space="preserve">From Participation to Management: Coconstructing Sustainable Practices in the Saint Lawrence Beluga Habitat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Morla</w:t>
+                <w:t xml:space="preserve">Maud Thermes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mélissa Richard</w:t>
+                <w:t xml:space="preserve">Irène Abi-Zeid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémy Lassus</w:t>
+                <w:t xml:space="preserve">Arnaud Sentis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Pichaud</w:t>
+                <w:t xml:space="preserve">Franck Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin Daufresne</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nathalie Niquil</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Thermal Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 130, pp.104161. </w:t>
+              <w:t xml:space="preserve">Aquatic Conservation: Marine and Freshwater Ecosystems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 36 (3), </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jtherbio.2025.104161⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/aqc.70352⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05227658v1</w:t>
+                <w:t xml:space="preserve">hal-05568400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapid and reversible plasticity of upper thermal limit, but no effects of multigenerational warming in medaka</w:t>
+                <w:t xml:space="preserve">Multigenerational effects of temperature exposure on upper thermal limit and mitochondrial functioning in medaka (Oryzias latipes) brain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliette Vallin</w:t>
+                <w:t xml:space="preserve">Julie Morla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabio Gerberon</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Mélissa Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Lassus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthony Maire</w:t>
+                <w:t xml:space="preserve">Nicolas Pichaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Daufresne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Thermal Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 130, pp.104155. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jtherbio.2025.104155⟩</w:t>
+              <w:t xml:space="preserve">, 2025, 130, pp.104161. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jtherbio.2025.104161⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05130431v1</w:t>
+                <w:t xml:space="preserve">hal-05227658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Connecting the dots: Managing species interaction networks to mitigate the impacts of global change</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Abdala-Roberts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adriana Puentes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deborah L Finke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert J Marquis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Montserrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">eLife</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 14 (e98899), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.7554/elife.98899⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05272903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Indirect effects of temperature drive gradients in fish food web properties</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Rapid and reversible plasticity of upper thermal limit, but no effects of multigenerational warming in medaka</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Barbier</w:t>
+                <w:t xml:space="preserve">Juliette Vallin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Sentis</w:t>
+                <w:t xml:space="preserve">Fabio Gerberon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Lassus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Loreau</w:t>
+                <w:t xml:space="preserve">Mathieu Floury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Gravel</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Anthony Maire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global Ecology and Biogeography</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 34 (9), pp.e70110. </w:t>
+              <w:t xml:space="preserve">Journal of Thermal Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 130, pp.104155. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/geb.70110⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jtherbio.2025.104155⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05412639v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05130431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seasonal variations in planktonic food web structure affect stability by shifting the distribution of energy fluxes</w:t>
+                <w:t xml:space="preserve">Indirect effects of temperature drive gradients in fish food web properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Bazin</w:t>
+                <w:t xml:space="preserve">Azenor Bideault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Domaizon</w:t>
+                <w:t xml:space="preserve">Matthieu Barbier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Sentis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécilia Barouillet</w:t>
+                <w:t xml:space="preserve">Michel Loreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Victor Frossard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Sentis</w:t>
+                <w:t xml:space="preserve">Dominique Gravel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oikos</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Global Ecology and Biogeography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 34 (9), pp.e70110. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/oik.11528⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/geb.70110⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05508607v1</w:t>
+                <w:t xml:space="preserve">hal-05412639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Climate Impacts on Lake Food‐Webs Are Mediated by Biological Invasions</w:t>
+                <w:t xml:space="preserve">Seasonal variations in planktonic food web structure affect stability by shifting the distribution of energy fluxes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Leclerc</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Simon Bazin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Domaizon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécilia Barouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Frossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Sentis</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global Change Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/gcb.70144⟩</w:t>
+              <w:t xml:space="preserve">Oikos</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/oik.11528⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05056443v1</w:t>
+                <w:t xml:space="preserve">hal-05508607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sustained ecological impacts of invasive crayfish following claw injury</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Climate Impacts on Lake Food‐Webs Are Mediated by Biological Invasions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gwendaline Le Hen</w:t>
+                <w:t xml:space="preserve">Camille Leclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Frossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Miloš Buřič</w:t>
+                <w:t xml:space="preserve">Najwa Sharaf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Bazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ross N. Cuthbert</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Phillip Joschka Haubrock</w:t>
+                <w:t xml:space="preserve">Rosalie Bruel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inland Waters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/20442041.2024.2321088⟩</w:t>
+              <w:t xml:space="preserve">Global Change Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 31 (3), pp.e70144. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/gcb.70144⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04477949v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05056443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Body size and trophic position determine the outcomes of species invasions along temperature and productivity gradients</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Persisting in extreme environments: What are the drivers of body conditions of introduced fish in high mountain lakes?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Vagnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Sentis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samuel Dijoux</w:t>
+                <w:t xml:space="preserve">Benjamin Gerfand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noémie A Pichon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Sentis</w:t>
+                <w:t xml:space="preserve">Jean Guillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David S Boukal</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jean‐claude Raymond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 27 (1), </w:t>
+              <w:t xml:space="preserve">Freshwater Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 69 (2), pp.254-265. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/ele.14310⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/fwb.14208⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04767433v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04523515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Direct effect of artificial warming on communities is stronger than its indirect effect through body mass reduction</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A simplified approach for assessing the effects of temperature change on the stability of consumer–resource interactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virginie Diouloufet</w:t>
+                <w:t xml:space="preserve">Alexis D Synodinos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ange Molina</w:t>
+                <w:t xml:space="preserve">Jose M Montoya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Sentis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tiphaine Peroux</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bart Haegeman</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Oikos</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 2024 (10), pp.e10561. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/oik.10561⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 2025, pp.e10761. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/oik.10761⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04631482v1</w:t>
+                <w:t xml:space="preserve">hal-05230438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A simplified approach for assessing the effects of temperature change on the stability of consumer–resource interactions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Direct effect of artificial warming on communities is stronger than its indirect effect through body mass reduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Bazin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Diouloufet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexis D Synodinos</w:t>
+                <w:t xml:space="preserve">Ange Molina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jose M Montoya</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Sentis</w:t>
+                <w:t xml:space="preserve">Tiphaine Peroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bart Haegeman</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">José Montoya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Oikos</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 2025, pp.e10761. </w:t>
+              <w:t xml:space="preserve">, 2024, 2024 (10), pp.e10561. </w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/oik.10761⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/oik.10561⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05230438v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04631482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Persisting in extreme environments: What are the drivers of body conditions of introduced fish in high mountain lakes?</w:t>
+                <w:t xml:space="preserve">Body size and trophic position determine the outcomes of species invasions along temperature and productivity gradients</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chloé Vagnon</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Samuel Dijoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noémie A Pichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sentis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Guillard</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">David S Boukal</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Freshwater Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/fwb.14208⟩</w:t>
+              <w:t xml:space="preserve">Ecology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 27 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ele.14310⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04523515v1</w:t>
+                <w:t xml:space="preserve">hal-04767433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multigenerational exposure to temperature influences mitochondrial oxygen fluxes in the Medaka fish ( Oryzias latipes )</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julie Morla</w:t>
+                <w:t xml:space="preserve">Sustained ecological impacts of invasive crayfish following claw injury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ismael Soto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karine Salin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Rémy Lassus</w:t>
+                <w:t xml:space="preserve">Gwendaline Le Hen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Favre-Marinet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Sentis</w:t>
+                <w:t xml:space="preserve">Miloš Buřič</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ross N. Cuthbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phillip Joschka Haubrock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Physiologica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/apha.14194⟩</w:t>
+              <w:t xml:space="preserve">Inland Waters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Inland Waters, pp.1-38. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/20442041.2024.2321088⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04636058v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04477949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The interaction between warming and enrichment accelerates food‐web simplification in freshwater systems</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Victor Frossard</w:t>
+                <w:t xml:space="preserve">Multigenerational exposure to temperature influences mitochondrial oxygen fluxes in the Medaka fish ( Oryzias latipes )</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Morla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Edeline</w:t>
+                <w:t xml:space="preserve">Karine Salin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Lassus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Favre-Marinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Sentis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ele.14480⟩</w:t>
+              <w:t xml:space="preserve">Acta Physiologica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.14194. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/apha.14194⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04670447v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04636058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Changes in vertical and horizontal diversities mediated by the size structure of introduced fish collectively shape food‐web stability</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The interaction between warming and enrichment accelerates food‐web simplification in freshwater systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bertrand Loheac</w:t>
+                <w:t xml:space="preserve">Willem Bonnaffé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manuel Vallat</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean Guillard</w:t>
+                <w:t xml:space="preserve">Alain Danet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Leclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Frossard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Edeline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecology Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ele.14290⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 27 (8), pp.e14480. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ele.14480⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04182457v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04670447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A roadmap for ladybird conservation and recovery</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Rapid evolution of unimodal but not of linear thermal performance curves in Daphnia magna</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Danny Haelewaters</w:t>
+                <w:t xml:space="preserve">Ying-Jie Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olga Ameixa</w:t>
+                <w:t xml:space="preserve">Nedim Tüzün</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabel Borges</w:t>
+                <w:t xml:space="preserve">Luc de Meester</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peter Brown</w:t>
+                <w:t xml:space="preserve">Heidrun Feuchtmayr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Sentis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conservation Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 37 (1), </w:t>
+              <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 290 (1990), </w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/cobi.13965⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1098/rspb.2022.2289⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04058749v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04197919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multiple predator effects are modified by search area and prey size</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arpita Dalal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sentis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ross N. Cuthbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jaimie T A Dick</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2204,5498 +2200,5632 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04199845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapid evolution of unimodal but not of linear thermal performance curves in Daphnia magna</w:t>
+                <w:t xml:space="preserve">A roadmap for ladybird conservation and recovery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ying-Jie Wang</w:t>
+                <w:t xml:space="preserve">António Soares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nedim Tüzün</w:t>
+                <w:t xml:space="preserve">Danny Haelewaters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luc de Meester</w:t>
+                <w:t xml:space="preserve">Olga Ameixa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heidrun Feuchtmayr</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Sentis</w:t>
+                <w:t xml:space="preserve">Isabel Borges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Brown</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1098/rspb.2022.2289⟩</w:t>
+              <w:t xml:space="preserve">Conservation Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 37 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/cobi.13965⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04197919v1</w:t>
+                <w:t xml:space="preserve">hal-04058749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scientists' warning on climate change and insects</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jeffrey Harvey</w:t>
+                <w:t xml:space="preserve">Changes in vertical and horizontal diversities mediated by the size structure of introduced fish collectively shape food‐web stability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Vagnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kévin Tougeron</w:t>
+                <w:t xml:space="preserve">Justin Pomeranz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rieta Gols</w:t>
+                <w:t xml:space="preserve">Bertrand Loheac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robin Heinen</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mariana Abarca</w:t>
+                <w:t xml:space="preserve">Manuel Vallat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Guillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecological monographs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ecm.1553⟩</w:t>
+              <w:t xml:space="preserve">Ecology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ele.14290⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03882544v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04182457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temperature, productivity, and habitat characteristics collectively drive lake food web structure</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Camille Leclerc</w:t>
+                <w:t xml:space="preserve">Scientists' warning on climate change and insects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeffrey Harvey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Reynaud</w:t>
+                <w:t xml:space="preserve">Kévin Tougeron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre‐alain Danis</w:t>
+                <w:t xml:space="preserve">Rieta Gols</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florentina Moatar</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Martin Daufresne</w:t>
+                <w:t xml:space="preserve">Robin Heinen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariana Abarca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global Change Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/gcb.16642⟩</w:t>
+              <w:t xml:space="preserve">Ecological monographs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.e1553. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ecm.1553⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04049952v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03882544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Distinct impacts of feeding frequency and warming on life history traits affect population fitness in vertebrate ectotherms</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Claire Hemmer‐brepson</w:t>
+                <w:t xml:space="preserve">Temperature, productivity, and habitat characteristics collectively drive lake food web structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Leclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Logez</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Nathalie Reynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre‐alain Danis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florentina Moatar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Daufresne</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology and Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ece3.10770⟩</w:t>
+              <w:t xml:space="preserve">Global Change Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.1-16. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/gcb.16642⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04328500v1</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04049952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal plasticity and evolution shape predator–prey interactions differently in clear and turbid water bodies</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Distinct impacts of feeding frequency and warming on life history traits affect population fitness in vertebrate ectotherms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Bazin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Hemmer‐brepson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Logez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sentis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Robby Stoks</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Daufresne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Animal Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/1365-2656.13680⟩</w:t>
+              <w:t xml:space="preserve">Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (11), pp.e10770. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ece3.10770⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03841708v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04328500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Energetic mismatch induced by warming decreases leaf litter decomposition by aquatic detritivores</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tom Réveillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Rota</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Chauvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Lecerf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sentis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Animal Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 91 (10), pp.1-13. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/1365-2656.13710⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03847327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution of predator–prey interactions during range expansion in an aquatic insect predator</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId123" w:history="1">
+                <w:t xml:space="preserve">Thermal plasticity and evolution shape predator–prey interactions differently in clear and turbid water bodies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ying‐jie Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nedim Tüzün</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sentis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robby Stoks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Functional Ecology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Animal Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 91 (4), pp.1-12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1365-2656.13680⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/1365-2435.14208⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04011721v1</w:t>
+                <w:t xml:space="preserve">hal-03841708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biological control needs evolutionary perspectives of ecological interactions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Evolution of predator–prey interactions during range expansion in an aquatic insect predator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Carbonell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ying‐jie Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sentis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Louis Hemptinne</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Yannick Outreman</w:t>
+                <w:t xml:space="preserve">Robby Stoks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Evolutionary Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/eva.13457⟩</w:t>
+              <w:t xml:space="preserve">Functional Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 36 (12), pp.3060-3072. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1365-2435.14208⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03890334v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04011721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Short‐term thermal acclimation modulates predator functional response</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Biological control needs evolutionary perspectives of ecological interactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sentis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marek Let</w:t>
+                <w:t xml:space="preserve">Jean-Louis Hemptinne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin Musil</w:t>
+                <w:t xml:space="preserve">Alexandra Magro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Viktoriia Malinovska</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Yannick Outreman</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology and Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 12 (2), pp.1-9. </w:t>
+              <w:t xml:space="preserve">Evolutionary Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 15 (10), pp.1537-1554. </w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ece3.8631⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/eva.13457⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03838671v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03890334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stoichiometric constraints modulate temperature and nutrient effects on biomass distribution and community stability</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Short‐term thermal acclimation modulates predator functional response</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sentis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">José M Montoya</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Lukas Veselý</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marek Let</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Musil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viktoriia Malinovska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oikos</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/oik.08601⟩</w:t>
+              <w:t xml:space="preserve">Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (2), pp.1-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ece3.8631⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04142699v1</w:t>
+                <w:t xml:space="preserve">hal-03838671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theory of temperature-dependent consumer-resource interactions</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Stoichiometric constraints modulate temperature and nutrient effects on biomass distribution and community stability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sentis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">José Montoya</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bart Haegeman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José M Montoya</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Oikos</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 2022 (7), pp.2-11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/oik.08601⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/ele.13780⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03223982v1</w:t>
+                <w:t xml:space="preserve">hal-04142699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prey life‐history influences the evolution of egg mass and indirectly reproductive investment in a group of free‐living insect predators</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Thermal evolution ameliorates the long‐term plastic effects of warming, temperature fluctuations and heat waves on predator–prey interaction strength</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ying-Jie Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Sentis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nedim Tüzün</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Louis Hemptinne</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Alexandra Magro</w:t>
+                <w:t xml:space="preserve">Robby Stoks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology and Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 12 (1), </w:t>
+              <w:t xml:space="preserve">Functional Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 35 (7), pp.1-53. </w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ece3.8438⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/1365-2435.13810⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04142672v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03318935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eco‐evolutionary consequences of habitat warming and fragmentation in communities</w:t>
+                <w:t xml:space="preserve">Nine years of experimental warming did not influence the thermal sensitivity of metabolic rate in the medaka fish Oryzias latipes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cara Faillace</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Fanny Alberto‐payet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Lassus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandro Isla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Daufresne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sentis</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">José Montoya</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biological Reviews</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/brv.12732⟩</w:t>
+              <w:t xml:space="preserve">Freshwater Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 67 (3), pp.2-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/fwb.13864⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03370628v1</w:t>
+                <w:t xml:space="preserve">hal-03833885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nine years of experimental warming did not influence the thermal sensitivity of metabolic rate in the medaka fish Oryzias latipes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fanny Alberto‐payet</w:t>
+                <w:t xml:space="preserve">Prey life‐history influences the evolution of egg mass and indirectly reproductive investment in a group of free‐living insect predators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Hemptinne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Lecompte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémy Lassus</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sentis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony F G Dixon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Magro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Freshwater Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/fwb.13864⟩</w:t>
+              <w:t xml:space="preserve">Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ece3.8438⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03833885v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04142672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal evolution ameliorates the long‐term plastic effects of warming, temperature fluctuations and heat waves on predator–prey interaction strength</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Eco‐evolutionary consequences of habitat warming and fragmentation in communities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cara Faillace</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sentis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Robby Stoks</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Montoya</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Functional Ecology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Biological Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 96 (5), pp.1933-1950. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/brv.12732⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/1365-2435.13810⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03318935v1</w:t>
+                <w:t xml:space="preserve">hal-03370628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prey and predator density‐dependent interactions under different water volumes</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Theory of temperature-dependent consumer-resource interactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ryan J Wasserman</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Alexis Synodinos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Haegeman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sentis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Montoya</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology and Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 11 (11), pp.1-10. </w:t>
+              <w:t xml:space="preserve">Ecology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, pp.1539-1555. </w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ece3.7503⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/ele.13780⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03321109v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03223982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Warming indirectly increases invasion success in food webs</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Prey and predator density‐dependent interactions under different water volumes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ross N Cuthbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatenda Dalu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ryan J Wasserman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sentis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olaf L F Weyl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1098/rspb.2020.2622⟩</w:t>
+              <w:t xml:space="preserve">Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (11), pp.1-10. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ece3.7503⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03321097v1</w:t>
+                <w:t xml:space="preserve">hal-03321109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virus mediated trophic interactions between aphids and their natural enemies</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alexandra Michiels</w:t>
+                <w:t xml:space="preserve">Warming indirectly increases invasion success in food webs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Sentis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corentin Sochard</w:t>
+                <w:t xml:space="preserve">Jose Montoya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Dardenne</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Miguel Lurgi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oikos</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/oik.06868⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 288 (1947), pp.20202622. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rspb.2020.2622⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02371815v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03321097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Support for the climatic variability hypothesis depends on the type of thermal plasticity: lessons from predation rates</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Additive multiple predator effects can reduce mosquito populations.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R.N. Cuthbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Callaghan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sentis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nedim Tüzün</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Dalal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.T.A Dick</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oikos</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/oik.07181⟩</w:t>
+              <w:t xml:space="preserve">Ecological Entomology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 45, pp.243-250. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/een.12791⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03170631v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02609878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stoichiometric constraints modulate the effects of temperature and nutrients on biomass distribution and community stability</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Intraspecific difference among herbivore lineages and their host-plant specialization drive the strength of trophic cascades</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sentis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Bertram</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Dardenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Magro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Peer Community In Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1101/589895⟩</w:t>
+              <w:t xml:space="preserve">Ecology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 23 (8), pp.1242-1251. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ele.13528⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02941241v3</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03020092v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Additive multiple predator effects can reduce mosquito populations.</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Influence of intra‐ and interspecific variation in predator–prey body size ratios on trophic interaction strengths</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ross N Cuthbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ryan J Wasserman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tatenda Dalu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Horst Kaiser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olaf L F Weyl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecological Entomology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/een.12791⟩</w:t>
+              <w:t xml:space="preserve">Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (12), pp.5946-5962. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ece3.6332⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02609878v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03171607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of intra‐ and interspecific variation in predator–prey body size ratios on trophic interaction strengths</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Stoichiometric constraints modulate the effects of temperature and nutrients on biomass distribution and community stability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Sentis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bart Haegeman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Montoya</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology and Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ece3.6332⟩</w:t>
+              <w:t xml:space="preserve">Peer Community In Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1101/589895⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03171607v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02941241v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intraspecific difference among herbivore lineages and their host-plant specialization drive the strength of trophic cascades</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId180" w:history="1">
+                <w:t xml:space="preserve">Virus mediated trophic interactions between aphids and their natural enemies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Michiels</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Sochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Dardenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Alexandra Magro</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ele.13528⟩</w:t>
+              <w:t xml:space="preserve">Oikos</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 129 (2), pp.274-282. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/oik.06868⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03020092v2</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02371815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal mismatches in biological rates determine trophic control and biomass distribution under warming</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Support for the climatic variability hypothesis depends on the type of thermal plasticity: lessons from predation rates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ying-Jie Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ying-Jie Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robby Stoks</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Sentis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nedim Tüzün</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global Change Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/gcb.15395⟩</w:t>
+              <w:t xml:space="preserve">Oikos</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 129 (7), pp.1040-1050. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/oik.07181⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03175973v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03170631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pilferer, murderer of innocents or prey? The potential impact of killer shrimp (Dikerogammarus villosus) on crayfish</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miloš Buřič</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Roje</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kateřina Švagrová</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lukáš Veselý</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sentis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aquatic Sciences - Research Across Boundaries</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 83 (1), pp.1-12. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00027-020-00762-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03163033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Repeatable inter‐individual variation in the thermal sensitivity of metabolic rate</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Thermal mismatches in biological rates determine trophic control and biomass distribution under warming</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Azenor Bideault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Núria Galiana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuval R Zelnik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Gravel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Loreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oikos</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/oik.06392⟩</w:t>
+              <w:t xml:space="preserve">Global Change Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/gcb.15395⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02345454v1</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03175973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Editorial overview: Global change: integrating ecological and evolutionary consequences across time and space</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Temperature and prey density jointly influence trophic and non-trophic interactions in multiple predator communities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Veselý</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D.S. Boukal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Buřič</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Kuklina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Fort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Opinion in Insect Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cois.2019.09.006⟩</w:t>
+              <w:t xml:space="preserve">Freshwater Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 64 (11), pp.1984-1993. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/fwb.13387⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02544638v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02609822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prey size and predator density modify impacts by natural enemies towards mosquitoes</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Species interactions under climate change: connecting kinetic effects of temperature on individuals to community dynamics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D.S. Boukal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bideault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B.M. Carreira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sentis</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecological Entomology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/een.12807⟩</w:t>
+              <w:t xml:space="preserve">Current Opinion in Insect Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 35, pp.88-95. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cois.2019.06.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02609881v1</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02609821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temperature and prey density jointly influence trophic and non-trophic interactions in multiple predator communities</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Editorial overview: Global change: integrating ecological and evolutionary consequences across time and space</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Sentis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Desneux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Freshwater Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/fwb.13387⟩</w:t>
+              <w:t xml:space="preserve">Current Opinion in Insect Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 35, pp.3-6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cois.2019.09.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02609822v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02609876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Species interactions under climate change: connecting kinetic effects of temperature on individuals to community dynamics</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId220" w:history="1">
+                <w:t xml:space="preserve">Predation risk and habitat complexity modify intermediate predator feeding rates and energetic efficiencies in a tri-trophic system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Kolar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D.S. Boukal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sentis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Opinion in Insect Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cois.2019.06.014⟩</w:t>
+              <w:t xml:space="preserve">Freshwater Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 64, pp.1480-1490. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/fwb.13320⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02609821v1</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02609877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Editorial overview: Global change: integrating ecological and evolutionary consequences across time and space</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Prey size and predator density modify impacts by natural enemies towards mosquitoes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Dalal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R.N. Cuthbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.T.A. Dick</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sentis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Laverty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Opinion in Insect Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cois.2019.09.006⟩</w:t>
+              <w:t xml:space="preserve">Ecological Entomology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/een.12807⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02609876v1</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02609881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Predation risk and habitat complexity modify intermediate predator feeding rates and energetic efficiencies in a tri-trophic system</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Repeatable inter‐individual variation in the thermal sensitivity of metabolic rate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tom Réveillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Rota</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Chauvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Lecerf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sentis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Freshwater Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/fwb.13320⟩</w:t>
+              <w:t xml:space="preserve">Oikos</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 128 (11), pp.1633-1640. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/oik.06392⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02609877v1</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02345454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Global change-driven modulation of bottom–up forces and cascading effects on biocontrol services</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Editorial overview: Global change: integrating ecological and evolutionary consequences across time and space</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sentis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Desneux</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Current Opinion in Insect Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 35, pp.27-33. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cois.2019.05.005⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 35, pp.iii-vi. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cois.2019.09.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02545126v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02544638v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tri‐trophic interactions: bridging species, communities and ecosystems</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Global change-driven modulation of bottom–up forces and cascading effects on biocontrol services</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Puentes</w:t>
+                <w:t xml:space="preserve">Peng Han</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D.L. Finke</w:t>
+                <w:t xml:space="preserve">Christine Becker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Sentis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R.J. Marquis</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">M. Montserrat</w:t>
+                <w:t xml:space="preserve">Michael Rostás</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Desneux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ele.13392⟩</w:t>
+              <w:t xml:space="preserve">Current Opinion in Insect Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 35, pp.27-33. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cois.2019.05.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02609880v1</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02545126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Epigenetics and insect polyphenism: mechanisms and climate change impacts</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Tri‐trophic interactions: bridging species, communities and ecosystems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Abdala‐roberts</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gautier Richard</w:t>
+                <w:t xml:space="preserve">A. Puentes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaël Le Trionnaire</w:t>
+                <w:t xml:space="preserve">D.L. Finke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etienne Danchin</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">R.J. Marquis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Montserrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Opinion in Insect Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cois.2019.06.013⟩</w:t>
+              <w:t xml:space="preserve">Ecology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 22, pp.2151-2167. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ele.13392⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-02457199v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02609880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Different phenotypic plastic responses to predators observed among aphid lineages specialized on different host plants</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Epigenetics and insect polyphenism: mechanisms and climate change impacts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gautier Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Le Trionnaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Danchin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sentis</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-019-45220-0⟩</w:t>
+              <w:t xml:space="preserve">Current Opinion in Insect Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 35, pp.138-145. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cois.2019.06.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-02349155v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02457199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the use of functional responses to quantify emergent multiple predator effects</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Different phenotypic plastic responses to predators observed among aphid lineages specialized on different host plants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sentis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Bertram</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Dardenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Felipe Ramon-Portugal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ines Louit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 8 (1), </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2019, 9 (1), pp.9017. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-019-45220-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-018-30244-9⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03346852v1</w:t>
+                <w:t xml:space="preserve">hal-02349155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution without standing genetic variation: change in transgenerational plastic response under persistent predation pressure</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">On the use of functional responses to quantify emergent multiple predator effects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sentis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Boukal</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Heredity</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 8 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-018-30244-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41437-018-0108-8⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01887396v1</w:t>
+                <w:t xml:space="preserve">hal-03346852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temperature-size responses alter food chain persistence across environmental gradients</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Evolution without standing genetic variation: change in transgenerational plastic response under persistent predation pressure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sentis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId262" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Bertram</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Dardenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Raimondeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Espinasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Heredity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 121 (3), pp.266-281. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41437-018-0108-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/ele.12779⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03349222v1</w:t>
+                <w:t xml:space="preserve">hal-01887396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Non-additive effects of simulated heat waves and predators on prey phenotype and transgenerational phenotypic plasticity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sentis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Hemptinne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Brodeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Global Change Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 23 (11), pp.4598-4608. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/gcb.13674⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02104353v1</w:t>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03349224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Predator diversity and environmental change modify the strengths of trophic and nontrophic interactions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Non-additive effects of simulated heat waves and predators on prey phenotype and transgenerational phenotypic plasticity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sentis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Hemptinne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlène Gémard</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">David Boukal</w:t>
+                <w:t xml:space="preserve">Jacques Brodeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Global Change Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 23 (7), pp.2629-2640. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2017, 23 (11), pp.4598-4608. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/gcb.13674⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/gcb.13560⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03344123v1</w:t>
+                <w:t xml:space="preserve">hal-02104353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-additive effects of simulated heat waves and predators on prey phenotype and transgenerational phenotypic plasticity</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Predator diversity and environmental change modify the strengths of trophic and nontrophic interactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sentis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jacques Brodeur</w:t>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlène Gémard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Jaugeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Boukal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Global Change Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 23 (11), pp.4598-4608. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/gcb.13674⟩</w:t>
+              <w:t xml:space="preserve">, 2017, 23 (7), pp.2629-2640. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/gcb.13560⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03349224v1</w:t>
+                <w:t xml:space="preserve">hal-03344123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of prey density, temperature and predator diversity on nonconsumptive predator-driven mortality in a freshwater food web</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId255" w:history="1">
+                <w:t xml:space="preserve">Temperature-size responses alter food chain persistence across environmental gradients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Sentis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amrei Binzer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Boukal</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Ecology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 20 (7), pp.852-862. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ele.12779⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-017-17998-4⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03346850v1</w:t>
+                <w:t xml:space="preserve">hal-03349222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Non-additive effects of simulated heat waves and predators on prey phenotype and transgenerational phenotypic plasticity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sentis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Hemptinne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Brodeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Global Change Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 23 (11), pp. 4598-4608. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/gcb.13674⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03346758v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effects of prey density, temperature and predator diversity on nonconsumptive predator-driven mortality in a freshwater food web</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lukáš Veselý</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Boukal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miloš Buřič</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pavel Kozák</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonín Kouba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-017-17998-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03346850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Consequences of connectivity on aquatic food webs in Metropolitan France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Perricher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Reynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Leclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sentis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence internationale I.S.Rivers 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05178530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7705,486 +7835,486 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">No model to rule them all: a systematic comparison of 83 thermal performance curve models across traits and taxonomic groups</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitrios Kontopoulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sentis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Daufresne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Dell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samraat Pawar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04219747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Distinct impacts of food restriction and warming on life history traits affect population fitness in vertebrate ectotherms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Bazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Hemmer-Brepson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Logez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sentis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Daufresne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03738584v4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The effects of warming on the stability of consumer-resource interactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis D Synodinos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sentis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José M Montoya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bart Haegeman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04294620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cryptic eco‐evolutionary feedback in the city: Urban evolution of prey dampens the effect of urban evolution of the predator</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kristien Brans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nedim Tüzün</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sentis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc de Meester</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robby Stoks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03839345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId288"/>
+      <w:footerReference w:type="default" r:id="rId294"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -8331,51 +8461,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05227658v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Morla" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Richard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Lassus" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pichaud" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Daufresne" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtherbio.2025.104161" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05130431v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Vallin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Gerberon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Floury" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Maire" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtherbio.2025.104155" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05272903v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Abdala-Roberts" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Puentes" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah L Finke" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert J Marquis" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Montserrat" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/elife.98899" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05412639v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azenor Bideault" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Barbier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Sentis" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Loreau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Gravel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/geb.70110" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05508607v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Bazin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Domaizon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Barouillet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Frossard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/oik.11528" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05056443v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Leclerc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najwa Sharaf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosalie Bruel" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.70144" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477949v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismael Soto" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendaline Le Hen" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milo&#353; Bu&#345;i&#269;" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ross N. Cuthbert" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phillip Joschka Haubrock" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/20442041.2024.2321088" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767433v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Dijoux" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie A Pichon" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David S Boukal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.14310" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04631482v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Diouloufet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ange Molina" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Peroux" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Montoya" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/oik.10561" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05230438v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis D Synodinos" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose M Montoya" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bart Haegeman" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/oik.10761" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04523515v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Vagnon" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Gerfand" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Guillard" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;claude Raymond" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/fwb.14208" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04636058v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Salin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Favre-Marinet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apha.14194" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04670447v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willem Bonnaff&#233;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Danet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Edeline" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.14480" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04182457v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Pomeranz" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Loheac" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Vallat" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.14290" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04058749v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ant&#243;nio Soares" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danny Haelewaters" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Ameixa" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Borges" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Brown" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cobi.13965" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04199845v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arpita Dalal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaimie T A Dick" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susmita Gupta" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10750-023-05183-w" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04197919v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying-Jie Wang" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nedim T&#252;z&#252;n" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc de Meester" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heidrun Feuchtmayr" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2022.2289" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03882544v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Harvey" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Tougeron" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rieta Gols" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Heinen" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Abarca" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ecm.1553" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04049952v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Reynaud" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre&#8208;alain Danis" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florentina Moatar" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.16642" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04328500v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Hemmer&#8208;brepson" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Logez" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.10770" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03841708v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying&#8208;jie Wang" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robby Stoks" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2656.13680" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03847327v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom R&#233;veillon" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Rota" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Chauvet" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lecerf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2656.13710" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04011721v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Carbonell" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2435.14208" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03890334v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Hemptinne" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Magro" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Outreman" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.13457" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03838671v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas Vesel&#253;" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marek Let" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Musil" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktoriia Malinovska" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.8631" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04142699v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; M Montoya" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/oik.08601" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03223982v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Synodinos" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Haegeman" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.13780" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04142672v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lecompte" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony F G Dixon" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.8438" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03370628v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cara Faillace" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/brv.12732" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03833885v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Alberto&#8208;payet" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Isla" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/fwb.13864" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03318935v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2435.13810" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03321109v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ross N Cuthbert" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatenda Dalu" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan J Wasserman" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olaf L F Weyl" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.7503" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03321097v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Montoya" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Lurgi" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2020.2622" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02371815v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Dupont" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Michiels" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Sochard" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Dardenne" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Meyer" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/oik.06868" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03170631v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/oik.07181" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02941241v3" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/589895" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609878v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.N. Cuthbert" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Callaghan" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dalal" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.T.A Dick" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/een.12791" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03171607v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Horst Kaiser" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.6332" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03020092v2" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Bertram" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Simon" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.13528" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03175973v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#250;ria Galiana" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuval R Zelnik" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.15395" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03163033v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Roje" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate&#345;ina &#352;vagrov&#225;" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luk&#225;&#353; Vesel&#253;" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00027-020-00762-8" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345454v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/oik.06392" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02544638v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Desneux" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cois.2019.09.006" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609881v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.T.A. Dick" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Laverty" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/een.12807" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609822v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vesel&#253;" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.S. Boukal" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bu&#345;i&#269;" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Kuklina" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Fort" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/fwb.13387" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609821v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bideault" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.M. Carreira" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cois.2019.06.014" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609876v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609877v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Kolar" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/fwb.13320" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02545126v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peng Han" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Becker" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Rost&#225;s" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cois.2019.05.005" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609880v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Abdala&#8208;roberts" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Puentes" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.L. Finke" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.J. Marquis" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Montserrat" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.13392" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02457199v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Richard" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Le Trionnaire" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Danchin" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cois.2019.06.013" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349155v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Ramon-Portugal" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Louit" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-45220-0" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03346852v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Boukal" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-30244-9" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887396v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Raimondeau" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Espinasse" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41437-018-0108-8" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03349222v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amrei Binzer" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.12779" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104353v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Brodeur" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.13674" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03344123v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne G&#233;mard" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Jaugeon" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.13560" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03349224v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03346850v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Koz&#225;k" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton&#237;n Kouba" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-17998-4" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03346758v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05178530v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Perricher" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219747v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitrios Kontopoulos" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Dell" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samraat Pawar" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03738584v4" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Hemmer-Brepson" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294620v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03839345v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristien Brans" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05568400v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Thermes" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Abi-Zeid" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Sentis" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Taillandier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Niquil" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aqc.70352" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05227658v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Morla" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Richard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Lassus" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pichaud" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Daufresne" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtherbio.2025.104161" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05272903v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Abdala-Roberts" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Puentes" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah L Finke" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert J Marquis" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Montserrat" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/elife.98899" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05130431v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Vallin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Gerberon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Floury" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Maire" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtherbio.2025.104155" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05412639v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azenor Bideault" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Barbier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Loreau" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Gravel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/geb.70110" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05508607v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Bazin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Domaizon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Barouillet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Frossard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/oik.11528" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05056443v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Leclerc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najwa Sharaf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosalie Bruel" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.70144" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04523515v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Vagnon" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Gerfand" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Guillard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;claude Raymond" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/fwb.14208" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05230438v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis D Synodinos" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose M Montoya" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bart Haegeman" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/oik.10761" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04631482v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Diouloufet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ange Molina" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Peroux" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Montoya" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/oik.10561" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767433v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Dijoux" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie A Pichon" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David S Boukal" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.14310" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477949v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismael Soto" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendaline Le Hen" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milo&#353; Bu&#345;i&#269;" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ross N. Cuthbert" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phillip Joschka Haubrock" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/20442041.2024.2321088" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04636058v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Salin" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Favre-Marinet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apha.14194" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04670447v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willem Bonnaff&#233;" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Danet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Edeline" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.14480" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04197919v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying-Jie Wang" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nedim T&#252;z&#252;n" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc de Meester" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heidrun Feuchtmayr" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2022.2289" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04199845v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arpita Dalal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaimie T A Dick" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susmita Gupta" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10750-023-05183-w" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04058749v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ant&#243;nio Soares" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danny Haelewaters" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Ameixa" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Borges" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Brown" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cobi.13965" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04182457v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Pomeranz" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Loheac" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Vallat" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.14290" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03882544v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Harvey" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Tougeron" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rieta Gols" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Heinen" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Abarca" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ecm.1553" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04049952v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Reynaud" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre&#8208;alain Danis" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florentina Moatar" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.16642" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04328500v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Hemmer&#8208;brepson" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Logez" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.10770" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03847327v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom R&#233;veillon" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Rota" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Chauvet" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lecerf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2656.13710" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03841708v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying&#8208;jie Wang" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robby Stoks" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2656.13680" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04011721v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Carbonell" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2435.14208" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03890334v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Hemptinne" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Magro" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Outreman" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eva.13457" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03838671v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas Vesel&#253;" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marek Let" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Musil" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viktoriia Malinovska" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.8631" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04142699v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; M Montoya" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/oik.08601" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03318935v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2435.13810" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03833885v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Alberto&#8208;payet" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Isla" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/fwb.13864" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04142672v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lecompte" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony F G Dixon" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.8438" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03370628v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cara Faillace" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/brv.12732" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03223982v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Synodinos" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Haegeman" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.13780" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03321109v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ross N Cuthbert" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatenda Dalu" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan J Wasserman" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olaf L F Weyl" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.7503" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03321097v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Montoya" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Lurgi" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2020.2622" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609878v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.N. Cuthbert" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Callaghan" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dalal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.T.A Dick" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/een.12791" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03020092v2" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Bertram" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Dardenne" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Simon" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.13528" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03171607v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Horst Kaiser" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.6332" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02941241v3" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/589895" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02371815v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Dupont" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Michiels" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Sochard" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Meyer" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/oik.06868" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03170631v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/oik.07181" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03163033v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Roje" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate&#345;ina &#352;vagrov&#225;" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luk&#225;&#353; Vesel&#253;" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00027-020-00762-8" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03175973v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#250;ria Galiana" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuval R Zelnik" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.15395" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609822v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vesel&#253;" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.S. Boukal" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bu&#345;i&#269;" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Kuklina" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Fort" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/fwb.13387" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609821v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bideault" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.M. Carreira" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cois.2019.06.014" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609876v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Desneux" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cois.2019.09.006" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609877v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Kolar" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/fwb.13320" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609881v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.T.A. Dick" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Laverty" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/een.12807" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02345454v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/oik.06392" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02544638v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02545126v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peng Han" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Becker" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Rost&#225;s" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cois.2019.05.005" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609880v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Abdala&#8208;roberts" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Puentes" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.L. Finke" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.J. Marquis" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Montserrat" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.13392" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02457199v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Richard" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Le Trionnaire" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Danchin" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cois.2019.06.013" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349155v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Ramon-Portugal" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Louit" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-45220-0" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03346852v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Boukal" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-30244-9" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887396v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Raimondeau" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Espinasse" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41437-018-0108-8" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03349224v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Brodeur" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.13674" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104353v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03344123v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne G&#233;mard" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Jaugeon" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.13560" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03349222v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amrei Binzer" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.12779" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03346758v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03346850v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Koz&#225;k" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton&#237;n Kouba" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-17998-4" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05178530v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Perricher" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219747v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitrios Kontopoulos" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Dell" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samraat Pawar" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03738584v4" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Hemmer-Brepson" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04294620v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03839345v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristien Brans" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>