--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -533,867 +533,867 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04659777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bioeconomy perception by future stakeholders: Hearing from European forestry students</w:t>
+                <w:t xml:space="preserve">Quels territoires pertinentes pour écologiser les industries qui misent sur le renouvelable ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mauro Masiero</w:t>
+                <w:t xml:space="preserve">Gabrielle Bouleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Secco</w:t>
+                <w:t xml:space="preserve">Caitriona Carter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Davide Pettenella</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Y. Fournis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Sergent</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AMBIO: A Journal of Environment and Society</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Développement durable et territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11 (1), pp.20</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04867674v1</w:t>
+                <w:t xml:space="preserve">hal-02609847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quels territoires pertinentes pour écologiser les industries qui misent sur le renouvelable ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+                <w:t xml:space="preserve">Quels territoires pertinents pour écologiser les industries qui misent sur le renouvelable ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabrielle Bouleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caitriona Carter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sergent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Fournis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Développement durable et territoires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 11 (1), pp.20</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2020, Écologisation des pratiques et territorialisation des activités, 11 (1), pp.14845. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/developpementdurable.14845⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02609847v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04345896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quels territoires pertinents pour écologiser les industries qui misent sur le renouvelable ?</w:t>
+                <w:t xml:space="preserve">Bioeconomy perception by future stakeholders: Hearing from European forestry students</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabrielle Bouleau</w:t>
+                <w:t xml:space="preserve">Mauro Masiero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caitriona Carter</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Sergent</w:t>
+                <w:t xml:space="preserve">Laura Secco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Pettenella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riccardo da Re</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yann Fournis</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Hanna Bernö</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Développement durable et territoires</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, Écologisation des pratiques et territorialisation des activités, 11 (1), pp.14845. </w:t>
+              <w:t xml:space="preserve">AMBIO: A Journal of Environment and Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 49 (12), pp.1925-1942. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/developpementdurable.14845⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s13280-020-01376-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04345896v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04867674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Governance arrangements in the European forest sector: Shifts towards 'new governance' or maintenance of state authority?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Leopards under the pines: An account of continuity and change in the integration of forest land-uses in Landes de Gascogne, France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Hautdidier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Banos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Deuffic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sergent</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Paul Norris Edwards</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Land Use Policy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 79, pp.968-976. </w:t>
+              <w:t xml:space="preserve">, 2018, 79, pp.990-1000. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.landusepol.2016.08.036⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.landusepol.2016.04.026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02604553v1</w:t>
+                <w:t xml:space="preserve">hal-02603506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Research trends: Orchestrating forest policy-making: Involvement of scientists and stakeholders in political processes</w:t>
+                <w:t xml:space="preserve">Orchestration in political processes: Involvement of experts, citizens, and participatory professionals in forest policy making</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">D. Kleinschmit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Pülzl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Secco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Sergent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">I. Wallin</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">D. Kleinschmit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Forest Policy and Economics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 89, pp.1-3. </w:t>
+              <w:t xml:space="preserve">, 2018, 89, pp.4-15. </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.forpol.2018.01.003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.forpol.2017.12.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02607460v1</w:t>
+                <w:t xml:space="preserve">hal-02607461v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leopards under the pines: An account of continuity and change in the integration of forest land-uses in Landes de Gascogne, France</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Philippe Deuffic</w:t>
+                <w:t xml:space="preserve">Research trends: Orchestrating forest policy-making: Involvement of scientists and stakeholders in political processes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Wallin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Pülzl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Secco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sergent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Kleinschmit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Land Use Policy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.landusepol.2016.04.026⟩</w:t>
+              <w:t xml:space="preserve">Forest Policy and Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 89, pp.1-3. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.forpol.2018.01.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02603506v1</w:t>
+                <w:t xml:space="preserve">hal-02607460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Orchestration in political processes: Involvement of experts, citizens, and participatory professionals in forest policy making</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Governance arrangements in the European forest sector: Shifts towards 'new governance' or maintenance of state authority?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sergent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">I. Wallin</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Arts</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Norris Edwards</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forest Policy and Economics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 89, pp.4-15. </w:t>
+              <w:t xml:space="preserve">Land Use Policy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 79, pp.968-976. </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.forpol.2017.12.011⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.landusepol.2016.08.036⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02607461v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02604553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pourquoi la politique forestière française ne veut pas du territoire</w:t>
               </w:r>
@@ -1457,64 +1457,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Environmental concerns in political bioeconomy discourses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Kleinschmit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Arts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Giurca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1576,274 +1576,274 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02606912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La démarche prospective au service d’un développement forestier intégré. Une étude de cas sur le massif des Landes de Gascogne</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
+                <w:t xml:space="preserve">Entre logique de production et de préservation : l'évolution de l'information environnementale dans les domaines de l'eau et de la forêt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabrielle Bouleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Deuffic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sergent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoan Paillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Gosselin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue forestière française</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4267/2042/62005⟩</w:t>
+              <w:t xml:space="preserve">VertigO : La revue électronique en sciences de l'environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 16 (2), 18 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/vertigo.17592⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02606159v1</w:t>
+                <w:t xml:space="preserve">hal-01379185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Entre logique de production et de préservation : l'évolution de l'information environnementale dans les domaines de l'eau et de la forêt</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
+                <w:t xml:space="preserve">La démarche prospective au service d’un développement forestier intégré. Une étude de cas sur le massif des Landes de Gascogne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Banos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Deuffic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Hautdidier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sergent</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Gosselin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">VertigO : La revue électronique en sciences de l'environnement</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 16 (2), 18 p. </w:t>
+              <w:t xml:space="preserve">Revue forestière française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, LXVIII (3), pp.231-243. </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/vertigo.17592⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4267/2042/62005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01379185v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02606159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’industrie papetière face au développement de la bioraffinerie lignocellulosique. Dynamiques institutionnelles et perspectives territoriales</w:t>
               </w:r>
@@ -1905,196 +1905,196 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02604534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelle part d'innovation politique dans les Stratégies Locales de Développement Forestier ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le jeu transcalaire des papetiers dans le cadre de la mise en ½oeuvre de la politique « climat-énergie » : le cas de l’Aquitaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Montouroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sergent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.17180/30mf-x638⟩</w:t>
+              <w:t xml:space="preserve">Critique Internationale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Politiques du changement climatique, 62, pp.57-72. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/crii.062.0057⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01181137v1</w:t>
+                <w:t xml:space="preserve">hal-02600030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le jeu transcalaire des papetiers dans le cadre de la mise en ½oeuvre de la politique « climat-énergie » : le cas de l’Aquitaine</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Quelle part d'innovation politique dans les Stratégies Locales de Développement Forestier ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sergent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Critique Internationale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Politiques du changement climatique, 62, pp.57-72. </w:t>
+              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 41, pp.91-103. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/crii.062.0057⟩</w:t>
+                <w:t xml:space="preserve">⟨10.17180/30mf-x638⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02600030v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01181137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sector-based political analysis of energy transition: Green shift in the forest policy regime in France</w:t>
               </w:r>
@@ -2244,51 +2244,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La forêt, un patrimoine au prisme de l’écologisation : le cas des Landes de Gascogne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clarisse Cazals</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Deuffic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sergent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2682,90 +2682,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Governing the green way(s): the politics of smart transition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caitriona Carter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sergent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabrielle Bouleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Fournis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">British International Studies Association Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, London, United Kingdom. pp.29</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3066,260 +3066,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00523009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Green politics and new industrial opportunities: the Aquitaine paper industry and biomass cogeneration</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La régulation de la politique forestière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sergent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5e Conférence Générale, European Consortium for Political Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2009, Potsdam, Germany</w:t>
+              <w:t xml:space="preserve">Séminaire doctoral "Nouvelles perspectives dans les recherches politiques sur l'environnement"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AgroParisTech; UMR 5116 SPIRIT, Jun 2009, Sciences Po Bordeaux, Pessac, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00545069v1</w:t>
+                <w:t xml:space="preserve">halshs-00401621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La régulation de la politique forestière</w:t>
+                <w:t xml:space="preserve">Green politics and now industrial opportunities: the Aquitaine paper industry and biomass cogeneration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sergent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Montouroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire doctoral "Nouvelles perspectives dans les recherches politiques sur l'environnement"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AgroParisTech; UMR 5116 SPIRIT, Jun 2009, Sciences Po Bordeaux, Pessac, France</w:t>
+              <w:t xml:space="preserve">ECPR conference, section green politics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2009, Postdam, Germany. pp.18</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00401621v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02592440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Green politics and now industrial opportunities: the Aquitaine paper industry and biomass cogeneration</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Green politics and new industrial opportunities: the Aquitaine paper industry and biomass cogeneration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Montouroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sergent</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Y. Montouroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECPR conference, section green politics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2009, Postdam, Germany. pp.18</w:t>
+              <w:t xml:space="preserve">5e Conférence Générale, European Consortium for Political Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2009, Potsdam, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02592440v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00545069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement durable et patrimoine productif ligneux : une approche interdisciplinaire appliquée à la filière forêt-bois-papier en Aquitaine</w:t>
               </w:r>
@@ -3709,90 +3709,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La gouvernance de la biodiversité en Nouvelle-Aquitaine : enjeux et défis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caitriona Carter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Berthet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Boschet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabrielle Bouleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Bretagnolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3933,51 +3933,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The role of forests in bioeconomy strategies at the domestic and EU level</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Pülzl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Kleinschmit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Mustalahti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5177,51 +5177,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Cordero Debets</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Banos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Hautdidier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] irstea. 2015, pp.73</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -5260,51 +5260,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CONstruction SOciale et REgulation des projets forestiers (CONSORE) volet 1 : Bois énergie et développement territorial en Aquitaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Brahic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Deuffic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.Y. Puyo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5369,90 +5369,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">WP 3.2 INTEGRAL National Case Study Reports France: Case Study Area, Pontenx</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Hautdidier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Banos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sergent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Deuffic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sergent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5500,77 +5500,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cultivated, multifunctional and integrated forest landscapes? An overview of the factors influencing forest management in the ‘Pontenx’ case study (Landes de Gascogne, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Sergent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Deuffic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Banos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Hautdidier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Maindrault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5815,51 +5815,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biodiversité en territoires forestiers et d'activité sylvicole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Deuffic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Jactel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6102,51 +6102,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05465077v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Moure" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.-E. Pless" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lovri&#263;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Giurca" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Brendel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.forpol.2025.103693" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550940v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergent Arnaud" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andy Smith" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41130-024-00209-w" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04497961v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Sergent" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1523908X.2024.2319240" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04659777v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Granjou" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Banos" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Le Berre" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41130-024-00210-3" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867674v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Masiero" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Secco" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Pettenella" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo da Re" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Bern&#246;" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13280-020-01376-y" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609847v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Bouleau" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caitriona Carter" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Fournis" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345896v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Fournis" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.14845" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604553v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Arts" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Norris Edwards" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.landusepol.2016.08.036" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607460v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Wallin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. P&#252;lzl" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Secco" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Kleinschmit" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.forpol.2018.01.003" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603506v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Hautdidier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Deuffic" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.landusepol.2016.04.026" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607461v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.forpol.2017.12.011" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606911v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/64089" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606912v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Mustalahti" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606159v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/62005" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01379185v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Paillet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gosselin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.17592" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604534v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Cazals" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01181137v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/30mf-x638" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600030v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Montouroy" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/crii.062.0057" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600029v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940854v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Leclerc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599297v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Ginelli" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.13702" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00742787v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04787875v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609730v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Aussenac" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Monnet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Carrette" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Durrieu" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Paccard" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604991v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599295v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599298v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00522982v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00523009v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00545069v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Montouroy" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00401621v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592440v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592439v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690596v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595426v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Sardat" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Curt" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ganteaume" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Girard" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jappiot" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02511766v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Berthet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Boschet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bretagnolle" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04551199v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/scpo.smith.2018.01.0068" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606913v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Brukas" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604550v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Birot" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599296v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Farcy" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Peyron" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Poss" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595500v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chauvin" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616188v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Plomion" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05339359v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.h3rup5etc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04503573v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bastien" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Fournier" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Jactel" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03921988v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Matthieu Monnet" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Aussenac" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aub&#233;line Bellom" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Carrette" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis de Morogues" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487753v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t de Guerry" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Lenglet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Gloaguen" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03277129v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Ruault" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Nefe" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Chen" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02610134v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Ruault" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Nefe" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Chen" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602041v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Orazio" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Cordero Debets" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602243v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Brahic" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.Y. Puyo" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeoffrey Dehez" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606269v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599299v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Maindrault" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600031v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chab&#233; Ferret" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00833235v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04907046v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc L. Barbaro" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bonnet" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05465077v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Moure" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.-E. Pless" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lovri&#263;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Giurca" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Brendel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.forpol.2025.103693" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550940v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergent Arnaud" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andy Smith" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41130-024-00209-w" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04497961v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Sergent" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1523908X.2024.2319240" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04659777v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Granjou" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Banos" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Le Berre" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41130-024-00210-3" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609847v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Bouleau" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caitriona Carter" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Fournis" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345896v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Fournis" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.14845" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867674v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Masiero" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Secco" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Pettenella" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo da Re" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Bern&#246;" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13280-020-01376-y" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02603506v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Hautdidier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Deuffic" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.landusepol.2016.04.026" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607461v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Kleinschmit" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. P&#252;lzl" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Secco" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Wallin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.forpol.2017.12.011" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607460v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.forpol.2018.01.003" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604553v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Arts" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Norris Edwards" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.landusepol.2016.08.036" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606911v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/64089" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606912v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Mustalahti" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01379185v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoan Paillet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gosselin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.17592" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606159v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/62005" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604534v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Cazals" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600030v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Montouroy" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/crii.062.0057" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01181137v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/30mf-x638" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600029v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00940854v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Leclerc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599297v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Ginelli" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.13702" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00742787v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04787875v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609730v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Aussenac" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Monnet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Carrette" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Durrieu" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Paccard" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604991v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599295v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599298v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00522982v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00523009v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00401621v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592440v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00545069v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Montouroy" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592439v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690596v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595426v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Sardat" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Curt" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ganteaume" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Girard" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jappiot" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02511766v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Berthet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Boschet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bretagnolle" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04551199v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/scpo.smith.2018.01.0068" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606913v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Brukas" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604550v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Birot" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599296v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Farcy" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Peyron" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Poss" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595500v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chauvin" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616188v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Plomion" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05339359v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.h3rup5etc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04503573v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bastien" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Fournier" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Jactel" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03921988v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Matthieu Monnet" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Aussenac" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aub&#233;line Bellom" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Carrette" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis de Morogues" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487753v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t de Guerry" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Lenglet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Gloaguen" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03277129v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Ruault" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Nefe" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Chen" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02610134v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Ruault" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Nefe" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Chen" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602041v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Orazio" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Cordero Debets" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02602243v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Brahic" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.Y. Puyo" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeoffrey Dehez" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606269v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02599299v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Maindrault" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600031v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chab&#233; Ferret" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00833235v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04907046v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc L. Barbaro" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bonnet" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>