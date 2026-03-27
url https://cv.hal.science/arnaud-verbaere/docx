--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -2629,742 +2629,742 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01605371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Polyéthylène Téréphtalate, un emballage pour le vin de qualité ? Partie 1/2 : Propriétés barrière, sécurité sanitaire, analyse du cycle de vie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Clara Dombre</w:t>
+                <w:t xml:space="preserve">La couleur des vins rosés : apports de la spectrométrie de masse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronique Cheynier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Wirth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Camille Lixon</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Meudec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Verbaere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La revue des œnologues et des techniques vitivinicoles et œnologiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 157, pp.41-44</w:t>
+              <w:t xml:space="preserve">Revue Française d'Oenologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 272, pp.11-14</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01605375v1</w:t>
+                <w:t xml:space="preserve">hal-01605366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La couleur des vins rosés : apports de la spectrométrie de masse</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marine Lambert</w:t>
+                <w:t xml:space="preserve">Le Polyéthylène Téréphtalate, un emballage pour le vin de qualité ? Partie 1/2 : Propriétés barrière, sécurité sanitaire, analyse du cycle de vie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Dombre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Wirth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Meudec</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Toussaint</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Lixon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Verbaere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Française d'Oenologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 272, pp.11-14</w:t>
+              <w:t xml:space="preserve">La revue des œnologues et des techniques vitivinicoles et œnologiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 157, pp.41-44</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01605366v1</w:t>
+                <w:t xml:space="preserve">hal-01605375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ULPC-MS/MS phenolic quantification and in vitro anticancer potential of Gmelina arborea Roxb. (Verbenaceae)</w:t>
+                <w:t xml:space="preserve">Identification de composés phénoliques extraits de deux plantes de la pharmacopée ivoirienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K C.C. N'Gaman</w:t>
+                <w:t xml:space="preserve">Gui Roger M. Kabran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gui Roger M. Kabran</w:t>
+                <w:t xml:space="preserve">J A Mamyrbékova-Békro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amani Kadja</w:t>
+                <w:t xml:space="preserve">Jean-Luc Pirat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J A Mamyrbékova-Békro</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Luc Pirat</w:t>
+                <w:t xml:space="preserve">Yves-Alain Bekro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Sommerer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Der Chemica Sinica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Pelagia Research Library, 5 (6), pp.13-17</w:t>
+              <w:t xml:space="preserve">Journal de la Société Ouest-Africaine de Chimie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 038, pp.57-63</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01138926v1</w:t>
+                <w:t xml:space="preserve">hal-01138937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amazonian palm Oenocarpus bataua (&amp;quot;patawa&amp;quot;): Chemical and biological antioxidant activity - Phytochemical composition</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">ULPC-MS/MS phenolic quantification and in vitro anticancer potential of Gmelina arborea Roxb. (Verbenaceae)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K C.C. N'Gaman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gui Roger M. Kabran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Rezaire</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Sommerer</w:t>
+                <w:t xml:space="preserve">Amani Kadja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J A Mamyrbékova-Békro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Pirat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Chemistry</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Der Chemica Sinica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Pelagia Research Library, 5 (6), pp.13-17</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01837693v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01138926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification de composés phénoliques extraits de deux plantes de la pharmacopée ivoirienne</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Yves-Alain Bekro</w:t>
+                <w:t xml:space="preserve">Amazonian palm Oenocarpus bataua (&amp;quot;patawa&amp;quot;): Chemical and biological antioxidant activity - Phytochemical composition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Rezaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.C. Robinson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Bereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Verbaere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Sommerer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal de la Société Ouest-Africaine de Chimie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 149, pp.62-70. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodchem.2013.10.077⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01138937v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01837693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Composition chimique de deux Fabaceae africaines employées comme cure-dents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amani Brice Kadja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Pirat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Noël Null Volle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J A Mamyrbékova-Békro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves-Alain Békro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4328,277 +4328,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02790239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Screening germplasm for adaptation to drought and temperature</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Dalel Ahmed</w:t>
+                <w:t xml:space="preserve">Unravelling the color of a worldwide Rosé wine collection by UHPLC-MRM-MS polyphenol profiling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Sommerer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Verbaere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Meudec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Agnès Ducasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovine, innovation in vineyard</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Toulouse, France. 2 p</w:t>
+              <w:t xml:space="preserve">64. ASMS conference on Mass Spectrometry and Allied Topics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, San Antonio, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02798435v1</w:t>
+                <w:t xml:space="preserve">hal-01837813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unravelling the color of a worldwide Rosé wine collection by UHPLC-MRM-MS polyphenol profiling</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marie-Agnès Ducasse</w:t>
+                <w:t xml:space="preserve">Screening germplasm for adaptation to drought and temperature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Pinasseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnes Doligez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angelique Adiveze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Ageorges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dalel Ahmed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">64. ASMS conference on Mass Spectrometry and Allied Topics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, San Antonio, United States</w:t>
+              <w:t xml:space="preserve">Innovine, innovation in vineyard</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Toulouse, France. 2 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01837813v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02798435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An UPLC-MRM-MS method to quantify GSH, GSSG, GRP and hydroxycinnamic acids in white, rose and red wines</w:t>
               </w:r>
@@ -6569,51 +6569,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05314583v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#233;cio Lu&#237;s de Sousa Dias" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Meudec" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Verbaere" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lair" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Boulet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2025.146178" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05058354v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lantomalala Elsa Razafindrabenja" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Suc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Veran" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2025.144207" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772323v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnut.2024.1467282" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04312157v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aecio Lu&#237;s de Sousa Dias" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie-Anne Fenger" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Costet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo13050667" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03892028v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elissa Abi-Habib" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Carrillo" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Roi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2022.135023" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03697272v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Flutre" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Le Cunff" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agota Fodor" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Launay" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Romieu" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/g3journal/jkac103" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831949v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Leborgne" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agn&#232;s Ducasse" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2022.134396" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03828201v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Dournes" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Lopez" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Dufourcq" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Roland" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ajgw.12547" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03630403v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Lambert" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27041359" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03839259v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#233;cio L de Sousa Dias" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stacy Deshaies" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Saucier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27134176" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02570392v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Vernhet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Rattier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Cheynier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.0c00413" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628673v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Pinasseau" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Vallverdu Queralt" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Roques" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2017.01826" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837832v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nayla Ferreira Lima" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-017-0759-y" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608592v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Dombre" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Wirth" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Toussaint" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Lixon" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397454v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules21101409" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162586v2" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Mazerolles" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules20057890" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837727v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Vallverd&#250;-Queralt" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sommerer" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf504383g" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601875v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Wirth" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605371v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605375v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605366v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01138926v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K C.C. N'Gaman" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gui Roger M. Kabran" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amani Kadja" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J A Mamyrb&#233;kova-B&#233;kro" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Pirat" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837693v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rezaire" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Robinson" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bereau" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2013.10.077" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-50N40F4S-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01138937v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Alain Bekro" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01138917v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amani Brice Kadja" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Null Volle" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Alain B&#233;kro" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605354v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Morel-Salmi" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Souquet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul Mazauric" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631902v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elcia Margareth Souza Brito" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Guyoneaud" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marisol Go&#241;i" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Ranchou-Peyruse" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Verbaere" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmic.2006.03.005" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4G9D318V-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04168521v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elissa Abi Habib" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772302v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772301v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03713022v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790239v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798435v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Doligez" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelique Adiveze" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Ageorges" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalel Ahmed" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837813v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602155v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837774v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603497v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cayla" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Masson" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Anneraud" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chr&#233;tien" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837772v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Boulet" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837773v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603510v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Roques" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601532v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601757v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601762v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603727v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Og&#233;" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Cadot" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02170450v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Fayeulle" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Hue" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02170455v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://xxeurofoodchem.eventos.chemistry.pt/images/livro.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837792v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603081v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05314583v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#233;cio Lu&#237;s de Sousa Dias" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Meudec" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Verbaere" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lair" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Boulet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2025.146178" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05058354v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lantomalala Elsa Razafindrabenja" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Suc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Veran" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2025.144207" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772323v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnut.2024.1467282" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04312157v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aecio Lu&#237;s de Sousa Dias" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie-Anne Fenger" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Costet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo13050667" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03892028v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elissa Abi-Habib" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Carrillo" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Roi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2022.135023" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03697272v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Flutre" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Le Cunff" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agota Fodor" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Launay" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Romieu" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/g3journal/jkac103" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03831949v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Leborgne" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agn&#232;s Ducasse" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2022.134396" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03828201v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Dournes" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Lopez" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Dufourcq" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Roland" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ajgw.12547" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03630403v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Lambert" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27041359" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03839259v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#233;cio L de Sousa Dias" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stacy Deshaies" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Saucier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27134176" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02570392v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Vernhet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Rattier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Cheynier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.0c00413" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628673v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Pinasseau" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Vallverdu Queralt" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Roques" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2017.01826" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837832v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nayla Ferreira Lima" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-017-0759-y" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608592v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Dombre" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Wirth" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Toussaint" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Lixon" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01397454v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules21101409" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162586v2" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Mazerolles" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules20057890" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837727v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Vallverd&#250;-Queralt" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sommerer" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf504383g" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601875v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Wirth" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605371v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605366v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605375v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01138937v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gui Roger M. Kabran" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J A Mamyrb&#233;kova-B&#233;kro" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Pirat" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Alain Bekro" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01138926v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K C.C. N'Gaman" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amani Kadja" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837693v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rezaire" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Robinson" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bereau" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2013.10.077" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-50N40F4S-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01138917v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amani Brice Kadja" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Null Volle" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Alain B&#233;kro" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605354v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Morel-Salmi" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Souquet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul Mazauric" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01631902v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elcia Margareth Souza Brito" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Guyoneaud" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marisol Go&#241;i" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Ranchou-Peyruse" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Verbaere" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmic.2006.03.005" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4G9D318V-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04168521v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elissa Abi Habib" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772302v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772301v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03713022v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790239v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837813v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798435v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Doligez" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelique Adiveze" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Ageorges" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalel Ahmed" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602155v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837774v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603497v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cayla" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Masson" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Anneraud" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chr&#233;tien" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837772v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Boulet" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837773v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603510v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Roques" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601532v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601757v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601762v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603727v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Og&#233;" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Cadot" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02170450v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Fayeulle" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Hue" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02170455v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://xxeurofoodchem.eventos.chemistry.pt/images/livro.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837792v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603081v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>