--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -546,441 +546,441 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04685088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Absence de réserves à destination : La présomption de livraison conforme du transporteur maritime n’est pas irréfragable</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Montas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Droit Maritime Français</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Mars 2021 (833), pp.257</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04685474v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Responsabilité du manutentionnaire pour manquants et erreurs au déchargement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Montas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Droit Maritime Français</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Septembre 2021 (838), pp.755</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04685465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Absence de réserves à destination : La présomption de livraison conforme du transporteur maritime n’est pas irréfragable</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’exécution du contrat de transport maritime de marchandises à l’épreuve de la Covid-19</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Montas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Droit Maritime Français</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, Mars 2021 (833), pp.257</w:t>
+              <w:t xml:space="preserve">, 2020, Septembre 2020 (827), pp.722</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">L’exécution du contrat de transport maritime de marchandises à l’épreuve de la Covid-19</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04685098v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les ardeurs de la limitation de responsabilité en droit maritime</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Montas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Entreprise et affaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, chron. p.85</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02151063v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Commentaire sous CA Aix, 20 juin 2019</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Montas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Droit Maritime Français</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, Septembre 2020 (827), pp.722</w:t>
+              <w:t xml:space="preserve">, 2019, 819, p.192</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04197948v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Commentaire sous Cass. com. 16 janv. 2019</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Montas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Droit Maritime Français</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, pp.339</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02151062v1</w:t>
-              </w:r>
-[...136 lines deleted...]
-                <w:t xml:space="preserve">hal-04197948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le juge et la liberté de création artistique</w:t>
               </w:r>
@@ -2764,255 +2764,255 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04685494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le droit face au retour des morts : le cas des Marcheurs Blancs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Montas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Quentin Le Pluard; Peran Plouhinec. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Du droit dans Games of Thrones</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mare &amp; Martin, pp.85, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04685139v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La sûreté du transport maritime : étude des sources</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Montas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Laurent Siguoirt. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transport et sécurité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">LexisLexis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.67, 2019, 978-2-7110-2936-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LexisLexis</w:t>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">, pp.67, 2019, 978-2-7110-2936-5</w:t>
+                <w:t xml:space="preserve">hal-02153764v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les routes de la drogue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Montas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rapport de synthèse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.231, 2019, Colloques &amp; Essais</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...68 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02153763v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">halshs-04685139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le capitaine est-il seul maître à bord après Dieu ?</w:t>
               </w:r>
@@ -4173,51 +4173,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04684986v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Montas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199120v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199095v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04685290v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04685298v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04685088v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04685465v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04685474v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04685098v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151062v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151063v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197948v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02226734v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154152v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandre Genanceau" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469184v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154151v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155049v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01504037v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Charbonneau" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Chaumette" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156004v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03830185v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00835403v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas Roussel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00835398v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00839293v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Cudennec" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Curtil" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile de Cet Bertin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Gueguen Hallouet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00838319v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03805080v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00838325v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00838841v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00838824v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Ortiz de Zarate" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00838838v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00294818v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03811131v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04685119v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mareetmartin.com/livre/droits-mythes-et-legendes" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474800v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04685511v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04685494v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mareetmartin.com/livre/droit-s-et-hip-hop" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153764v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj.fr/transport-et-securite-9782711029365.html" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153763v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04685139v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153765v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02475895v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj.fr/les-fictions-en-droit-9782370321565.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154749v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mareetmartin.com" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155294v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj.fr/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01525159v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gomylex.com" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01726752v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile de Cet Bertin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119116233.ch2" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195539v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lavoisier.fr/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00835986v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161667v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Leclerc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00835956v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00565958v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P&#233;drot" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal David" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Verrecchia" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Houlou" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04684986v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Montas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199120v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04199095v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04685290v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04685298v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04685088v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04685474v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04685465v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04685098v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151063v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197948v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151062v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02226734v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154152v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandre Genanceau" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469184v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154151v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155049v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01504037v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Charbonneau" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Chaumette" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156004v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03830185v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00835403v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas Roussel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00835398v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00839293v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Cudennec" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Curtil" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile de Cet Bertin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Gueguen Hallouet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00838319v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03805080v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00838325v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00838841v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00838824v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Ortiz de Zarate" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00838838v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00294818v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03811131v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04685119v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mareetmartin.com/livre/droits-mythes-et-legendes" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474800v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04685511v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04685494v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mareetmartin.com/livre/droit-s-et-hip-hop" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04685139v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153764v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj.fr/transport-et-securite-9782711029365.html" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153763v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153765v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02475895v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj.fr/les-fictions-en-droit-9782370321565.html" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154749v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mareetmartin.com" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155294v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj.fr/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01525159v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gomylex.com" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01726752v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile de Cet Bertin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119116233.ch2" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195539v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lavoisier.fr/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00835986v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161667v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Leclerc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00835956v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00565958v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P&#233;drot" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal David" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Verrecchia" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Houlou" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>