--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -229,51 +229,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (51)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (52)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -445,3824 +445,3906 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05234172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Fare-free public transport in France: unveiling urban policy challenges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Huré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Poinsot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Town Planning Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 96 (1), pp.1-21. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3828/tpr.2024.40⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04791253v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La marche en ville. Vers l'invention d'une politique publique ? Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Feriel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pour mémoire.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, La marche en ville. Vers l'invention d'une politique publique ?, Hors série 37, pp.12-16</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05564150v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les mobilités liées au travail dans l’angle mort des politiques de transition écologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Lévêque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Poinsot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Analyse Opinion Critique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05030053v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les inaugurations ferroviaires transfrontalières, révélatrices du projet scientifique de Rails et histoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue d’histoire des chemins de fer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 60, pp.6-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04775137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...12 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les gratuités des transports collectifs : quels impacts sur les politiques de mobilité ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Hasiak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
-              <w:r>
-[...119 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Poinsot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cybergeo : Revue européenne de géographie / European journal of geography</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/12vzc⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04892383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rationner, désescalader? Explorer la décroissance des mobilités et de l'énergie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transitions. Les nouvelles Annales des Ponts et Chaussées</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 4, pp.46-49</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04775139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rationner, désescalader ? Explorer la décroissance des mobilités et de l'énergie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transitions. Les nouvelles Annales des Ponts et Chaussées</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 4, pp.46-49</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04771249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mémoires du Grand Paris Express</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin annuel de l'association pour l'histoire de BNP Paribas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 2024, pp.20-21</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04775140v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Temps court et temps long en histoire des mobilités. De la flèche du progrès au cercle du réenchantement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Artefact : techniques, histoire et sciences humaines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 21, pp.247-271. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/12o3u⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04791245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Mémoires du Grand Paris Express</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’horizon états-unien du TGV : l’échec tient-il à la sociologie des acteurs et à l’essence de l’objet ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin annuel de l'association pour l'histoire de BNP Paribas</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Bulletin de la Société des amis de la Bibliothèque et de l’Histoire de l’école polytechnique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 68, pp.117-132. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/sabix.2999⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04154976v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faire de l’histoire ferroviaire par l’environnement et aborder les enjeux environnementaux par l’histoire ferroviaire : une voie à double sens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d’histoire des chemins de fer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 57, pp.10-13</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04154992v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Transports collectifs urbains : choisir entre deux modèles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Poinsot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Métropolitiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.56698/metropolitiques.1862⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03885359v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quand Citroën et Renault exploitaient des autocars : nouveaux entrants et réseaux anciens dans l’agglomération parisienne des années 1930</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Passalacqua Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Flux - Cahiers scientifiques internationaux Réseaux et territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 127, pp.3 - 11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/flux1.127.0003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03716798v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gratuité des transports : comprendre un débat aux multiples enjeux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Tribune [Site Web]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03721661v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Notes de lecture : Attention fragile ! Économie et politique de la messagerie postale en France, XIXe-XXe siècle, Laborie Léonard et Richez Sébastien, Bruxelles : Peter Lang, 2020, 316 pages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Flux - Cahiers scientifiques internationaux Réseaux et territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, N° 123 (1), pp.77-79. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/flux1.123.0077⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03345017v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The carbon footprint of a scientific community: A survey of the historians of mobility and their normalized yet abundant reliance on air travel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Transport History</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 42 (1), pp.121-141. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/0022526620985073⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03286793v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Transports urbains : la gratuité en débat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Transports urbains : mobilité, réseaux, territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 1 (136)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03306100v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'esthétique du métro parisien : exploration d'une question historique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Passalacqua Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Trasporti &amp; Cultura</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03716810v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Parisian transport and political powers: conflicts of scale, from the metro to the Grand Paris Express (19th-21st century)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Passalacqua Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d’histoire des chemins de fer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 180 ans d'histoires ferroviaires, 53, pp.21-40. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/rhcf.2473⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03716781v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les chiffres du ticket de métro à Paris depuis 1900</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Transports urbains : mobilité, réseaux, territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, N°136 (1), pp.35. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/turb.136.0035⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03310447v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ce que porte le transport (XIXe-XXIe siècles)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">e-Phaïstos</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Écomusée : une expansion internationale, VIII-1, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/ephaistos.7696⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03244780v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cars: Accelerating the Modern World</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étienne Faugier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Guigueno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Smith</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Transport History</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 41 (3), pp.469-473. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/0022526620931742⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04202822v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Transports en commun et distance sociale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Métropolitiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03305995v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Les transports parisiens et les pouvoirs politiques : des conflits d'échelles, du métro au Grand Paris Express (XIXe -XXIe siècle) »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d’histoire des chemins de fer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, pp.24-40</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03244950v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La gratuité des transports publics, un retour du débat au sein de Transports urbains ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Transports urbains : mobilité, réseaux, territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, N°136 (1), pp.3. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/turb.136.0003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03306101v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'esthétique du métro parisien : exploration d’une question historique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Trasporti &amp; Cultura</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 57, pp.122-129</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03305998v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mobilité, espace et temps. Quelle mémoire pour la réalité augmentée ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étienne Faugier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conserveries mémorielles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02497027v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Le 175 tombe sur la berge de la Seine – 3 morts » : circulation d’informations, gestion du risque et prévention sur le réseau d’autobus parisien (1920-1980)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Flux - Cahiers scientifiques internationaux Réseaux et territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Systèmes d’information et gestion de l’urbain (XVIIIe-XXIe siècles), 111-112 (1), pp.19-31. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/flux1.111.0019⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02004407v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Formes et fonctions de l'idée de soutenabilité dans la mobilité urbaine au XXe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Flonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Huré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
               </w:r>
             </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pour mémoire.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 19, pp.120-132</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01764468v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dans le métro parisien : haut les mains ou bas les pattes ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
+              </w:r>
+            </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Philippe Poinsot</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Piétu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Tournié</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Transports urbains : mobilité, réseaux, territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, N° 133 (2), pp.22-26. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/turb.133.0022⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03306098v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">DE QUOI PARLE-T-ON LORSQUE L'ON PARLE DE TRAMWAY EN FRANCE ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers géographiques de l'Ouest</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02025884v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Rochelle, France, and the invention of bike sharing public policy in the 1970s</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Huré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Transport History</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 38 (1), pp.106 - 123. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/0022526616676275⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01535532v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’école de la RATP, de la formation d’ouvriers à la constitution d’un vivier de cadres par le sport et les loisirs (1948-1984)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annales de l'Est</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02415461v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">From the History of Transport in Paris to the History of Mobility in Greater Paris?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mobility in History</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 7 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3167/mih.2016.070115⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02004368v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un changement de braquet dans l’action municipale des années 1970 ? L’expérience des vélos en libre-service de La Rochelle et la transformation de l’action publique urbaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Huré</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Histoire urbaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Patrimoines ecclésiastiques urbains, 2015/1 (42), pp.123-142. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rhu.042.0123⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02006148v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mobilité, espace et temps. Quelle mémoire pour la réalité augmentée ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étienne Faugier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conserveries mémorielles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02415270v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les collectivités locales prises dans la nouvelle « bataille du rail »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Maulat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Métropolitiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, https://metropolitiques.eu/Les-collectivites-locales-prises.html</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03840418v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reluctant capitals: transport mobility and tramways in London and Paris 1830-1950</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Town Planning Review</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 96 (1), pp.1-21. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2014, 85 (2), pp.203-216</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Transports collectifs urbains : choisir entre deux modèles</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02004397v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Les autobus parisiens et le développement pionnier de la psychotechnique : Jean-Maurice Lahy à la STCRP, années 1910-années 1920 »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Poinsot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Métropolitiques</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Cahiers de RECITS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Passalacqua Arnaud</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02415449v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un mode et ses modèles : l'autobus parisien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Flux - Cahiers scientifiques internationaux Réseaux et territoires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 127, pp.3 - 11. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2012, 85, pp.41-50</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Faire de l’histoire ferroviaire par l’environnement et aborder les enjeux environnementaux par l’histoire ferroviaire : une voie à double sens</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01374129v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'impériale ou la plate-forme arrière: deux trajectoires d'innovation divergentes pour les autobus dans les métropoles de Paris et de Londres (XIXe-XXe siècles)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TST : Transportes Servicios y Telecomunicaciones</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 23, pp.34 - 47</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01414194v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La vitesse ferroviaire comme point de mire : le monde des transports parisiens et le rail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue d’histoire des chemins de fer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 57, pp.10-13</w:t>
+              <w:t xml:space="preserve">, 2012, pp.155-173</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Gratuité des transports : comprendre un débat aux multiples enjeux</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02415256v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'impériale ou la plate-forme arrière : deux trajectoires d'innovation divergentes pour les autobus dans les métropoles de Paris et de Londres (XIXe-XXe siècles)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Tribune [Site Web]</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022</w:t>
+              <w:t xml:space="preserve">TST : Transportes Servicios y Telecomunicaciones</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">L’horizon états-unien du TGV : l’échec tient-il à la sociologie des acteurs et à l’essence de l’objet ?</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02025891v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La réforme ferroviaire française de 1997 : une histoire à rebondissements pour un scénario original</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de la Société des amis de la Bibliothèque et de l’Histoire de l’école polytechnique</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue d’histoire des chemins de fer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 2 (45), pp.83-103</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Notes de lecture : Attention fragile ! Économie et politique de la messagerie postale en France, XIXe-XXe siècle, Laborie Léonard et Richez Sébastien, Bruxelles : Peter Lang, 2020, 316 pages</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01374122v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un mode et ses modèles: l'autobus parisien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Flux - Cahiers scientifiques internationaux Réseaux et territoires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, N° 123 (1), pp.77-79. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2011, n° 85-86 (3), pp.41</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">The carbon footprint of a scientific community: A survey of the historians of mobility and their normalized yet abundant reliance on air travel</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02004412v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entretiens. Questions sur les archives ferroviaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnes Sander</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Transport History</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Flux - Cahiers scientifiques internationaux Réseaux et territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 3 (85-86), pp.105-109</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...371 lines deleted...]
-                <w:t xml:space="preserve">Les chiffres du ticket de métro à Paris depuis 1900</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01374112v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des nouvelles de l'hybridation train-bus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transports urbains : mobilité, réseaux, territoires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, N°136 (1), pp.35. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2011</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...574 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02025878v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'autobus parisien, l'État et la Grande Guerre : motorisation, interventionnisme et souplesse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pour mémoire.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 19, pp.120-132</w:t>
+              <w:t xml:space="preserve">, 2009, 7, pp.154-159</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...1437 lines deleted...]
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01374124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séparer ou périr : conception et pratique du couloir réservé à Paris (1960-1975)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mélanges de l'École française de Rome – Italie et Méditerranée modernes et contemporaines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 120 (1), pp.59-76</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01374127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séparer ou périr : conception et pratique du couloir réservé à Paris (1960-1975)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mélanges de l'École française de Rome – Italie et Méditerranée modernes et contemporaines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02025885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4272,564 +4354,564 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quelle écologie pour quels systèmes ferroviaires ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Climat : Au train où vont les choses..</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05401811v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transports et mobilités : autonomisation ou pleine affiliation à l’histoire des sciences et des techniques ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Faugier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Conchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liliane Hilaire-Pérez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Huitième Congrès de la Société Française d'Histoire des Sciences et des Techniques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2025, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05035708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...68 lines deleted...]
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exposing urban utopias based on transport systems: a retrospective analysis of the Grand Paris Pavilion for the Architecture and Landscape Biennial in Versailles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Traffic, Transport and Mobility (T2M) Conference 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02415276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What do bus stops tell us? A long-term perspective on a family of objects (not only) designed and used for waiting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Future of Mobilities: Flows, Transport and Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Traffic, Transport and Mobility, Sep 2015, Caserta, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01374135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Trolleybuses and the European cityscape : energy choices under environmental pressure (London, Paris, and Rome, 1930s)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Greening History</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Society for Environmental History, Jun 2015, Versailles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01374133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ImagineTrains : Imaginaire and decision makers in contemporary France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Huré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Traffic, Transport and Mobility (T2M) Conference 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Philadelphie, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02415564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">When building borders aims at increasing the efficiency of railways: the creation of the French track owner (mid-1990s – mid-2000s)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transport and borders</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Traffic, Transport and Mobility (T2M), 2013, Kouvola, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01082610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4839,1907 +4921,1907 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La mer, l'éolienne et le citoyen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Beaucire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Bartolomei</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Hermann, 2024, 9791037037909</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martine Bartolomei</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Hermann, 2024, 9791037037909</w:t>
+                <w:t xml:space="preserve">hal-04566777v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La gratuité des transports : une idée payante ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Delevoye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Hasiak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Huré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire-Marine Javary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Passalacqua Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Bord de l'eau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 138 p., 2022, 9782356878465</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Vanessa Delevoye</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03628961v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Métropoles mobiles. Défis institutionnels et politiques de la mobilité dans les métropoles françaises</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sophie Hasiak</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Flonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Huré</w:t>
               </w:r>
             </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses universitaires de Rennes, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03245612v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Métropoles mobiles. Défis institutionnels et politiques de la mobilité dans les métropoles françaises, Rennes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Huré</w:t>
+              </w:r>
+            </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Claire-Marine Javary</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Flonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Passalacqua Arnaud</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses Universitaires de Rennes, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04521718v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les transports de la démocratie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Flonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léonard Laborie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses universitaires de Rennes, 2014, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.pur.50839⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02922468v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roma con tutti i mezzi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Delpirou</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">École française de Rome, 2014, 978-2-7283-0990-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04775197v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Cahiers de RECITS n°10 (2014)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Belot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Heyberger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Christen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Knittel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...10 lines deleted...]
-              <w:t xml:space="preserve">, 138 p., 2022, 9782356878465</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 10, pp.256, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Métropoles mobiles. Défis institutionnels et politiques de la mobilité dans les métropoles françaises</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04330625v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rome par tous les moyens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">Presses universitaires de Rennes, 2021</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Delpirou</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">École française de Rome, 2014, 978-2-7283-0990-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...162 lines deleted...]
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04775200v1</w:t>
-              </w:r>
-[...288 lines deleted...]
-                <w:t xml:space="preserve">hal-04330625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (25)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entre mobile et immobile. La route au cœur des tensions écologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mathieu Flonneau &amp; Frédéric Monlouis-Félicité. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comprendre la route. Imaginaires, sens, innovations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Loubatières, pp.73-84, 2026, 978-2-86266-834-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05401782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les techniques de mobilité : objets et supports de circulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Guillaume Carnino, Liliane Hilaire-Pérez, Jérôme Lamy. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Histoire globale des techniques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CNRS Editions, pp.387-481, 2025, 9782271146281</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05401818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Échanges et circulations : la quête de l’unification par les infrastructures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Thévenin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pierre-Cyrille Hautcoeur; Catherine Virlouvet. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Une histoire économique et sociale: la France, de la Préhistoire à nos jours</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Passés composés, chapitre 13, 2025, 979-10-404-0628-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05288086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mobility techniques : between globalisation and local solutions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Guillaume Carnino; Liliane Hilaire-Pérez; Jérome Lamy. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Global History of Techniques (19 -21 Centuries)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Brepols, pp. 351-362, 2024, 978-2-503-60054-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04566799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les banlieues : d'un territoire asservi à un territoire desservi ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Francis Rambert. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Métro ! Le Grand Paris en mouvement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, RMN/Cité de l'architecture et du patrimoine, 298 p, 2023, 978-2-7118-8001-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04566789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La vitesse, promesse intenable de la modernité ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Laurent Carnis; Dominique Mignot. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Vitesse : enjeux contemporains et politiques publiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'Harmattan, pp. 23-33, 2023, 9782336404011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04283586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Europe, berceau de la mobilité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Passalacqua Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Atlas des mobilités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03716764v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« En France, on n'a pas de pétrole, mais on a des idées » : le carburant immatériel des mobilités</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Histoire des transports et des mobilités, XIXe -XXIe siècles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Armand Colin, pp.99-110, 2022, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/arco.balda.2022.01.0099⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04153151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’Europe, berceau de la mobilité moderne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlas des mobilités. Faits et chiffres sur les mobilités en France et en Europe. Direction Jules Hebert</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bureau de Paris de la Fondation Heinrich Böll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.10-11, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03723032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La vitesse au point mort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Faits et chiffres sur les mobilités en France et en Europe. Direction Jules Hebert</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , pp.12-13, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03716767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'écosystème des mobilités, son métabolisme et ses ressources</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Histoire des transports et des mobilités, XIXe -XXIe siècles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04153156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La mobilité des « autres », de la ségrégation au métissage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Guigueno</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Histoire des transports et des mobilités, XIXe -XXIe siècles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04153163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...13 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le potager périphérique ou comment renouveler l'exception urbaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Passalacqua Arnaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atlas des mobilités</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022</w:t>
+              <w:t xml:space="preserve">Le boulevard périphérique, quel avenir ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Archicity, 2021, 9791090726062</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03716804v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Grand Paris Express et imaginaires politiques de la métropole »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Huré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Robida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Flonneau (M.); Huré (M.); Passalacqua (A.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Métropoles mobiles. Défis institutionnels et politiques de la mobilité dans les métropoles françaises</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.95-113, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03245616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...68 lines deleted...]
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kilowatt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6772,812 +6854,812 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Loïc Vadelorge. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">(Re)Penser les villes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Armand Colin, pp.71-77, 2020, 978-2-200-63978-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04771216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Souplesse ou mobilité. Les systèmes de transport face à leur territoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Michèle Lambert-Bresson; Annie Térade. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lambert-Bresson (M.) &amp; Térade (A.) (dir.), Paysages du mouvement. Architectures des villes et des territoires XVIIIe -XXIe siècles, Paris, Éditions Recherches &amp; IPRAUS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recherches</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Cahiers de l’Ipraus, 978-2-86222-091-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02415452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renovatio vecturis : les cycles incomplets des transports de surface romains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Delpirou (A.) &amp; Passalacqua (A.) (dir.),. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rome par tous les moyens. Évolutions urbaines et mobilité, XX e -XXI e siècles – Roma con tutti i mezzi. Evoluzioni urbane e mobilità romane, secoli XX-XXI,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, École française de Rome,, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02415257v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renovatio vecturis : i cicli incompleti dei trasporti pubblici nel territorio di Roma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Delpirou (A.) &amp; Passalacqua (A.) (dir.),. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rome par tous les moyens. Évolutions urbaines et mobilité, XXe - XXIe siècles – Roma con tutti i mezzi. Evoluzioni urbane e mobilità romane, secoli XX-XXI, 2014, 123 p. – 121 p.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, École française de Rome,, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02415260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">JC Decaux en sa “ville-fétiche”. Mobilité et affichage à Lyon, de l’innovation à la dépendance (1965-2005)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Huré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Passalacqua Arnaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Flonneau, Mathieu; Laborie, Léonard; Passalacqua, Arnaud. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les transports de la démocratie. Approche historique des enjeux politiques de la mobilité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.61-81, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01080785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...72 lines deleted...]
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genre et mobilité urbaine : un itinéraire parisien, XIXe -XXe siècles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Knittel (F.) &amp; Raggi (P.) (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genre et techniques, XIXe-XXIe siècles, Rennes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires de Rennes, 2013, 978-2-7535-2776-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02415444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transport</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chabard (P.) &amp; Picon-Lefebvre (V.) (dir.),. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Défense, dictionnaire et atlas Architecture / Politique, Histoire / Territoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions Parenthèses, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02415434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une société du mouvement face à ses nouveaux territoires : les transports dans les grands ensembles et villes nouvelles (1950-1970)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Fourcaut (A.) &amp; Harismendy (P.) (dir.),. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Grands ensembles. Intentions et pratiques (1850-1970),</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ville de Saint-Brieuc, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02415424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un monde qui bégaye ? Quelques réflexions sur le sentiment de répétition que suscite l’histoire des transports publics urbains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Nicolas Stoskopf; Pierre Lamard. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transports, territoires et sociétés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Picard, pp.15-24, 2011, Histoire industrielle et société, 9782708409170. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/pica.stosk.2011.01.0014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02415419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Pompidou et l’alternative à l’automobile individuelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Flonneau (M.), Geneste (P.), Nivet (P.) &amp; Willaert (E.) (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Grand Dessein parisien de Georges Pompidou, 1960-1970</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Archives nationales, Association Georges Pompidou, Somogy, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02415372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La mémoire figée des objets mobiles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Flonneau (M.) &amp; Guigueno (V.) (dir.), De l’histoire des transports à l’histoire de la mobilité ?, Rennes, Presses universitaires de Rennes, 2009</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires de Rennes, 2009, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02415368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7587,100 +7669,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'autobus et Paris. Souplesse, espace public et mobilité de 1900 aux années 1970</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Histoire. Université Paris Diderot (Paris 7), 2009. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02011447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7690,91 +7772,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ce que porte le transport (XIXe -XXIe siècles). Une illusion au pays du rêve : le TGV et la Floride (années 1980)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Histoire. Université Paris-Est Marne la Vallée, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02415249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7784,124 +7866,124 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La marche en ville : vers l'invention d'une politique publique ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Fériel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Ripoll</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pour mémoire.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Hors-série (37), pp.100, 2024, Pour mémoire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04628238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7911,112 +7993,112 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'Aérotrain et le TGV</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Passalacqua</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Dictionnaire Pompidou</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04566784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId168"/>
+      <w:footerReference w:type="default" r:id="rId170"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -8084,51 +8166,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="C48CDCCE"/>
+    <w:nsid w:val="AF5EFCAD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8315,51 +8397,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/arnaudpassalacqua" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6985-8468" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/139437606" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/167429687" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000119433349" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.laburba.com/membres/arnaud-passalacqua/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05234169v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Passalacqua" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annaig Oiry" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Pistoni" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jehrhe.013.0001a" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05234172v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jehrhe.013.0001c" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775137v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05030053v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Poinsot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04892383v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Hasiak" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12vzc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775139v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771249v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791245v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12o3u" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775140v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791253v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Hur&#233;" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3828/tpr.2024.40" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885359v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56698/metropolitiques.1862" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03716798v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Passalacqua Arnaud" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/flux1.127.0003" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04154992v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03721661v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04154976v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sabix.2999" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03345017v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/flux1.123.0077" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286793v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0022526620985073" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03305995v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03244780v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ephaistos.7696" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202822v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Faugier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Guigueno" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Smith" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0022526620931742" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03716781v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rhcf.2473" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03310447v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/turb.136.0035" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03716810v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03244950v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03306101v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/turb.136.0003" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03305998v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03306100v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02497027v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02004407v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/flux1.111.0019" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01764468v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Flonneau" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03306098v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Pi&#233;tu" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Tourni&#233;" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/turb.133.0022" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01535532v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0022526616676275" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02025884v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415461v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02004368v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3167/mih.2016.070115" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02006148v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhu.042.0123" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415270v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02004397v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03840418v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Maulat" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415449v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414194v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02025891v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415256v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01374129v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02004412v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01374112v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Sander" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01374122v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02025878v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01374124v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01374127v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02025885v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035708v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Conchon" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliane Hilaire-P&#233;rez" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05401811v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415276v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01374135v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01374133v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415564v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01082610v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04566777v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Beaucire" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Bartolomei" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628961v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Delevoye" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire-Marine Javary" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsbdl.com/produit/la-gratuite-des-transports-une-idee-payante/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03245612v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521718v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04775200v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Delpirou" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02922468v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onard Laborie" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.50839" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04775197v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04330625v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Belot" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Heyberger" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Morel" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Christen" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Knittel" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401782v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05401818v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288086v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Th&#233;venin" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04566799v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04566789v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283586v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04153151v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arco.balda.2022.01.0099" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03723032v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fr.boell.org/fr/2022/06/07/leurope-berceau-de-la-mobilite-moderne" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03716767v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04153156v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04153163v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03716764v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03245616v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Robida" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03716804v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771216v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415452v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-recherches.com/fiche.php?id=146" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415260v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01080785v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415257v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415444v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415434v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415424v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415419v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pica.stosk.2011.01.0014" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415372v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415368v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02011447v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02415249v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628238v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric F&#233;riel" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Ripoll" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04566784v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/arnaudpassalacqua" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6985-8468" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/139437606" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/167429687" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000119433349" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.laburba.com/membres/arnaud-passalacqua/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05234169v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Passalacqua" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annaig Oiry" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Pistoni" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jehrhe.013.0001a" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05234172v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jehrhe.013.0001c" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791253v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Hur&#233;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Poinsot" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3828/tpr.2024.40" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05564150v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Feriel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05030053v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine L&#233;v&#234;que" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775137v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04892383v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Hasiak" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12vzc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775139v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771249v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775140v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791245v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12o3u" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04154976v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sabix.2999" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04154992v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885359v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56698/metropolitiques.1862" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03716798v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Passalacqua Arnaud" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/flux1.127.0003" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03721661v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03345017v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/flux1.123.0077" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286793v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0022526620985073" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03306100v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03716810v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03716781v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rhcf.2473" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03310447v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/turb.136.0035" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03244780v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ephaistos.7696" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202822v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Faugier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Guigueno" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Smith" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0022526620931742" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03305995v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03244950v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03306101v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/turb.136.0003" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03305998v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02497027v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02004407v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/flux1.111.0019" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01764468v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Flonneau" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03306098v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Pi&#233;tu" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Tourni&#233;" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/turb.133.0022" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02025884v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01535532v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0022526616676275" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415461v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02004368v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3167/mih.2016.070115" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02006148v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhu.042.0123" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415270v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03840418v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Maulat" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02004397v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415449v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01374129v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01414194v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415256v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02025891v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01374122v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02004412v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01374112v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Sander" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02025878v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01374124v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01374127v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02025885v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05401811v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035708v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Conchon" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliane Hilaire-P&#233;rez" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415276v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01374135v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01374133v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415564v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01082610v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04566777v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Beaucire" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Bartolomei" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628961v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Delevoye" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire-Marine Javary" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsbdl.com/produit/la-gratuite-des-transports-une-idee-payante/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03245612v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04521718v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02922468v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onard Laborie" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.50839" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04775197v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Delpirou" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04330625v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Belot" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Heyberger" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Morel" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Christen" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Knittel" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04775200v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401782v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05401818v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288086v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Th&#233;venin" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04566799v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04566789v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283586v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03716764v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04153151v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arco.balda.2022.01.0099" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03723032v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fr.boell.org/fr/2022/06/07/leurope-berceau-de-la-mobilite-moderne" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03716767v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04153156v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04153163v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03716804v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03245616v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Robida" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771216v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415452v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-recherches.com/fiche.php?id=146" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415257v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415260v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01080785v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415444v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415434v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415424v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415419v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pica.stosk.2011.01.0014" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415372v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02415368v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02011447v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02415249v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628238v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric F&#233;riel" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Ripoll" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04566784v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>