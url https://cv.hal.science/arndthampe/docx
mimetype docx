--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -178,999 +178,999 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (76)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (77)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantifying the impacts of rewilding on ecosystem resilience to disturbances: A global meta-analysis</w:t>
+                <w:t xml:space="preserve">Continental Contrasts in Climate Extremes That Control Tree Fecundity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Miriam Selwyn</w:t>
+                <w:t xml:space="preserve">James S Clark</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alba Lázaro-González</w:t>
+                <w:t xml:space="preserve">Robert Andrus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francisco Lloret</w:t>
+                <w:t xml:space="preserve">Margarita Arianoutsou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">José María Rey Benayas</w:t>
+                <w:t xml:space="preserve">Davide Ascoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arndt Hampe</w:t>
+                <w:t xml:space="preserve">Yves Bergeron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Environmental Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 375, pp.124360. </w:t>
+              <w:t xml:space="preserve">Global Change Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 32 (2), </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jenvman.2025.124360⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/gcb.70738⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05016885v1</w:t>
+                <w:t xml:space="preserve">hal-05550584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ex situ germination of European acorns: data from 93 batches of 12 Quercus species</w:t>
+                <w:t xml:space="preserve">Quantifying the impacts of rewilding on ecosystem resilience to disturbances: A global meta-analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">María Medina</w:t>
+                <w:t xml:space="preserve">Miriam Selwyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marino P Reyes-Martín</w:t>
+                <w:t xml:space="preserve">Alba Lázaro-González</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Levy</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alba Lázaro-González</w:t>
+                <w:t xml:space="preserve">Francisco Lloret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enrique Andivia</w:t>
+                <w:t xml:space="preserve">José María Rey Benayas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arndt Hampe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Forest Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13595-024-01267-2⟩</w:t>
+              <w:t xml:space="preserve">Journal of Environmental Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 375, pp.124360. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jenvman.2025.124360⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05033470v1</w:t>
+                <w:t xml:space="preserve">hal-05016885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Highly clustered mating networks in naturally fragmented riparian tree populations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Moracho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Klein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Oddou-Muratorio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arndt Hampe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Jordano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/mec.17285⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04467495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microclimate, an important part of ecology and biogeography</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ex situ germination of European acorns: data from 93 batches of 12 Quercus species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jonas Lembrechts</w:t>
+                <w:t xml:space="preserve">María Medina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Koenraad van Meerbeek</w:t>
+                <w:t xml:space="preserve">Marino P Reyes-Martín</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jofre Carnicer</w:t>
+                <w:t xml:space="preserve">Laura Levy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alba Lázaro-González</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Isabelle Chardon</w:t>
+                <w:t xml:space="preserve">Enrique Andivia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global Ecology and Biogeography</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 33 (6), pp.245-261. </w:t>
+              <w:t xml:space="preserve">Annals of Forest Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 81 (1), pp.50. </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/geb.13834⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s13595-024-01267-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04329908v2</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05033470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Decomposing drivers in avian insectivory: Large‐scale effects of climate, habitat and bird diversity</w:t>
+                <w:t xml:space="preserve">Microclimate, an important part of ecology and biogeography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Schillé</w:t>
+                <w:t xml:space="preserve">Julia Kemppinen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elena Valdés-Correcher</w:t>
+                <w:t xml:space="preserve">Jonas Lembrechts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Archaux</w:t>
+                <w:t xml:space="preserve">Koenraad van Meerbeek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flavius Bălăcenoiu</w:t>
+                <w:t xml:space="preserve">Jofre Carnicer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mona Chor Bjørn</w:t>
+                <w:t xml:space="preserve">Nathalie Isabelle Chardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biogeography</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 51 (6), pp.1079-1094. </w:t>
+              <w:t xml:space="preserve">Global Ecology and Biogeography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 33 (6), pp.245-261. </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/jbi.14808⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/geb.13834⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04478067v1</w:t>
+                <w:t xml:space="preserve">hal-04329908v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Relationship between Maturation Size and Maximum Tree Size from Tropical to Boreal Climates</w:t>
+                <w:t xml:space="preserve">Decomposing drivers in avian insectivory: Large‐scale effects of climate, habitat and bird diversity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentin Journé</w:t>
+                <w:t xml:space="preserve">Laura Schillé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michał Bogdziewicz</w:t>
+                <w:t xml:space="preserve">Elena Valdés-Correcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoît Courbaud</w:t>
+                <w:t xml:space="preserve">Frédéric Archaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Georges Künstler</w:t>
+                <w:t xml:space="preserve">Flavius Bălăcenoiu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tong Qiu</w:t>
+                <w:t xml:space="preserve">Mona Chor Bjørn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 27 (9), pp.e14500. </w:t>
+              <w:t xml:space="preserve">Journal of Biogeography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 51 (6), pp.1079-1094. </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/ele.14500⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/jbi.14808⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04718869v1</w:t>
+                <w:t xml:space="preserve">hal-04478067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Widespread latitudinal asymmetry in the performance of marginal populations: A meta‐analysis</w:t>
+                <w:t xml:space="preserve">The Relationship between Maturation Size and Maximum Tree Size from Tropical to Boreal Climates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fernando Pulido</w:t>
+                <w:t xml:space="preserve">Valentin Journé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bastien Castagneyrol</w:t>
+                <w:t xml:space="preserve">Michał Bogdziewicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francisco Rodríguez‐sánchez</w:t>
+                <w:t xml:space="preserve">Benoît Courbaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yónatan Cáceres</w:t>
+                <w:t xml:space="preserve">Georges Künstler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adara Pardo</w:t>
+                <w:t xml:space="preserve">Tong Qiu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global Ecology and Biogeography</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 32 (6), pp.842-854. </w:t>
+              <w:t xml:space="preserve">Ecology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 27 (9), pp.e14500. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/geb.13665⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/ele.14500⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04150038v1</w:t>
+                <w:t xml:space="preserve">hal-04718869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linking seed size and number to trait syndromes in trees</w:t>
               </w:r>
@@ -1182,8326 +1182,8472 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michal Bogdziewicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie‐claire Aravena Acuña</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Andrus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide Ascoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Bergeron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Global Ecology and Biogeography</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, pp.1-23. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/geb.13652⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04032674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Can natural forest expansion contribute to Europe's restoration policy agenda? An interdisciplinary assessment</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Widespread latitudinal asymmetry in the performance of marginal populations: A meta‐analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernando Pulido</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Castagneyrol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francisco Rodríguez‐sánchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theresa Frei</w:t>
+                <w:t xml:space="preserve">Yónatan Cáceres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Josep Maria Espelta</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Francois Lefèvre</w:t>
+                <w:t xml:space="preserve">Adara Pardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AMBIO: A Journal of Environment and Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s13280-023-01924-2⟩</w:t>
+              <w:t xml:space="preserve">Global Ecology and Biogeography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 32 (6), pp.842-854. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/geb.13665⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04399841v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04150038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Masting is uncommon in trees that depend on mutualist dispersers in the context of global climate and fertility gradients</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Tong Qiu</w:t>
+                <w:t xml:space="preserve">Can natural forest expansion contribute to Europe's restoration policy agenda? An interdisciplinary assessment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Theresa Frei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josep Maria Espelta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Claire Aravena</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Michal Bogdziewicz</w:t>
+                <w:t xml:space="preserve">Elena Górriz-Mifsud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arndt Hampe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Plants</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41477-023-01446-5⟩</w:t>
+              <w:t xml:space="preserve">AMBIO: A Journal of Environment and Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 53 (1), pp.34 - 45. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s13280-023-01924-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04174525v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04399841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revegetation through seeding or planting: A worldwide systematic map</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Enrique Andivia</w:t>
+                <w:t xml:space="preserve">Masting is uncommon in trees that depend on mutualist dispersers in the context of global climate and fertility gradients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tong Qiu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claire Aravena</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Ascoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arndt Hampe</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Raffaella Marzano</w:t>
+                <w:t xml:space="preserve">Yves Bergeron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michal Bogdziewicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Environmental Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 337, pp.117713. </w:t>
+              <w:t xml:space="preserve">Nature Plants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 9 (7), pp.1044-1056. </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jenvman.2023.117713⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41477-023-01446-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04103320v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04174525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maintaining forest cover to enhance temperature buffering under future climate change</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Revegetation through seeding or planting: A worldwide systematic map</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alba Lázaro-González</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enrique Andivia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arndt Hampe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emiel de Lombaerde</w:t>
+                <w:t xml:space="preserve">Shun Hasegawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pieter Vangansbeke</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Jonas Lembrechts</w:t>
+                <w:t xml:space="preserve">Raffaella Marzano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2021.151338⟩</w:t>
+              <w:t xml:space="preserve">Journal of Environmental Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 337, pp.117713. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jenvman.2023.117713⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03624480v1</w:t>
+                <w:t xml:space="preserve">hal-04103320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Globally, tree fecundity exceeds productivity gradients</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Davide Ascoli</w:t>
+                <w:t xml:space="preserve">Maintaining forest cover to enhance temperature buffering under future climate change</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emiel de Lombaerde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roberta Berretti</w:t>
+                <w:t xml:space="preserve">Pieter Vangansbeke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Roger Michel Henri Lenoir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Koenraad van Meerbeek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonas Lembrechts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ele.14012⟩</w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 810 (151338), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2021.151338⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03696000v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03624480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Limits to reproduction and seed size-number trade-offs that shape forest dominance and future recovery</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId60" w:history="1">
+                <w:t xml:space="preserve">Globally, tree fecundity exceeds productivity gradients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Journé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Andrus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claire Aravena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide Ascoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Yves Bergeron</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberta Berretti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Ecology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 25 (6), pp.1471-1482. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ele.14012⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41467-022-30037-9⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03665728v1</w:t>
+                <w:t xml:space="preserve">hal-03696000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contrasting genetic population structures in acorn weevils ( &amp;lt;scp&amp;gt; &amp;lt;i&amp;gt;Curculio&amp;lt;/i&amp;gt; spp. &amp;lt;/scp&amp;gt; ) in expanding forests: The effects of differences in resource‐tracking strategies</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Joan Pino</w:t>
+                <w:t xml:space="preserve">Limits to reproduction and seed size-number trade-offs that shape forest dominance and future recovery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tong Qiu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Andrus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claire Aravena</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Ascoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arndt Hampe</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Yves Bergeron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Insect conservation and diversity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/icad.12603⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13 (1), pp.2381. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-022-30037-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03781730v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03665728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Past and future radial growth and water-use efficiency of Fagus sylvatica and Quercus robur in a long-term climate refugium</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Contrasting genetic population structures in acorn weevils ( &amp;lt;scp&amp;gt; &amp;lt;i&amp;gt;Curculio&amp;lt;/i&amp;gt; spp. &amp;lt;/scp&amp;gt; ) in expanding forests: The effects of differences in resource‐tracking strategies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helena Ruiz-Carbayo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josep Maria Espelta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Bert</w:t>
+                <w:t xml:space="preserve">Joan Pino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arndt Hampe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François F. Lebourgeois</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Raul Bonal</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dendrochronologia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.dendro.2022.125939⟩</w:t>
+              <w:t xml:space="preserve">Insect conservation and diversity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, pp.1-11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/icad.12603⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03665846v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03781730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Global maps of soil temperature</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jonas Lembrechts</w:t>
+                <w:t xml:space="preserve">Past and future radial growth and water-use efficiency of Fagus sylvatica and Quercus robur in a long-term climate refugium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Bert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François F. Lebourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adib Ouayjan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Johan van den Hoogen</w:t>
+                <w:t xml:space="preserve">Alexis Ducousso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juha Aalto</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Pieter de Frenne</w:t>
+                <w:t xml:space="preserve">Jérôme Ogée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global Change Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/gcb.16060⟩</w:t>
+              <w:t xml:space="preserve">Dendrochronologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 72, pp.1-14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.dendro.2022.125939⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03518443v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03665846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Herbivory on the pedunculate oak along an urbanization gradient in Europe: Effects of impervious surface, local tree cover, and insect feeding guild</w:t>
+                <w:t xml:space="preserve">Global maps of soil temperature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elena Valdés-Correcher</w:t>
+                <w:t xml:space="preserve">Jonas Lembrechts</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan van den Hoogen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juha Aalto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anna Popova</w:t>
+                <w:t xml:space="preserve">Michael Ashcroft</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrea Galmán</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Andrey V Selikhovkin</w:t>
+                <w:t xml:space="preserve">Pieter de Frenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology and Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ece3.8709⟩</w:t>
+              <w:t xml:space="preserve">Global Change Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 28 (9), pp.3110-3144. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/gcb.16060⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03631327v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03518443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Search for top‐down and bottom‐up drivers of latitudinal trends in insect herbivory in oak trees in Europe</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Herbivory on the pedunculate oak along an urbanization gradient in Europe: Effects of impervious surface, local tree cover, and insect feeding guild</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Valdés-Correcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Popova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Galmán</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elena Valdés‐correcher</w:t>
+                <w:t xml:space="preserve">Andreas Prinzing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xoaquín Moreira</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Christophe Bouget</w:t>
+                <w:t xml:space="preserve">Andrey V Selikhovkin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global Ecology and Biogeography</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/geb.13244⟩</w:t>
+              <w:t xml:space="preserve">Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (3), pp.e8709. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ece3.8709⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03103928v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03631327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maternal effects shape the seed mycobiome in Quercus petraea</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">WOODIV, a database of occurrences, functional traits, and phylogenetic data for all Euro-Mediterranean trees</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Christine Monnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Cilleros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Médail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tania Fort</w:t>
+                <w:t xml:space="preserve">Marwan Cheikh Albassatneh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlie Pauvert</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Thomas Caignard</w:t>
+                <w:t xml:space="preserve">Juan Arroyo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Phytologist</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/nph.17153⟩</w:t>
+              <w:t xml:space="preserve">Scientific Data </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 8 (89), pp.1-11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41597-021-00873-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-03140262v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03180026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Land‐use legacies influence tree water‐use efficiency and nitrogen availability in recently established European forests</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Joan Pino</w:t>
+                <w:t xml:space="preserve">Spatial patterns of genus-level phylogenetic endemism in the tree flora of Mediterranean Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marwan Cheikh Albassatneh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcial Escudero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Christine Monnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Arroyo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">| Gianni Baccheta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Functional Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/1365-2435.13787⟩</w:t>
+              <w:t xml:space="preserve">Diversity and Distributions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 27 (5), pp.913-928. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ddi.13241⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03307689v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03135204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">WOODIV, a database of occurrences, functional traits, and phylogenetic data for all Euro-Mediterranean trees</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Juan Arroyo</w:t>
+                <w:t xml:space="preserve">Forest microclimates and climate change: Importance, drivers and future research agenda</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pieter de Frenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Roger Michel Henri Lenoir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miska Luoto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brett Scheffers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Zellweger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Data </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41597-021-00873-3⟩</w:t>
+              <w:t xml:space="preserve">Global Change Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 27 (11), pp.2279-2297. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/gcb.15569⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve"> (data paper)</w:t>
-[...10 lines deleted...]
-                <w:t xml:space="preserve">hal-03180026v1</w:t>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03293490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatial patterns of genus-level phylogenetic endemism in the tree flora of Mediterranean Europe</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Land‐use legacies influence tree water‐use efficiency and nitrogen availability in recently established European forests</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rossella Guerrieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Correia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irene Martín‐forés</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marwan Cheikh Albassatneh</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">| Gianni Baccheta</w:t>
+                <w:t xml:space="preserve">Raquel Alfaro‐sánchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joan Pino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Diversity and Distributions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ddi.13241⟩</w:t>
+              <w:t xml:space="preserve">Functional Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 35 (6), pp.1325 - 1340. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1365-2435.13787⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03135204v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03307689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Forest microclimates and climate change: Importance, drivers and future research agenda</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Florian Zellweger</w:t>
+                <w:t xml:space="preserve">Search for top‐down and bottom‐up drivers of latitudinal trends in insect herbivory in oak trees in Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Valdés‐correcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xoaquín Moreira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Augusto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc L. Barbaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Bouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global Change Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/gcb.15569⟩</w:t>
+              <w:t xml:space="preserve">Global Ecology and Biogeography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 30 (3), pp.651-665. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/geb.13244⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-03293490v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03103928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Candidate gene SNP variation in floodplain populations of pedunculate oak (Quercus robur L.) near the species' southern range margin: Weak differentiation yet distinct associations with water availability</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Maternal effects shape the seed mycobiome in Quercus petraea</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tania Fort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlie Pauvert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amy Zanne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martina Temunović</w:t>
+                <w:t xml:space="preserve">Otso Ovaskainen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Garnier‐géré</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Mladen Ivanković</w:t>
+                <w:t xml:space="preserve">Thomas Caignard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/mec.15492⟩</w:t>
+              <w:t xml:space="preserve">New Phytologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, inPress, pp.1-15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/nph.17153⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03157568v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03140262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Managing forest regeneration and expansion at a time of unprecedented global change</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Macro‐scale variation and environmental predictors of flowering and fruiting phenology in the Chinese angiosperm flora</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanjun Du</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lingfeng Mao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Queenborough</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cristina García</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Richard Primack</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liza Comita</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/1365-2664.13797⟩</w:t>
+              <w:t xml:space="preserve">Journal of Biogeography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, pp.1-12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jbi.13938⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03164180v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02934700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Macro‐scale variation and environmental predictors of flowering and fruiting phenology in the Chinese angiosperm flora</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yanjun Du</w:t>
+                <w:t xml:space="preserve">Functional diversity enhances tree growth and reduces herbivory damage in secondary broadleaf forests, but does not influence resilience to drought</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josep Maria Espelta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lingfeng Mao</w:t>
+                <w:t xml:space="preserve">Verónica Cruz‐alonso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raquel Alfaro‐sánchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arndt Hampe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Queenborough</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Liza Comita</w:t>
+                <w:t xml:space="preserve">Christian Messier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biogeography</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jbi.13938⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, pp.1-11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1365-2664.13728⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02934700v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02925961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leaf chemical defences and insect herbivory in oak: accounting for canopy position unravels marked genetic relatedness effects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena Valdés-Correcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Bourdin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Santiago C. González-Martínez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xoaquín Moreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Galmán</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of Botany</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 126 (5), pp.865-872. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/aob/mcaa101⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03164044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functional diversity enhances tree growth and reduces herbivory damage in secondary broadleaf forests, but does not influence resilience to drought</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId66" w:history="1">
+                <w:t xml:space="preserve">Managing forest regeneration and expansion at a time of unprecedented global change</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina García</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josep Maria Espelta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arndt Hampe</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Applied Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, In press, pp.1-11. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/1365-2664.13728⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 57 (12), pp.2310-2315. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1365-2664.13797⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02925961v1</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03164180v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recruitment of a genotyped Quercus robur L. seedling cohort in an expanding oak forest stand: diversity, dispersal, and performance across habitats</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Candidate gene SNP variation in floodplain populations of pedunculate oak (Quercus robur L.) near the species' southern range margin: Weak differentiation yet distinct associations with water availability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martina Temunović</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Garnier‐géré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maja Morić</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabriel Gerzabek</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jozo Franjić</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mladen Ivanković</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Forest Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s13595-020-00979-5⟩</w:t>
+              <w:t xml:space="preserve">Molecular Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 29 (13), pp.2359-2378. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/mec.15492⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02930298v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03157568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functional distance is driven more strongly by environmental factors than by genetic relatedness in Juniperus thurifera L. expanding forest stands</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jesus Villellas</w:t>
+                <w:t xml:space="preserve">A comprehensive, genus-level time-calibrated phylogeny of the tree flora of Mediterranean Europe and an assessment of its vulnerability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marwan Cheikh Albassatneh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcial Escudero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Irene Martín-Forés</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Erwan Guichoux</w:t>
+                <w:t xml:space="preserve">Loïc Ponger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Christine Monnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Arroyo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Forest Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s13595-020-00973-x⟩</w:t>
+              <w:t xml:space="preserve">Botany Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 167 (2), pp.276-289. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/23818107.2019.1684360⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02907071v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02433733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insect herbivory in novel Quercus ilex L. forests: the role of landscape attributes, forest composition and host traits</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Joan Pino</w:t>
+                <w:t xml:space="preserve">Functional distance is driven more strongly by environmental factors than by genetic relatedness in Juniperus thurifera L. expanding forest stands</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jesus Villellas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irene Martín-Forés</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Mariette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raúl Bonal</w:t>
+                <w:t xml:space="preserve">Marie Massot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick M.A. James</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Arndt Hampe</w:t>
+                <w:t xml:space="preserve">Erwan Guichoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of Forest Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 77 (2), pp.32. </w:t>
+              <w:t xml:space="preserve">, 2020, 77 (3), pp.66. </w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s13595-020-00934-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s13595-020-00973-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02553129v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02907071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A comprehensive, genus-level time-calibrated phylogeny of the tree flora of Mediterranean Europe and an assessment of its vulnerability</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marcial Escudero</w:t>
+                <w:t xml:space="preserve">Insect herbivory in novel Quercus ilex L. forests: the role of landscape attributes, forest composition and host traits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helena Ruiz-Carbayo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joan Pino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loïc Ponger</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Juan Arroyo</w:t>
+                <w:t xml:space="preserve">Raúl Bonal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick M.A. James</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arndt Hampe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Botany Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/23818107.2019.1684360⟩</w:t>
+              <w:t xml:space="preserve">Annals of Forest Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 77 (2), pp.32. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s13595-020-00934-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02433733v1</w:t>
+                <w:t xml:space="preserve">hal-02553129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spontaneous forest regrowth in South‐West Europe: Consequences for nature's contributions to people</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Recruitment of a genotyped Quercus robur L. seedling cohort in an expanding oak forest stand: diversity, dispersal, and performance across habitats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrés Bravo‐oviedo</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Gabriel Gerzabek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Oddou-Muratorio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arndt Hampe</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">People and Nature</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/pan3.10161⟩</w:t>
+              <w:t xml:space="preserve">Annals of Forest Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 77 (3), pp.78. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s13595-020-00979-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03283946v1</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02930298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Greater capacity to exploit warming temperatures in northern populations of European beech is partly driven by delayed leaf senescence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Homero A. Gárate-Escamilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Homero A. Gárate-Escamilla</w:t>
+                <w:t xml:space="preserve">Craig C. Brelsford</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arndt Hampe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Craig C. Brelsford</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Arndt Hampe</w:t>
+                <w:t xml:space="preserve">T. Matthew Robson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Benito-Garzón</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Agricultural and Forest Meteorology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 284, pp.1-10. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.agrformet.2020.107908⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02621834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Establishment of second-growth forests in human landscapes: ecological mechanisms and genetic consequences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arndt Hampe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raquel Alfaro-Sánchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Martín-Forés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of Forest Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 77 (3), pp.1-5. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s13595-020-00993-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02945076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tree potential growth varies more than competition among spontaneously established forest stands of pedunculate oak (Quercus robur)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Spontaneous forest regrowth in South‐West Europe: Consequences for nature's contributions to people</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irene Martín‐forés</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Magro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Lamonica</w:t>
+                <w:t xml:space="preserve">Andrés Bravo‐oviedo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raquel Alfaro‐sánchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joern Pagel</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Hampe Arndt</w:t>
+                <w:t xml:space="preserve">Josep Espelta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Forest Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s13595-020-00981-x⟩</w:t>
+              <w:t xml:space="preserve">People and Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 2 (4), pp.980-994. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/pan3.10161⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02935141v1</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03283946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How do social status and tree architecture influence radial growth, wood density and drought response in spontaneously established oak forests?</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Tree potential growth varies more than competition among spontaneously established forest stands of pedunculate oak (Quercus robur)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Lamonica</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joern Pagel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena Valdés-Correcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Bert</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hampe Arndt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of Forest Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 77 (2), pp.49. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s13595-020-00949-x⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 77 (3), pp.1-18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s13595-020-00981-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03162762v1</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02935141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maternal effects and environmental filtering shape seed fungal communities in oak trees</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">How do social status and tree architecture influence radial growth, wood density and drought response in spontaneously established oak forests?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raquel Alfaro-Sánchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Valdés-Correcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josep Maria Espelta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arndt Hampe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Bert</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BioRxiv</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Annals of Forest Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 77 (2), pp.49. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s13595-020-00949-x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1101/691121⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02624819v1</w:t>
+                <w:t xml:space="preserve">hal-03162762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ΔTraitSDMs: species distribution models that account for local adaptation and phenotypic plasticity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marta Benito Garzon</w:t>
+                <w:t xml:space="preserve">Range‐wide variation in local adaptation and phenotypic plasticity of fitness‐related traits in Fagus sylvatica and their implications under climate change</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Homero Alejandro Gárate‐escamilla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arndt Hampe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalia Vizcaíno‐palomar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Matthew Robson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Matthew Robson</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Arndt Hampe</w:t>
+                <w:t xml:space="preserve">Marta Benito-Garzón</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Phytologist</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/nph.15716⟩</w:t>
+              <w:t xml:space="preserve">Global Ecology and Biogeography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 28 (9), pp.1336-1350. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/geb.12936⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02627579v1</w:t>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02625802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Differential Quaternary dynamics of evergreen broadleaved forests in subtropical China revealed by phylogeography of Lindera aggregata (Lauraceae)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jun‐wei Ye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De‐zhu Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arndt Hampe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Biogeography</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 46 (6), pp.1112-1123. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/jbi.13547⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02618886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Range‐wide variation in local adaptation and phenotypic plasticity of fitness‐related traits in Fagus sylvatica and their implications under climate change</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">ΔTraitSDMs: species distribution models that account for local adaptation and phenotypic plasticity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Benito Garzon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Matthew Robson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arndt Hampe</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marta Benito-Garzón</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global Ecology and Biogeography</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/geb.12936⟩</w:t>
+              <w:t xml:space="preserve">New Phytologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 222 (4), pp.1757-1765. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/nph.15716⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02625802v1</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02627579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insect herbivory and avian insectivory in novel native oak forests: Divergent effects of stand size and connectivity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elena Valdés Correcher</w:t>
+                <w:t xml:space="preserve">Maternal effects and environmental filtering shape seed fungal communities in oak trees</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tania Fort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlie Pauvert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inge van Halder</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Amy E. Zanne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Otso Ovaskainen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Caignard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forest Ecology and Management</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foreco.2019.05.018⟩</w:t>
+              <w:t xml:space="preserve">BioRxiv</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1101/691121⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02181063v1</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02624819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tree diversity effects on leaf insect damage on pedunculate oak: the role of landscape context and forest stratum</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
+                <w:t xml:space="preserve">Insect herbivory and avian insectivory in novel native oak forests: Divergent effects of stand size and connectivity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Valdés Correcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inge van Halder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Barbaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Castagneyrol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arndt Hampe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Forest Ecology and Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 433, pp.287-294. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foreco.2018.11.014⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 445, pp.146-153. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foreco.2019.05.018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02622913v1</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02181063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Drivers of tree fecundity in pedunculate oak (Quercus robur) refugial populations at the species' southwestern range margin</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">E. Moracho</w:t>
+                <w:t xml:space="preserve">Tree diversity effects on leaf insect damage on pedunculate oak: the role of landscape context and forest stratum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Castagneyrol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Jordano</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Brice Giffard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Valdés-Correcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arndt Hampe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 20, pp.195-202. </w:t>
+              <w:t xml:space="preserve">Forest Ecology and Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 433, pp.287-294. </w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/plb.12578⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.foreco.2018.11.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02623559v1</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02622913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extensive sib-mating in a refugial population of beech ( Fagus sylvatica ) growing along a lowland river</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adib Ouayjan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arndt Hampe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Forest Ecology and Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 407, pp.66-74. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foreco.2017.07.011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId237" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02621374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A comparative analysis between SNPs and SSRs to investigate genetic variation in a juniper species (Juniperus phoenicea ssp. turbinata)</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Drivers of tree fecundity in pedunculate oak (Quercus robur) refugial populations at the species' southwestern range margin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Moracho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Jordano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arndt Hampe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tree Genetics and Genomes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11295-018-1301-x⟩</w:t>
+              <w:t xml:space="preserve">Plant Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 20, pp.195-202. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/plb.12578⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02623901v1</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02623559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biome stability in South America over the last 30 kyr: Inferences from long-term vegetation dynamics and habitat modelling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel C. Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arndt Hampe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Pierre Ledru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo A. Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilherme G. Mazzochini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Global Ecology and Biogeography</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 27 (3), pp.285-297. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/geb.12694⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02622144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phylogeography of Quercus aquifolioides provides novel insights into the Neogene history of a major global hotspot of plant diversity in south-west China</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A comparative analysis between SNPs and SSRs to investigate genetic variation in a juniper species (Juniperus phoenicea ssp. turbinata)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wenting Wang</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Cristina Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Guichoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arndt Hampe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biogeography</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jbi.12836⟩</w:t>
+              <w:t xml:space="preserve">Tree Genetics and Genomes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 14 (6), pp.1-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11295-018-1301-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02626526v1</w:t>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02623901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temporal change and determinants of maternal reproductive success in an expanding oak forest stand</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gabriel Gerzabek</w:t>
+                <w:t xml:space="preserve">Phylogeography of Quercus aquifolioides provides novel insights into the Neogene history of a major global hotspot of plant diversity in south-west China</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fang K. Du</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Muratorio</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Meng Hou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wenting Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kangshan Mao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arndt Hampe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/1365-2745.12677⟩</w:t>
+              <w:t xml:space="preserve">Journal of Biogeography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 44 (2), pp.294-307. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jbi.12836⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01607683v1</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02626526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The effect of tree genetic diversity on insect herbivory varies with insect abundance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pilar Fernandez-Conradi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Herve Jactel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arndt Hampe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria José Leiva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Castagneyrol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecosphere</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 8 (1), pp.1-13. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/ecs2.1637⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01608353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unusually limited pollen dispersal and connectivity of Pedunculate oak (Quercus robur) refugial populations at the species' southern range margin</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Temporal change and determinants of maternal reproductive success in an expanding oak forest stand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Gerzabek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Muratorio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arndt Hampe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 105 (1), pp.39-48. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1365-2745.12677⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/mec.13692⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02633589v1</w:t>
+                <w:t xml:space="preserve">hal-01607683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The phyllosphere: microbial jungle at the plant–climate interface</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Unusually limited pollen dispersal and connectivity of Pedunculate oak (Quercus robur) refugial populations at the species' southern range margin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Moracho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Moreno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Jordano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arndt Hampe</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual Review of Ecology, Evolution, and Systematics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1146/annurev-ecolsys-121415-032238⟩</w:t>
+              <w:t xml:space="preserve">Molecular Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 25 (4), pp.3319-3331. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/mec.13692⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-02801457v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02633589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Climate refugia: joint inference from fossil records, species distribution models and phylogeography</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The phyllosphere: microbial jungle at the plant–climate interface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne C. Vacher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arndt Hampe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel G. Gavin</w:t>
+                <w:t xml:space="preserve">Annabel J. Porté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthew C. Fitzpatrick</w:t>
+                <w:t xml:space="preserve">Ursula Sauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul F. Gugger</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Francisco Rodríguez-Sánchez</w:t>
+                <w:t xml:space="preserve">Stéphane Compant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Phytologist</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/nph.12929⟩</w:t>
+              <w:t xml:space="preserve">Annual Review of Ecology, Evolution, and Systematics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Annual Review of Ecology, Evolution, and Systematics, 47, pp.1-24. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1146/annurev-ecolsys-121415-032238⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-02638697v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02801457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In and out of Africa: how did the Strait of Gibraltar affect plant species migration and local diversification?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Climate refugia: joint inference from fossil records, species distribution models and phylogeography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel G. Gavin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthew C. Fitzpatrick</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Lavergne</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Paul F. Gugger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katy D. Heath</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francisco Rodríguez-Sánchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biogeography</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1365-2699.2012.02769.x⟩</w:t>
+              <w:t xml:space="preserve">New Phytologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 204 (1), pp.37-54. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/nph.12929⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02652335v1</w:t>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02638697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Species’ thermal preferences affect forest bird communities along landscape and local scale habitat gradients</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.Y. Barnagaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Barbaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arndt Hampe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Jiguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Archaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecography</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 36 (11), pp.1218-1226. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/j.1600-0587.2012.00227.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02598925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient mitigation of founder effects during the establishment of a leading-edge oak population</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Climate refugia : from the last glacial maximum to the twenty-first century</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arndt Hampe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marie-Hélène Pemonge</w:t>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francisco Rodríguez-Sánchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Remy Petit Petit R.J.</w:t>
+                <w:t xml:space="preserve">Solomon Dobrowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Feng Sheng Hu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel G. Gavin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1098/rspb.2013.1070⟩</w:t>
+              <w:t xml:space="preserve">New Phytologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 197 (1), pp.16-18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/nph.12059⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId287" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02651852v1</w:t>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02646556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Climate refugia : from the last glacial maximum to the twenty-first century</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Efficient mitigation of founder effects during the establishment of a leading-edge oak population</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arndt Hampe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId276" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Feng Sheng Hu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Daniel G. Gavin</w:t>
+                <w:t xml:space="preserve">Marie-Hélène Pemonge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remy Petit Petit R.J.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Phytologist</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/nph.12059⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 280 (1764), 8 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rspb.2013.1070⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02646556v1</w:t>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02651852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment les chênes se régénèrent-ils ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arndt Hampe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">C-YourMag</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Série Visages des sciences</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02641812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient mitigation of founder effects during the establishment of a leadingedge oak population</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">In and out of Africa: how did the Strait of Gibraltar affect plant species migration and local diversification?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Lavergne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arndt Hampe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Rémy J Petit</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Arroyo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Biogeography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 40 (1), pp.24-36. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-2699.2012.02769.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01842809v1</w:t>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02652335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Uncertainty in thermal tolerances and climatic debt</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Efficient mitigation of founder effects during the establishment of a leadingedge oak population</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arndt Hampe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Pemonge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy J Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Climate Change</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 280, pp.1764</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId298" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02649050v1</w:t>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01842809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plants on the move: the role of seed dispersal and initial population establishment for climate-driven range expansions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Uncertainty in thermal tolerances and climatic debt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francisco Rodríguez-Sánchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pieter de Frenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arndt Hampe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Oecologica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.actao.2011.05.001⟩</w:t>
+              <w:t xml:space="preserve">Nature Climate Change</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 2 (9), pp.636-637. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/nclimate1668⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId300" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02652437v1</w:t>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02649050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cryptic forest refugia on the ‘Roof of the World’</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Plants on the move: the role of seed dispersal and initial population establishment for climate-driven range expansions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arndt Hampe</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Remy R. Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Phytologist</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1469-8137.2009.03112.x⟩</w:t>
+              <w:t xml:space="preserve">Acta Oecologica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 37 (6), pp.666 - 673. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actao.2011.05.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId302" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02657450v1</w:t>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02652437v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Origin of spatial genetic structure in an expanding oak population</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Cryptic forest refugia on the ‘Roof of the World’</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arndt Hampe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId306" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remy R. Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">New Phytologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 185 (1), pp.5-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1469-8137.2009.03112.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1365-294X.2009.04492.x⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02655592v1</w:t>
+                <w:t xml:space="preserve">hal-02657450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paleoecology meets genetics: deciphering past vegetational dynamics</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Origin of spatial genetic structure in an expanding oak population</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arndt Hampe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leila El Masri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remy R. Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Ecology and the Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1890/070160⟩</w:t>
+              <w:t xml:space="preserve">Molecular Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 19 (3), pp.459-471. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-294X.2009.04492.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02667853v1</w:t>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02655592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phylogeography of north african atlas cedar (cedrus atlantica, pinaceae): combined molecular and fossil data reveal a complex quaternary history</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Paleoecology meets genetics: deciphering past vegetational dynamics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Feng Sheng Hu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arndt Hampe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId312" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remy R. Petit</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Botany</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3732/ajb.0800010⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Ecology and the Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 7, 8 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1890/070160⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId310" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02660991v1</w:t>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02667853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fruit tracking, frugivore satiation, and their consequences for seed dispersal</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Phylogeography of north african atlas cedar (cedrus atlantica, pinaceae): combined molecular and fossil data reveal a complex quaternary history</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anass Terrab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arndt Hampe</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Lepais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salvador Talavera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Errol Vela</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oecologia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00442-008-0979-0⟩</w:t>
+              <w:t xml:space="preserve">American Journal of Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 95 (10), pp.1262-1269. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3732/ajb.0800010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId316" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02665614v1</w:t>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02660991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ever deeper phylogeographies: trees retain the genetic imprint of Tertiary plate tectonics</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Fruit tracking, frugivore satiation, and their consequences for seed dispersal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arndt Hampe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Oecologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 156 (1), pp.137-145. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00442-008-0979-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02657460v1</w:t>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02665614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Can population genetic structure be predicted from life history traits ?</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Ever deeper phylogeographies: trees retain the genetic imprint of Tertiary plate tectonics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remy R. Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arndt Hampe</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The American Naturalist</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 169 (5), pp.662-672</w:t>
+              <w:t xml:space="preserve">Molecular Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 16 (24), pp.5113-5114</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId319" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02659532v1</w:t>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02657460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Some evolutionary consequences of being a tree</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Can population genetic structure be predicted from life history traits ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Duminil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvia Fineschi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arndt Hampe</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Jordano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniela Salvini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual Review of Ecology, Evolution, and Systematics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The American Naturalist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 169 (5), pp.662-672</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1146/annurev.ecolsys.37.091305.110215⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02667490v1</w:t>
+                <w:t xml:space="preserve">hal-02659532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative organization of chloroplast, mitochondrial and nuclear diversity in plant populations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId303" w:history="1">
+                <w:t xml:space="preserve">Some evolutionary consequences of being a tree</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remy R. Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arndt Hampe</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1365-294X.2004.02410.x⟩</w:t>
+              <w:t xml:space="preserve">Annual Review of Ecology, Evolution, and Systematics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 37, pp.187-214. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1146/annurev.ecolsys.37.091305.110215⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId325" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02683006v1</w:t>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02667490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Climate changes and tree phylogeography in the Mediterranean</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId303" w:history="1">
+                <w:t xml:space="preserve">Conserving biodiversity under climate change: the rear edge matters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arndt Hampe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remy R. Petit</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Rachid Cheddadi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Taxon, the journal of the International Association for Plant Taxonomy</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Ecology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 8 (5), pp.461-467. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1461-0248.2005.00739.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId327" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02683550v1</w:t>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02683587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conserving biodiversity under climate change: the rear edge matters</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Climate changes and tree phylogeography in the Mediterranean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remy R. Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arndt Hampe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId303" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Remy R. Petit</w:t>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachid Cheddadi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology Letters</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Taxon, the journal of the International Association for Plant Taxonomy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 54 (4), pp.877-885</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId329" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02683587v1</w:t>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02683550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of life-history traits and species distribution on genetic structure at maternally inherited markers in European trees and shrubs</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Comparative organization of chloroplast, mitochondrial and nuclear diversity in plant populations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remy R. Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Duminil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvia Fineschi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arndt Hampe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId333" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Duminil</w:t>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniela Salvini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biogeography</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, 32 (2), pp.329-339. </w:t>
+              <w:t xml:space="preserve">Molecular Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 14 (3), pp.689-701. </w:t>
             </w:r>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1365-2699.2004.01178.x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-294X.2004.02410.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId331" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02678392v1</w:t>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02683006v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ecology and genetics of tree invasions: from recent introductions to Quaternary migrations</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effects of life-history traits and species distribution on genetic structure at maternally inherited markers in European trees and shrubs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ronald Bialozyt</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Itziar Aguinagalde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arndt Hampe</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aparajita Mohanty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Pedro Martín</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Duminil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forest Ecology and Management</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foreco.2004.05.009⟩</w:t>
+              <w:t xml:space="preserve">Journal of Biogeography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 32 (2), pp.329-339. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-2699.2004.01178.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId339" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02683481v1</w:t>
+                <w:t xml:space="preserve">hal-02678392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Ecology and genetics of tree invasions: from recent introductions to Quaternary migrations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remy R. Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronald Bialozyt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Garnier‐géré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arndt Hampe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Forest Ecology and Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 197 (1-3), pp.117-137. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foreco.2004.05.009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02683481v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Rangewide phylogeography of a bird-dispersed Eurasian shrub : contrasting Mediterranean and temperate glacial refugia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arndt Hampe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Arroyo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Jordano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R.J. Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 12 (12), pp.3415</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02673410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId343"/>
+      <w:footerReference w:type="default" r:id="rId348"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -9569,51 +9715,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="9C266263"/>
+    <w:nsid w:val="DB7B5DA6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9800,51 +9946,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/arndthampe" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2551-9784" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/19283312X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05016885v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam Selwyn" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alba L&#225;zaro-Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Lloret" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Mar&#237;a Rey Benayas" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arndt Hampe" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2025.124360" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05033470v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Medina" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marino P Reyes-Mart&#237;n" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Levy" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Andivia" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13595-024-01267-2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04467495v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Moracho" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Klein" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Oddou-Muratorio" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Jordano" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.17285" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329908v2" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Kemppinen" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Lembrechts" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koenraad van Meerbeek" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jofre Carnicer" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Isabelle Chardon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/geb.13834" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-04478067v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Schill&#233;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Vald&#233;s-Correcher" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Archaux" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavius B&#259;l&#259;cenoiu" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Chor Bj&#248;rn" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbi.14808" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718869v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Journ&#233;" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#322; Bogdziewicz" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Courbaud" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges K&#252;nstler" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tong Qiu" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.14500" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04150038v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Pulido" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Castagneyrol" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Rodr&#237;guez&#8208;s&#225;nchez" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y&#243;natan C&#225;ceres" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adara Pardo" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/geb.13665" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04032674v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Bogdziewicz" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;claire Aravena Acu&#241;a" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Andrus" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Ascoli" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Bergeron" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/geb.13652" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04399841v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theresa Frei" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josep Maria Espelta" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena G&#243;rriz-Mifsud" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Lef&#232;vre" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13280-023-01924-2" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174525v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Aravena" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41477-023-01446-5" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04103320v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shun Hasegawa" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaella Marzano" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2023.117713" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03624480v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emiel de Lombaerde" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pieter Vangansbeke" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Roger Michel Henri Lenoir" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.151338" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03696000v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Berretti" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.14012" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03665728v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-30037-9" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03781730v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Ruiz-Carbayo" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Pino" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul Bonal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/icad.12603" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03665846v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bert" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois F. Lebourgeois" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adib Ouayjan" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Ducousso" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Og&#233;e" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dendro.2022.125939" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518443v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan van den Hoogen" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juha Aalto" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Ashcroft" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pieter de Frenne" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.16060" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631327v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Popova" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Galm&#225;n" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Prinzing" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey V Selikhovkin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.8709" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03103928v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Vald&#233;s&#8208;correcher" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xoaqu&#237;n Moreira" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Augusto" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc L. Barbaro" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bouget" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/geb.13244" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03140262v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania Fort" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlie Pauvert" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy Zanne" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Otso Ovaskainen" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Caignard" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.17153" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03307689v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rossella Guerrieri" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Correia" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Mart&#237;n&#8208;for&#233;s" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Alfaro&#8208;s&#225;nchez" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2435.13787" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03180026v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Christine Monnet" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Cilleros" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric M&#233;dail" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwan Cheikh Albassatneh" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Arroyo" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-021-00873-3" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03135204v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcial Escudero" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=| Gianni Baccheta" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ddi.13241" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03293490v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miska Luoto" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brett Scheffers" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Zellweger" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.15569" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03157568v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Temunovi&#263;" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Garnier&#8208;g&#233;r&#233;" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maja Mori&#263;" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jozo Franji&#263;" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mladen Ivankovi&#263;" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.15492" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03164180v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Garc&#237;a" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2664.13797" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02934700v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanjun Du" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lingfeng Mao" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Queenborough" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Primack" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liza Comita" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbi.13938" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03164044v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bourdin" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago C. Gonz&#225;lez-Mart&#237;nez" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcaa101" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02925961v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ver&#243;nica Cruz&#8208;alonso" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Messier" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2664.13728" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02930298v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Gerzabek" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13595-020-00979-5" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02907071v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesus Villellas" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Mart&#237;n-For&#233;s" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Mariette" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Massot" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Guichoux" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13595-020-00973-x" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02553129v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ra&#250;l Bonal" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick M.A. James" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13595-020-00934-4" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02433733v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Ponger" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23818107.2019.1684360" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03283946v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Magro" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Bravo&#8208;oviedo" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josep Espelta" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pan3.10161" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621834v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Homero A. G&#225;rate-Escamilla" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Craig C. Brelsford" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Matthew Robson" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Benito-Garz&#243;n" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2020.107908" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02945076v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Alfaro-S&#225;nchez" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13595-020-00993-7" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02935141v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lamonica" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joern Pagel" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hampe Arndt" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13595-020-00981-x" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03162762v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13595-020-00949-x" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624819v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy E. Zanne" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/691121" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627579v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Benito Garzon" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.15716" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618886v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun&#8208;wei Ye" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=De&#8208;zhu Li" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbi.13547" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625802v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Homero Alejandro G&#225;rate&#8208;escamilla" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Vizca&#237;no&#8208;palomar" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/geb.12936" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02181063v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Vald&#233;s Correcher" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inge van Halder" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Barbaro" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2019.05.018" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622913v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Giffard" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2018.11.014" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623559v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Moracho" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Jordano" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/plb.12578" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621374v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2017.07.011" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623901v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Garcia" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11295-018-1301-x" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622144v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel C. Costa" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Ledru" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo A. Martinez" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme G. Mazzochini" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/geb.12694" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626526v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fang K. Du" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meng Hou" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenting Wang" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kangshan Mao" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbi.12836" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607683v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Muratorio" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2745.12677" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608353v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pilar Fernandez-Conradi" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Jactel" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Jos&#233; Leiva" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ecs2.1637" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633589v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Moreno" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.13692" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-SLQHCRD7-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801457v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne C. Vacher" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabel J. Port&#233;" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ursula Sauer" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Compant" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1146/annurev-ecolsys-121415-032238" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638697v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel G. Gavin" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew C. Fitzpatrick" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul F. Gugger" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katy D. Heath" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Rodr&#237;guez-S&#225;nchez" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.12929" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652335v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lavergne" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2699.2012.02769.x" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-D2R3PGLJ-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598925v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.Y. Barnagaud" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jiguet" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1600-0587.2012.00227.x" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-BQ1KZ78V-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651852v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Pemonge" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Petit Petit R.J." TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2013.1070" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646556v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solomon Dobrowski" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feng Sheng Hu" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.12059" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641812v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842809v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my J Petit" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649050v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nclimate1668" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652437v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actao.2011.05.001" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657450v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy R. Petit" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-8137.2009.03112.x" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655592v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila El Masri" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-294X.2009.04492.x" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667853v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1890/070160" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660991v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anass Terrab" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lepais" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvador Talavera" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Errol Vela" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3732/ajb.0800010" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665614v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00442-008-0979-0" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657460v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659532v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Duminil" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Fineschi" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Salvini" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667490v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1146/annurev.ecolsys.37.091305.110215" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683006v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-294X.2004.02410.x" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683550v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Cheddadi" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683587v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1461-0248.2005.00739.x" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678392v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Itziar Aguinagalde" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aparajita Mohanty" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Pedro Mart&#237;n" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2699.2004.01178.x" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683481v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronald Bialozyt" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2004.05.009" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J0CRVHJK-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673410v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Arroyo" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.J. Petit" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/arndthampe" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2551-9784" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/19283312X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05550584v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James S Clark" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Andrus" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margarita Arianoutsou" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Ascoli" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Bergeron" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.70738" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05016885v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam Selwyn" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alba L&#225;zaro-Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Lloret" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Mar&#237;a Rey Benayas" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arndt Hampe" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2025.124360" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04467495v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Moracho" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Klein" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Oddou-Muratorio" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Jordano" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.17285" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05033470v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Medina" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marino P Reyes-Mart&#237;n" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Levy" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Andivia" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13595-024-01267-2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329908v2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Kemppinen" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Lembrechts" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koenraad van Meerbeek" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jofre Carnicer" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Isabelle Chardon" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/geb.13834" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-04478067v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Schill&#233;" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Vald&#233;s-Correcher" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Archaux" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavius B&#259;l&#259;cenoiu" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Chor Bj&#248;rn" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbi.14808" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718869v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Journ&#233;" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#322; Bogdziewicz" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Courbaud" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges K&#252;nstler" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tong Qiu" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.14500" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04032674v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Bogdziewicz" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;claire Aravena Acu&#241;a" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/geb.13652" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04150038v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Pulido" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Castagneyrol" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Rodr&#237;guez&#8208;s&#225;nchez" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y&#243;natan C&#225;ceres" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adara Pardo" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/geb.13665" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04399841v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theresa Frei" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josep Maria Espelta" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena G&#243;rriz-Mifsud" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Lef&#232;vre" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13280-023-01924-2" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174525v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Aravena" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41477-023-01446-5" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04103320v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shun Hasegawa" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaella Marzano" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2023.117713" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03624480v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emiel de Lombaerde" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pieter Vangansbeke" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Roger Michel Henri Lenoir" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.151338" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03696000v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Berretti" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.14012" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03665728v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-30037-9" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03781730v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Ruiz-Carbayo" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joan Pino" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul Bonal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/icad.12603" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03665846v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bert" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois F. Lebourgeois" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adib Ouayjan" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Ducousso" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Og&#233;e" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dendro.2022.125939" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518443v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan van den Hoogen" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juha Aalto" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Ashcroft" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pieter de Frenne" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.16060" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03631327v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Popova" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Galm&#225;n" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Prinzing" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey V Selikhovkin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.8709" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03180026v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Christine Monnet" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Cilleros" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric M&#233;dail" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwan Cheikh Albassatneh" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Arroyo" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-021-00873-3" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03135204v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcial Escudero" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=| Gianni Baccheta" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ddi.13241" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03293490v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miska Luoto" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brett Scheffers" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Zellweger" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.15569" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03307689v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rossella Guerrieri" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Correia" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Mart&#237;n&#8208;for&#233;s" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Alfaro&#8208;s&#225;nchez" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2435.13787" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03103928v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Vald&#233;s&#8208;correcher" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xoaqu&#237;n Moreira" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Augusto" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc L. Barbaro" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bouget" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/geb.13244" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03140262v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania Fort" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlie Pauvert" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy Zanne" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Otso Ovaskainen" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Caignard" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.17153" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02934700v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanjun Du" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lingfeng Mao" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Queenborough" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Primack" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liza Comita" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbi.13938" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02925961v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ver&#243;nica Cruz&#8208;alonso" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Messier" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2664.13728" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03164044v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bourdin" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago C. Gonz&#225;lez-Mart&#237;nez" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcaa101" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03164180v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Garc&#237;a" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2664.13797" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03157568v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Temunovi&#263;" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Garnier&#8208;g&#233;r&#233;" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maja Mori&#263;" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jozo Franji&#263;" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mladen Ivankovi&#263;" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.15492" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02433733v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Ponger" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23818107.2019.1684360" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02907071v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesus Villellas" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Mart&#237;n-For&#233;s" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Mariette" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Massot" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Guichoux" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13595-020-00973-x" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02553129v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ra&#250;l Bonal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick M.A. James" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13595-020-00934-4" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02930298v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Gerzabek" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13595-020-00979-5" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621834v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Homero A. G&#225;rate-Escamilla" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Craig C. Brelsford" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Matthew Robson" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Benito-Garz&#243;n" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2020.107908" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02945076v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Alfaro-S&#225;nchez" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13595-020-00993-7" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03283946v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Magro" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Bravo&#8208;oviedo" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josep Espelta" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pan3.10161" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02935141v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lamonica" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joern Pagel" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hampe Arndt" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13595-020-00981-x" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03162762v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13595-020-00949-x" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625802v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Homero Alejandro G&#225;rate&#8208;escamilla" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Vizca&#237;no&#8208;palomar" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/geb.12936" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618886v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jun&#8208;wei Ye" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=De&#8208;zhu Li" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbi.13547" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627579v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Benito Garzon" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.15716" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624819v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy E. Zanne" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/691121" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02181063v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Vald&#233;s Correcher" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inge van Halder" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Barbaro" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2019.05.018" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622913v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Giffard" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2018.11.014" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-40GFMR6M-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621374v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2017.07.011" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623559v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Moracho" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Jordano" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/plb.12578" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622144v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel C. Costa" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Ledru" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo A. Martinez" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme G. Mazzochini" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/geb.12694" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623901v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Garcia" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11295-018-1301-x" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626526v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fang K. Du" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meng Hou" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenting Wang" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kangshan Mao" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbi.12836" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608353v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pilar Fernandez-Conradi" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Jactel" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Jos&#233; Leiva" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ecs2.1637" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607683v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Muratorio" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2745.12677" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633589v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Moreno" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.13692" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-SLQHCRD7-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801457v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne C. Vacher" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabel J. Port&#233;" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ursula Sauer" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Compant" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1146/annurev-ecolsys-121415-032238" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638697v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel G. Gavin" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew C. Fitzpatrick" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul F. Gugger" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katy D. Heath" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Rodr&#237;guez-S&#225;nchez" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.12929" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02598925v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.Y. Barnagaud" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jiguet" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1600-0587.2012.00227.x" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-BQ1KZ78V-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646556v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solomon Dobrowski" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feng Sheng Hu" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.12059" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651852v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Pemonge" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Petit Petit R.J." TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2013.1070" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641812v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652335v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lavergne" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2699.2012.02769.x" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-D2R3PGLJ-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842809v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my J Petit" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649050v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nclimate1668" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652437v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actao.2011.05.001" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657450v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy R. Petit" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-8137.2009.03112.x" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655592v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila El Masri" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-294X.2009.04492.x" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667853v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1890/070160" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660991v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anass Terrab" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lepais" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvador Talavera" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Errol Vela" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3732/ajb.0800010" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665614v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00442-008-0979-0" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657460v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659532v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Duminil" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Fineschi" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Salvini" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667490v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1146/annurev.ecolsys.37.091305.110215" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683587v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1461-0248.2005.00739.x" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683550v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Cheddadi" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683006v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-294X.2004.02410.x" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678392v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Itziar Aguinagalde" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aparajita Mohanty" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Pedro Mart&#237;n" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2699.2004.01178.x" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683481v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronald Bialozyt" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2004.05.009" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J0CRVHJK-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673410v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Arroyo" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.J. Petit" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>