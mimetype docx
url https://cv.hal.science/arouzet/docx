--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -1112,295 +1112,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02307827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Usefulness of à la carte antigens for bird fancier’s lung serodiagnosis: total dropping extract and/or dropping’s microflora antigens</w:t>
+                <w:t xml:space="preserve">An immunoproteomic approach revealed antigenic proteins enhancing serodiagnosis performance of bird fancier's lung</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Rouzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Reboux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Dalphin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Gondouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul de Vuyst</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Audrey Laboissière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Medical Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 66 (10), pp.1467 - 1470. </w:t>
+              <w:t xml:space="preserve">Journal of Immunological Methods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 450, pp.58 - 65. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1099/jmm.0.000586⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jim.2017.07.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01667609v1</w:t>
+                <w:t xml:space="preserve">hal-01664277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An immunoproteomic approach revealed antigenic proteins enhancing serodiagnosis performance of bird fancier's lung</w:t>
+                <w:t xml:space="preserve">Usefulness of à la carte antigens for bird fancier’s lung serodiagnosis: total dropping extract and/or dropping’s microflora antigens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Rouzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Reboux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Dalphin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul de Vuyst</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Laboissière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Immunological Methods</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 450, pp.58 - 65. </w:t>
+              <w:t xml:space="preserve">Journal of Medical Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 66 (10), pp.1467 - 1470. </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jim.2017.07.012⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1099/jmm.0.000586⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01664277v1</w:t>
+                <w:t xml:space="preserve">hal-01667609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification et spécificité d’espèce des protéines d’intérêt pour le diagnostic sérologique de la maladie du poumon d’éleveur d’oiseaux</w:t>
               </w:r>
@@ -2224,51 +2224,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="29058529"/>
+    <w:nsid w:val="ACED360C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2455,51 +2455,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/arouzet" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9327-2165" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924382v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gillet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Rouzet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Borcard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Legendre" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jvs.70013" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008599v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bellanger" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Lallemand" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Tumasyan Horikian" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Navellou" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Barrera" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mmy/myac031" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095932v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferran Morell" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Reboux" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Villar" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Millon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.arbres.2021.02.011" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03713088v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Scherer" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Barrera" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Gondouin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jim.2022.113267" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03316098v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02543250v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steffi Rocchi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Laboissi&#232;re" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Zaros" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms8030341" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02307827v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Pauline Bellanger" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rmed.2019.02.019" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667609v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Dalphin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul de Vuyst" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/jmm.0.000586" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01664277v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jim.2017.07.012" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01305533v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rouzet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Reboux" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Barrera" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Rognon" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Dalphin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rmr.2015.10.656" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667642v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Rognon" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15287394.2014.889616" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00942632v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Rognon" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00942702v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00927303v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Mauchamp" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01831605v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017UBFCE014" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/arouzet" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9327-2165" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04924382v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gillet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Rouzet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Borcard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Legendre" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jvs.70013" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008599v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bellanger" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Lallemand" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Tumasyan Horikian" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Navellou" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Barrera" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mmy/myac031" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095932v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferran Morell" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Reboux" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Villar" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Millon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.arbres.2021.02.011" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03713088v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Scherer" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Barrera" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Gondouin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jim.2022.113267" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03316098v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02543250v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steffi Rocchi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Laboissi&#232;re" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Zaros" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms8030341" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02307827v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Pauline Bellanger" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rmed.2019.02.019" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01664277v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Dalphin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul de Vuyst" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jim.2017.07.012" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667609v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/jmm.0.000586" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01305533v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rouzet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Reboux" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Barrera" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Rognon" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Dalphin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rmr.2015.10.656" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667642v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Rognon" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15287394.2014.889616" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00942632v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Rognon" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00942702v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00927303v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Mauchamp" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01831605v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017UBFCE014" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>