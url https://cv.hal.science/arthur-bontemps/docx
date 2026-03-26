--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -66,1957 +66,2036 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (4)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental and numerical investigation of the effect of periodic checkerboard patterns on diffusion properties of Khaya ivorensis tropical species</w:t>
+                <w:t xml:space="preserve">Analysis of mode I fracture propagation in wood using high-resolution full-field measurements and imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loic Chrislin Nguedjio</w:t>
+                <w:t xml:space="preserve">Arthur Bontemps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arthur Bontemps</w:t>
+                <w:t xml:space="preserve">Raphaël Langlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martian Asseko</w:t>
+                <w:t xml:space="preserve">Benoît Blaysat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoît Blaysat</w:t>
+                <w:t xml:space="preserve">Gaël Godi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Dubois</w:t>
+                <w:t xml:space="preserve">Rostand Moutou Pitti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Wood Material Science and Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, </w:t>
+              <w:t xml:space="preserve">Wood Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 60 (3), pp.41. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/17480272.2026.2633328⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00226-026-01754-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05533630v1</w:t>
+                <w:t xml:space="preserve">hal-05248863v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-step creep tests of notched beams of silver fir (Abies alba) at different initial moisture contents</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Experimental and numerical investigation of the effect of periodic checkerboard patterns on diffusion properties of Khaya ivorensis tropical species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Chrislin Nguedjio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Bontemps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Fournely</w:t>
+                <w:t xml:space="preserve">Martian Asseko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Blaysat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaël Godi</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Frédéric Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Construction and Building Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2024.136026⟩</w:t>
+              <w:t xml:space="preserve">Wood Material Science and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/17480272.2026.2633328⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04775871v1</w:t>
+                <w:t xml:space="preserve">hal-05533630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diffusion properties of Gabonese tropical hardwoods and European softwoods measured with low-tech equipment and by an inverse method</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Multi-step creep tests of notched beams of silver fir (Abies alba) at different initial moisture contents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Bontemps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rostand Moutou Pitti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Fournely</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Godi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gael Godi</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Joseph Gril</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bois et Forêts des Tropiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.19182/bft2024.360.a37392⟩</w:t>
+              <w:t xml:space="preserve">Construction and Building Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 425, pp.136026. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2024.136026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04733166v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04775871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Diffusion properties of Gabonese tropical hardwoods and European softwoods measured with low-tech equipment and by an inverse method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martian Asseko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Bontemps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gael Godi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rostand Moutou Pitti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giacomo Goli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bois et Forêts des Tropiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 360, pp.1-12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.19182/bft2024.360.a37392⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04733166v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Implementation of an Optical Measurement Method for Monitoring Mechanical Behaviour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Bontemps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Godi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Fournely</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rostand Moutou Pitti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Gril</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Experimental Techniques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 48 (1), pp.115-128. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s40799-023-00636-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04095871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (11)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of mode I fracture propagation in wood using high-resolution full-field measurements and imaging</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Concept innovant de plancher mixte bois-terre crue : étude expérimentale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Godi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Bontemps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...194 lines deleted...]
-                <w:t xml:space="preserve">Benoît Blaysat</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelhamid Bouchaïr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SEM Annual Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Society for Experimental Mechanics, Jun 2024, Vancouver, United States</w:t>
+              <w:t xml:space="preserve">14eme Journées Scientifiques du GDR ”Sciences du Bois”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GDR Sciences du bois, Oct 2025, Mont-de-Marsan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04857752v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05564874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse de la complaisance du bois dans des essais de fluage multi-paliers</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Analysis of fractures propagating in silver fir (Abies Alba) using High-Resolution Full-Field Measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Bontemps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rostand Moutou Pitti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Gril</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Blaysat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12èmes journées du GDR 3544 « Sciences du bois »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2023, Limoges, France</w:t>
+              <w:t xml:space="preserve">SEM Annual Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Society for Experimental Mechanics, Jun 2024, Vancouver, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04824383v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04857752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Creep tests on partially dried notched beams of silver fir wood (Abies alba)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Analyse de la complaisance du bois dans des essais de fluage multi-paliers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bontemps Arthur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Godi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rostand Moutou Pitti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joseph J. Gril</w:t>
+                <w:t xml:space="preserve">Fournely Eric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Gril</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">WCTE</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">12èmes journées du GDR 3544 « Sciences du bois »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Limoges, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04366360v2</w:t>
+                <w:t xml:space="preserve">hal-04824383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse des essais de fluage sur des poutres entaillées de sapin pectiné (Abies alba) à l'état vert en éliminant les effets de rupture</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Arthur Bontemps</w:t>
+                <w:t xml:space="preserve">Creep tests on partially dried notched beams of silver fir wood (Abies alba)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bontemps Arthur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G Godi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rostand Moutou Pitti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Fournely</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Florence</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Joseph J. Gril</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11èmes journées du GDR 3544 « Sciences du bois »</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">WCTE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Oslo, Jun 2023, Oslo (Norway), Norway. pp.542-548, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.52202/069179-0074⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04824386v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04366360v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isothermes de sorption de bois guyanais en relation avec le projet Bois Duramhen 973</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Analyse des essais de fluage sur des poutres entaillées de sapin pectiné (Abies alba) à l'état vert en éliminant les effets de rupture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Bontemps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Florence</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Godi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Joseph Gril</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fournely Eric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rostand Moutou Pitti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11èmes journées du GDR 3544 « Sciences du bois »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2022, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04040093v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04824386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Creep tests on notched beams of silver fir wood (Abies alba),</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Isothermes de sorption de bois guyanais en relation avec le projet Bois Duramhen 973</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théo Lefranc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Bontemps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Godi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Fournely</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Gril</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th International Conference on Structural Engineering, Mechanics and Computation (SEMC8)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Cape Town, South Africa</w:t>
+              <w:t xml:space="preserve">11èmes journées du GDR 3544 « Sciences du bois »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04856426v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04040093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Usages du sapin pectiné (Abies alba) mis en oeuvre à l'état vert ou partiellement séché pour des applications en structure</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Creep tests on notched beams of silver fir wood (Abies alba),</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Bontemps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Godi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Fournely</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Gril</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rostand Moutou Pitti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11èmes journées du GDR 3544 « Sciences du bois »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2022, Nice, France. pp.230-233</w:t>
+              <w:t xml:space="preserve">8th International Conference on Structural Engineering, Mechanics and Computation (SEMC8)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Cape Town, South Africa</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04825033v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04856426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation de l'impact des entailles de poutres de sapin pectiné (Abies alba) sur les interprétations des essais Bing</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Usages du sapin pectiné (Abies alba) mis en oeuvre à l'état vert ou partiellement séché pour des applications en structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Bontemps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Gril</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rostand Moutou Pitti</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10es journées du GDR 3544 « Sciences du bois »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2021, Montpellier, France. pp.43-46</w:t>
+              <w:t xml:space="preserve">11èmes journées du GDR 3544 « Sciences du bois »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Nice, France. pp.230-233</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04825242v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04825033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Méthode optique de mesures des grandeurs physiques d’un essai de fluage</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Evaluation de l'impact des entailles de poutres de sapin pectiné (Abies alba) sur les interprétations des essais Bing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Bontemps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Granet Charles-Hubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sallat Theo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Godi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rostand Moutou Pitti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9èmes Journées Scientifiques du GDR3544 Sciences du bois,</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2020, Grenoble, France</w:t>
+              <w:t xml:space="preserve">10es journées du GDR 3544 « Sciences du bois »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Montpellier, France. pp.43-46</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03450626v1</w:t>
+                <w:t xml:space="preserve">hal-04825242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Méthode optique de mesures des grandeurs physiques d’un essai de fluage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bontemps Arthur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaël Godi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rostand Moutou Pitti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fournely Eric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Gril</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9èmes Journées Scientifiques du GDR3544 Sciences du bois,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2020, Grenoble, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03450626v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Comportement mécanique d'éléments de structures en bois de sapin pectiné en vue d'applications constructives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bontemps Arthur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moutou Pitti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Fournely</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Gril</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8èmes journées du GDR 3544 « Sciences du bois »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Epinal, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04857054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2026,100 +2105,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comportement mécanique des éléments de structure en bois de sapin pectiné soumis à un environnement variable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Bontemps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Génie mécanique [physics.class-ph]. Université Clermont Auvergne, 2023. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2023UCFA0016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04151652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2129,164 +2208,164 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méthode optique de mesures des grandeurs physiques d'un essai de fluage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bontemps Arthur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaël Godi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rostand Moutou Pitti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fournely Eric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gril Joseph</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9ème journées du GDR 3544 « Sciences du bois » - Grenoble, 18-20 novembre 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2020, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03042635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId53"/>
+      <w:footerReference w:type="default" r:id="rId56"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2433,51 +2512,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05533630v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Chrislin Nguedjio" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Bontemps" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martian Asseko" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Blaysat" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dubois" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17480272.2026.2633328" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775871v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rostand Moutou Pitti" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Fournely" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Godi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Gril" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2024.136026" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733166v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Godi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Goli" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19182/bft2024.360.a37392" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095871v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40799-023-00636-2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05248863v2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Langlois" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857752v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824383v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bontemps Arthur" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fournely Eric" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04366360v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Godi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph J. Gril" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52202/069179-0074" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824386v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Florence" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04040093v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Lefranc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856426v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825033v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Mathieu" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825242v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Granet Charles-Hubert" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sallat Theo" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03450626v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857054v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moutou Pitti" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04151652v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023UCFA0016" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03042635v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gril Joseph" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05248863v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Bontemps" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Langlois" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Blaysat" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Godi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rostand Moutou Pitti" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00226-026-01754-x" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05533630v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Chrislin Nguedjio" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martian Asseko" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dubois" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17480272.2026.2633328" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775871v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Fournely" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Gril" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2024.136026" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733166v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Godi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Goli" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19182/bft2024.360.a37392" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095871v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40799-023-00636-2" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05564874v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhamid Boucha&#239;r" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857752v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824383v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bontemps Arthur" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fournely Eric" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04366360v2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Godi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph J. Gril" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52202/069179-0074" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824386v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Florence" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04040093v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Lefranc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856426v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825033v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Mathieu" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825242v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Granet Charles-Hubert" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sallat Theo" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03450626v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857054v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moutou Pitti" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04151652v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023UCFA0016" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03042635v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gril Joseph" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>