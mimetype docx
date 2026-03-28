--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -165,1240 +165,1374 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (9)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (10)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptive forest management improves stand-level resilience of temperate forests under multiple stressors</w:t>
+                <w:t xml:space="preserve">Continental Contrasts in Climate Extremes That Control Tree Fecundity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arthur Guignabert</w:t>
+                <w:t xml:space="preserve">James S Clark</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Jonard</w:t>
+                <w:t xml:space="preserve">Robert Andrus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Messier</w:t>
+                <w:t xml:space="preserve">Margarita Arianoutsou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric André</w:t>
+                <w:t xml:space="preserve">Davide Ascoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François de Coligny</w:t>
+                <w:t xml:space="preserve">Yves Bergeron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 948, pp.174168. </w:t>
+              <w:t xml:space="preserve">Global Change Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 32 (2), </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2024.174168⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/gcb.70738⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04668997v1</w:t>
+                <w:t xml:space="preserve">hal-05550584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Relationship between Maturation Size and Maximum Tree Size from Tropical to Boreal Climates</w:t>
+                <w:t xml:space="preserve">Adaptive forest management improves stand-level resilience of temperate forests under multiple stressors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentin Journé</w:t>
+                <w:t xml:space="preserve">Arthur Guignabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michał Bogdziewicz</w:t>
+                <w:t xml:space="preserve">Mathieu Jonard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoît Courbaud</w:t>
+                <w:t xml:space="preserve">Christian Messier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Georges Künstler</w:t>
+                <w:t xml:space="preserve">Frédéric André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tong Qiu</w:t>
+                <w:t xml:space="preserve">François de Coligny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 27 (9), pp.e14500. </w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 948, pp.174168. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/ele.14500⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2024.174168⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04718869v1</w:t>
+                <w:t xml:space="preserve">hal-04668997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Masting is uncommon in trees that depend on mutualist dispersers in the context of global climate and fertility gradients</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">The Relationship between Maturation Size and Maximum Tree Size from Tropical to Boreal Climates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Journé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michał Bogdziewicz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Courbaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Künstler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tong Qiu</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Michal Bogdziewicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Plants</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41477-023-01446-5⟩</w:t>
+              <w:t xml:space="preserve">Ecology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 27 (9), pp.e14500. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ele.14500⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04174525v1</w:t>
+                <w:t xml:space="preserve">hal-04718869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linking seed size and number to trait syndromes in trees</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michal Bogdziewicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie‐claire Aravena Acuña</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Andrus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide Ascoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Bergeron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Global Ecology and Biogeography</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, pp.1-23. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/geb.13652⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04032674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Validation of a new spatially explicit process-based model (HETEROFOR) to simulate structurally and compositionally complex forest stands in eastern North America</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Guignabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Ponette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Messier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Nolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geoscientific Model Development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 16 (6), pp.1661-1682. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/gmd-16-1661-2023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04646625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complex biotic interactions mediated by shrubs: Revisiting the stress‐gradient hypothesis and consequences for tree seedling survival</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laurent Augusto</w:t>
+                <w:t xml:space="preserve">Masting is uncommon in trees that depend on mutualist dispersers in the context of global climate and fertility gradients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tong Qiu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maya Gonzalez</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Marie-Claire Aravena</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Ascoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Bergeron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michal Bogdziewicz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/1365-2664.13641⟩</w:t>
+              <w:t xml:space="preserve">Nature Plants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 9 (7), pp.1044-1056. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41477-023-01446-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02611068v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04174525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La régénération du pin maritime dans les forêts dunaire d'Aquitaine : un processus complexe et multifactoriel</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Combining partial cutting and direct seeding to overcome regeneration failures in dune forests</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Guignabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Augusto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Delerue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Maugard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Gire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rendez-vous Techniques de l'ONF</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Forest Ecology and Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 476, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foreco.2020.118466⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04642824v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02915058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combining partial cutting and direct seeding to overcome regeneration failures in dune forests</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">La régénération du pin maritime dans les forêts dunaire d'Aquitaine : un processus complexe et multifactoriel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Guignabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya Gonzalez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Delerue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Maugard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Augusto</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forest Ecology and Management</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Rendez-vous Techniques de l'ONF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 67-68, pp.52-60</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.foreco.2020.118466⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02915058v1</w:t>
+                <w:t xml:space="preserve">hal-04642824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Complex biotic interactions mediated by shrubs: Revisiting the stress‐gradient hypothesis and consequences for tree seedling survival</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Guignabert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Augusto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya Gonzalez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Chipeaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Delerue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Applied Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 57, pp.1341-1350. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1365-2664.13641⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02611068v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Effects of management practices and topography on ectomycorrhizal fungi of maritime pine during seedling recruitment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Guignabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Delerue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Gonzalez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Augusto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark Ronald Bakker</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Forests</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 9 (5), pp.1-17. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/f9050245⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02621214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1408,258 +1542,258 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regeneración natural de Pinus pinaster Ait.. en bosques de dunas atlánticas: factores ambientales y silvicultura</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Gonzalez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Guignabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Augusto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Delerue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Maugard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8° Congresso Forestal Espanol</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sociedad Espanola de Ciensas Forestales, Jun 2022, Lleida, España</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04643002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pine seedling survival results from direct and indirect biotic interactions mediated by shrubs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Guignabert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Augusto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Delerue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Gonzalez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sfecologie 2018 - International Conference on Ecological Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03194954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1669,114 +1803,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude des processus de régénération naturelle du pin maritime en contexte de dune forestière gérée : influence de la sylviculture, du climat et des interactions biotiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Guignabert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sylviculture, foresterie. Université de Bordeaux, 2018. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2018BORD0437⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02121792v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId56"/>
+      <w:footerReference w:type="default" r:id="rId60"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -1844,51 +1978,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="D967AC36"/>
+    <w:nsid w:val="C0563736"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2075,51 +2209,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/arthur-guignabert" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1512-6760" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/235632139" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04668997v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Guignabert" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Jonard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Messier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Andr&#233;" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois de Coligny" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.174168" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718869v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Journ&#233;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#322; Bogdziewicz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Courbaud" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges K&#252;nstler" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tong Qiu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.14500" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174525v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Aravena" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Ascoli" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Bergeron" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Bogdziewicz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41477-023-01446-5" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04032674v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;claire Aravena Acu&#241;a" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Andrus" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/geb.13652" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04646625v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Ponette" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Nolet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-16-1661-2023" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02611068v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Augusto" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Gonzalez" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chipeaux" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Delerue" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2664.13641" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04642824v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Maugard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02915058v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Gire" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2020.118466" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621214v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Ronald Bakker" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/f9050245" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04643002v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03194954v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02121792v2" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018BORD0437" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/arthur-guignabert" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1512-6760" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/235632139" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05550584v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James S Clark" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Andrus" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margarita Arianoutsou" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Ascoli" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Bergeron" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.70738" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04668997v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Guignabert" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Jonard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Messier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Andr&#233;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois de Coligny" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.174168" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718869v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Journ&#233;" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#322; Bogdziewicz" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Courbaud" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges K&#252;nstler" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tong Qiu" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.14500" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04032674v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Bogdziewicz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;claire Aravena Acu&#241;a" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/geb.13652" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04646625v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Ponette" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Nolet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-16-1661-2023" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04174525v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Aravena" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41477-023-01446-5" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02915058v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Augusto" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Delerue" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Maugard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Gire" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2020.118466" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04642824v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Gonzalez" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02611068v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chipeaux" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2664.13641" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621214v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Ronald Bakker" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/f9050245" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04643002v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03194954v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02121792v2" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018BORD0437" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>