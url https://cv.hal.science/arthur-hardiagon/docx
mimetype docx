--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -234,295 +234,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05122510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydroxy Channels–Adaptive Pathways for Selective Water Cluster Permeation</w:t>
+                <w:t xml:space="preserve">Molecular dynamics simulations reveal statistics and microscopic mechanisms of water permeation in membrane-embedded artificial water channel nanoconstructs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Arthur Hardiagon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Murail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Li-Bo Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cristina-Alexandra Jegu</w:t>
+                <w:t xml:space="preserve">Arie van Der Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mihai Deleanu</w:t>
+                <w:t xml:space="preserve">Fabio Sterpone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 143 (11), pp.4224-4233. </w:t>
+              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 154 (18), pp.184102. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/jacs.0c11952⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/5.0044360⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03364954v2</w:t>
+                <w:t xml:space="preserve">hal-03410227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular dynamics simulations reveal statistics and microscopic mechanisms of water permeation in membrane-embedded artificial water channel nanoconstructs</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Hydroxy Channels–Adaptive Pathways for Selective Water Cluster Permeation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Li-Bo Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Hardiagon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samuel Murail</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Li-Bo Huang</w:t>
+                <w:t xml:space="preserve">Istvan Kocsis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arie van Der Lee</w:t>
+                <w:t xml:space="preserve">Cristina-Alexandra Jegu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabio Sterpone</w:t>
+                <w:t xml:space="preserve">Mihai Deleanu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 154 (18), pp.184102. </w:t>
+              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 143 (11), pp.4224-4233. </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/5.0044360⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/jacs.0c11952⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03410227v1</w:t>
+                <w:t xml:space="preserve">hal-03364954v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biomimetic Approach for Highly Selective Artificial Water Channels Based on Tubular Pillar[5]arene Dimers</w:t>
               </w:r>
@@ -534,51 +534,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dmytro Strilets</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shixin Fa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Hardiagon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Baaden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -825,77 +825,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using Computer Simulations and Virtual Reality to Understand, Design and Optimize Artificial Water Channels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Hardiagon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Santuz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Murail</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mihail Barboiu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1115,51 +1115,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05122510v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Hollarek" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrik Schopmans" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jona &#214;streicher" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Teufel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bin Cao" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aidi.202500044" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03364954v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li-Bo Huang" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Hardiagon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Istvan Kocsis" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina-Alexandra Jegu" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihai Deleanu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.0c11952" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03410227v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Murail" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arie van Der Lee" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Sterpone" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0044360" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03028876v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmytro Strilets" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shixin Fa" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Baaden" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomoki Ogoshi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202009219" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944940v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Hardiagon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Murail" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Huang" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Barboiu" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Sterpone" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-57456-7_3" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944941v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Martinez" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Santuz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihail Barboiu" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-47705-9_8" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05122510v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Hollarek" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrik Schopmans" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jona &#214;streicher" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Teufel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bin Cao" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aidi.202500044" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03410227v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Hardiagon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Murail" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li-Bo Huang" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arie van Der Lee" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Sterpone" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0044360" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03364954v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Istvan Kocsis" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina-Alexandra Jegu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihai Deleanu" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.0c11952" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03028876v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmytro Strilets" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shixin Fa" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Baaden" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomoki Ogoshi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202009219" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944940v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Hardiagon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Murail" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Huang" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Barboiu" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Sterpone" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-57456-7_3" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02944941v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Martinez" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Santuz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihail Barboiu" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-47705-9_8" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>