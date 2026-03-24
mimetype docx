--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -527,316 +527,316 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05354592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Persistence of the Wind band Contest Model: Two examples from Calvados (Lisieux 1935, Saint-Pierre-sur-Dives 1948)</w:t>
+                <w:t xml:space="preserve">Cartographier une école : les élèves de la classe de hautbois de Gustave Vogt (1816-1853)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Macé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Noel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">En Plein Air: Soundscapes of Ritual and Festivity in Europe and beyond from the Middle Ages to the Present</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Centro Studi Opera Omnia Luigi Boccherini; Università degli Studi di Siena, 2025, Siena, Italy</w:t>
+              <w:t xml:space="preserve">France: Musiques, Cultures Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, FMC, 2025, Cambridge (UK) [En ligne], Royaume-Uni</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05287168v1</w:t>
+                <w:t xml:space="preserve">hal-04991815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cartographier une école : les élèves de la classe de hautbois de Gustave Vogt (1816-1853)</w:t>
+                <w:t xml:space="preserve">Persistence of the Wind band Contest Model: Two examples from Calvados (Lisieux 1935, Saint-Pierre-sur-Dives 1948)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Macé</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Clément Noel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">France: Musiques, Cultures Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, FMC, 2025, Cambridge (UK) [En ligne], Royaume-Uni</w:t>
+              <w:t xml:space="preserve">En Plein Air: Soundscapes of Ritual and Festivity in Europe and beyond from the Middle Ages to the Present</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centro Studi Opera Omnia Luigi Boccherini; Università degli Studi di Siena, 2025, Siena, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04991815v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05287168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Database of scores and recordings of orchestration exams at the Paris Conservatoire</w:t>
+                <w:t xml:space="preserve">L’institution du concours, le concours et les institutions (1896-1920)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Macé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACTOR Workshop Y5</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ACTOR, 2023, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">Musical Competitions in Europe. 1700-1920</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre Luigi Boccherini; Palazetto Bru Zane, Jun 2023, Lovere, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04578458v1</w:t>
+                <w:t xml:space="preserve">hal-04920270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’institution du concours, le concours et les institutions (1896-1920)</w:t>
+                <w:t xml:space="preserve">Database of scores and recordings of orchestration exams at the Paris Conservatoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Macé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Musical Competitions in Europe. 1700-1920</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Centre Luigi Boccherini; Palazetto Bru Zane, Jun 2023, Lovere, Italy</w:t>
+              <w:t xml:space="preserve">ACTOR Workshop Y5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ACTOR, 2023, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04920270v1</w:t>
+                <w:t xml:space="preserve">hal-04578458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Narrating women pianists’ careers in interwar France through Simone Plé’ 'Le rôle des femmes dans les carrières musicales' (1928)</w:t>
               </w:r>
@@ -1385,237 +1385,237 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Procès-verbaux du Conseil supérieur de l’enseignement du Conservatoire national de musique et de déclamation. Directorat d'Henri Rabaud (1920-1940)</w:t>
+                <w:t xml:space="preserve">Of Signs and Sounds. Musical Interpretation and Performance from the 19th to the 21st Century</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clémence Genier</w:t>
+                <w:t xml:space="preserve">Rémy Campos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Macé</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Bru Zane Mediabase, 2025</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Brepols, 58, 2025, Speculum musicae, 978-2-503-62179-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05105462v1</w:t>
+                <w:t xml:space="preserve">hal-05280847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Of Signs and Sounds. Musical Interpretation and Performance from the 19th to the 21st Century</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Procès-verbaux du Conseil supérieur de l’enseignement du Conservatoire national de musique et de déclamation. Directorat d'Henri Rabaud (1920-1940)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Genier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Macé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémy Campos</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">Brepols, 58, 2025, Speculum musicae, 978-2-503-62179-1</w:t>
+                <w:t xml:space="preserve">Yannaël Pasquier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bru Zane Mediabase, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-05280847v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (édition critique)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05105462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Procès-verbaux du Conseil supérieur de l’enseignement du Conservatoire national de musique et de déclamation. Directorat de Théodore Dubois (1896-1905)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Macé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannaël Pasquier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Bru Zane Mediabase. , 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (édition critique)</w:t>
@@ -1650,51 +1650,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Procès-verbaux du Conseil supérieur de l’enseignement du Conservatoire national de musique et de déclamation. Directorat de Gabriel Fauré (1905-1920)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Macé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannaël Pasquier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Bru Zane Mediabase. , 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (édition critique)</w:t>
@@ -1865,51 +1865,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apolline Gouzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Macé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannaël Pasquier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Charles Edward McGuire. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Musical Competitions, 1700-1940. History, Context and Meanings</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Brepols, 2025, 978-2-503-61861-6</w:t>
@@ -1983,51 +1983,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les concerts de la classe de direction d’orchestre du Conservatoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Macé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannaël Pasquier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.58079/nk33⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -2099,51 +2099,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sur les pas de Gustave Vogt (1781-1870). Du manuscrit à l'interprétation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samy Bouard-Cart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Noel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Macé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2168,191 +2168,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05414440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Classe de direction d’orchestre (2002-2025)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L'Union des femmes artistes musiciennes (1911-1939)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Apolline Gouzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Macé</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yannaël Pasquier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dezède [en ligne]</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, https://dezede.org/dossiers/id/509/</w:t>
+              <w:t xml:space="preserve">Dezède</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04623162v1</w:t>
+                <w:t xml:space="preserve">hal-04578448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'Union des femmes artistes musiciennes (1911-1939)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Apolline Gouzi</w:t>
+                <w:t xml:space="preserve">Classe de direction d’orchestre (2002-2025)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Macé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Arthur Macé</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannaël Pasquier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dezède</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023</w:t>
+              <w:t xml:space="preserve">Dezède [en ligne]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, https://dezede.org/dossiers/id/509/</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04578448v1</w:t>
+                <w:t xml:space="preserve">hal-04623162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Concours de sortie (1896-1920)</w:t>
               </w:r>
@@ -2364,51 +2364,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apolline Gouzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Macé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannaël Pasquier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dezède [en ligne]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, https://dezede.org/dossiers/id/550/</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2433,51 +2433,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les Journées de la composition (1994-2011)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannaël Pasquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Macé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2684,51 +2684,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163729v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apolline Gouzi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Mac&#233;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14bxk" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578009v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/transposition.8070" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578439v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#1040;&#1088;&#1090;&#1091;&#1088; &#1052;&#1072;&#1089;&#1080;" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328748v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05354592v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05287168v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04991815v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Noel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578458v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920270v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04712539v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920279v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041800v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920273v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04712653v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05000603v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Bellanger" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bonardi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Colson" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe d'Alessandro" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Darrifourcq" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.62806/FHUE8240" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05105462v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Genier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanna&#235;l Pasquier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05280847v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Campos" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700930v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700927v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05482517v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/jj.33979584.20" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04976793v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578454v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/nk33" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05414440v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samy Bouard-Cart" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04623162v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578448v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04623152v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578571v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163729v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apolline Gouzi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Mac&#233;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14bxk" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578009v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/transposition.8070" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578439v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#1040;&#1088;&#1090;&#1091;&#1088; &#1052;&#1072;&#1089;&#1080;" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328748v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05354592v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04991815v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Noel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05287168v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920270v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578458v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04712539v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920279v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041800v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920273v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04712653v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05000603v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Bellanger" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bonardi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Colson" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe d'Alessandro" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Darrifourcq" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.62806/FHUE8240" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05280847v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Campos" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05105462v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Genier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanna&#235;l Pasquier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700930v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700927v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05482517v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/jj.33979584.20" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04976793v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578454v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/nk33" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05414440v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samy Bouard-Cart" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578448v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04623162v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04623152v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578571v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>