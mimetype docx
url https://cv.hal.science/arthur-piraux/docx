--- v0 (2026-03-07)
+++ v1 (2026-03-30)
@@ -234,183 +234,183 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05410788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des pharmaciens d’officine aux multiples compétences</w:t>
+                <w:t xml:space="preserve">De la recherche à l’action, le rôle clé des soins primaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Piraux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actualités Pharmaceutiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 64 (642), pp.19. </w:t>
+              <w:t xml:space="preserve">, 2025, 64 (642), pp.20-23. </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.actpha.2024.10.007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.actpha.2024.10.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04943164v1</w:t>
+                <w:t xml:space="preserve">hal-04943265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la recherche à l’action, le rôle clé des soins primaires</w:t>
+                <w:t xml:space="preserve">Des pharmaciens d’officine aux multiples compétences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Piraux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actualités Pharmaceutiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 64 (642), pp.20-23. </w:t>
+              <w:t xml:space="preserve">, 2025, 64 (642), pp.19. </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.actpha.2024.10.008⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.actpha.2024.10.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04943265v1</w:t>
+                <w:t xml:space="preserve">hal-04943164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The challenges facing the French healthcare system: the primary care response</w:t>
               </w:r>
@@ -3069,51 +3069,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410788v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narimane Meddas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Gachet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Piraux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Senneville" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura M Drudi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diabres.2025.113035" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943164v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpha.2024.10.007" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943265v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpha.2024.10.008" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943289v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Ramond-Roquin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpha.2024.10.012" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04742159v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Eve Poitras" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Lemarchand" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Sidorkiewicz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12875-024-02606-y" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760715v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Parot-Schinkel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Hamel" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kurt Naber" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Oger" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13063-024-08476-0" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04659299v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan Bonnan" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Faure" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.japh.2024.102192" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04494469v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Angibaud" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Nizet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Navas" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Sallenave-Namont" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12875-023-02163-w" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03651299v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Cavillon" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/vaccines10030440" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03513000v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Bruy&#232;re" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Piraux" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-M Bohbot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Begue" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Vall&#233;e" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.purol.2021.12.001" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765888v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpha.2022.07.011" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767777v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramy Hammoud" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Riou" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souhil Lebdai" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antibiotics11070976" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03273582v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kurt G Naber" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakhongir F Alidjanov" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12913-021-06653-4" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03493889v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Mosnier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Barthelm&#233;" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpha.2020.08.014" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03486074v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lisabeth Adenot" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Agay" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Belon" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpha.2018.12.005" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03486091v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpha.2018.12.006" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144139v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05149147v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Lemay-Compagnat" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Hudon" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mylaine Breton" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Senn" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05150139v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04953606v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bintou Ouattara" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphanie Bouchez" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542232v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542772v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542296v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04368919v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022ANGE0081" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410788v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narimane Meddas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Gachet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Piraux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Senneville" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura M Drudi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diabres.2025.113035" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943265v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpha.2024.10.008" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943164v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpha.2024.10.007" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04943289v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Ramond-Roquin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpha.2024.10.012" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04742159v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Eve Poitras" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Lemarchand" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Sidorkiewicz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12875-024-02606-y" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760715v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Parot-Schinkel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Hamel" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kurt Naber" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Oger" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13063-024-08476-0" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04659299v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan Bonnan" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Faure" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.japh.2024.102192" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04494469v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Angibaud" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Nizet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Navas" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Sallenave-Namont" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12875-023-02163-w" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03651299v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Cavillon" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/vaccines10030440" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03513000v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Bruy&#232;re" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Piraux" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-M Bohbot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Begue" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Vall&#233;e" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.purol.2021.12.001" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765888v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpha.2022.07.011" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767777v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramy Hammoud" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Riou" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souhil Lebdai" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antibiotics11070976" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03273582v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kurt G Naber" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakhongir F Alidjanov" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12913-021-06653-4" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03493889v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Mosnier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Barthelm&#233;" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpha.2020.08.014" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03486074v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lisabeth Adenot" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Agay" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Belon" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpha.2018.12.005" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03486091v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpha.2018.12.006" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144139v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05149147v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Lemay-Compagnat" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Hudon" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mylaine Breton" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Senn" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05150139v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04953606v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bintou Ouattara" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphanie Bouchez" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542232v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542772v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04542296v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04368919v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022ANGE0081" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>