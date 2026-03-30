--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -66,2204 +66,2204 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (15)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malian field isolates provide insight into Plasmodium malariae intra-erythrocytic development and invasion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Dao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amadou Niangaly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanta Sogore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mamadou Wague</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djeneba Dabitao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLoS Neglected Tropical Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 19 (1), pp.e0012790. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pntd.0012790⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04961374v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A single cell atlas of sexual development in Plasmodium falciparum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sunil Kumar Dogga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jesse Rop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliana Cudini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elias Farr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Dara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 384 (6695), pp.eadj4088. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/science.adj4088⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04934406v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pf7: an open dataset of Plasmodium falciparum genome variation in 20,000 worldwide samples</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muzamil Mahdi Abdel Hamid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Hassan Abdelraheem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Desmond Omane Acheampong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ambroise Ahouidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mozam Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Wellcome Open Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 8, pp.22. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.12688/wellcomeopenres.18681.1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04110334v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Influence of the sickle cell trait on Plasmodium falciparum infectivity from naturally infected gametocyte carriers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Ngou Maffo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albert Bayibéki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Abate</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olesula Makinde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Feufack-Donfack</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BMC Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 23 (1), pp.317. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12879-023-08134-x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04094661v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Prevalence of Human Plasmodium Species during Peak Transmission Seasons from 2016 to 2021 in the Rural Commune of Ntjiba, Mali</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Dao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Dembélé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bakoroba Diarra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanta Sogore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandro Marin Menendez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tropical Medicine and Infectious Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 8 (9), pp.438. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/tropicalmed8090438⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04622552v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Systemic host inflammation induces stage-specific transcriptomic modification and slower maturation in malaria parasites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lianne Lansink</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oliver Skinner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Engel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hyun Jae Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Megan Soon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">mBio</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14 (4), pp.21. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/mbio.01129-23⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04948852v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Regulators of male and female sexual development are critical for the transmission of a malaria parasite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew J.C. Russell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Theo Sanderson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ellen Bushell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Talman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Burcu Anar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cell Host &amp; Microbe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 31 (2), pp.305-319.e10. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chom.2022.12.011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04947925v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Genetic Diversity of Plasmodium falciparum and Distribution of Antimalarial Drug Resistance Mutations in Symptomatic and Asymptomatic Infections</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elangwe Sarah-Matio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Guillochon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Nsango</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Abate</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Ngou Maffo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Antimicrobial Agents and Chemotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 66 (8), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/aac.00188-22⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03873724v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tackling malaria transmission at a single cell level in an endemic setting in sub-Saharan Africa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Dara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sunil Kumar Dogga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jesse Rop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dinkorma Ouologuem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatalmoudou Tandina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13 (1), pp.2679. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-022-30268-w⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04979725v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A transcriptional switch controls sex determination in Plasmodium falciparum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Rita Gomes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Marin-Menendez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Adjalley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Célia Bardy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Cassan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 612 (7940), pp.528-533. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41586-022-05509-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04296722v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Using scRNA-seq to Identify Transcriptional Variation in the Malaria Parasite Ookinete Stage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kathrin Witmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farah Aida Dahalan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tom Metcalf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur M. Talman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginia Howick</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Frontiers in Cellular and Infection Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11, pp.13. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fcimb.2021.604129⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04975616v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Souporcell: robust clustering of single-cell RNA-seq data by genotype without reference genotypes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haynes Heaton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur M. Talman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew Knights</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Imaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Gaffney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature Methods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 17 (6), pp.615-620. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41592-020-0820-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04981971v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Uptake of Plasmodium falciparum Gametocytes During Mosquito Bloodmeal by Direct and Membrane Feeding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur M. Talman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dinkorma Ouologuem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katie Love</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginia Howick</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Mulamba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11, pp.246. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2020.00246⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04973617v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Artemisinin bioactivity and resistance in malaria parasites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur M. Talman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Clain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Ménard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Ariey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Trends in Parasitology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 35, pp.953 - 963. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.pt.2019.09.005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03489054v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Malaria Cell Atlas: Single parasite transcriptomes across the complete Plasmodium life cycle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginia Howick</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew Russell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tallulah Andrews</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haynes Heaton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adam Reid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 365 (6455), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/science.aaw2619⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04940902v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Single cell transcriptomics and development of gametocyte-specific molecular markers for avian malaria parasites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Berthomieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Gandon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Am Talman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Rivero</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05411920v1</w:t>
-              </w:r>
-[...2036 lines deleted...]
-                <w:t xml:space="preserve">hal-03489054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2333,51 +2333,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Carrasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Cohuet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur M. Talman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférences Jacques Monod "Insect models for infection biology" = "Modèles insectes pour la biologie des infections"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Roscoff, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2579,51 +2579,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Carrasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Cohuet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur M. Talman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Behaviour of arthropod disease vectors: a source for biorational pest control in a one health context ( MAK!T)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Montpellier, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2648,90 +2648,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of the sickle cell trait to asymptomatic reservoirs and infectivity of P. falciparum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Ngou Maffo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur M. Talman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Albert Bayibeki Ngano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Abate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Lionel Feufack-Donfack</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2805,51 +2805,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanisms of sexual determination in wild malaria parasites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur M. Talman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Life Sciences [q-bio]. Université Montpellier, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3036,51 +3036,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411920v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Berthomieu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Gandon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am Talman" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Rivero" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04961374v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Dao" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amadou Niangaly" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanta Sogore" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Wague" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djeneba Dabitao" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0012790" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934406v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sunil Kumar Dogga" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesse Rop" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Cudini" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Farr" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dara" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.adj4088" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04110334v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muzamil Mahdi Abdel Hamid" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Hassan Abdelraheem" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Desmond Omane Acheampong" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambroise Ahouidi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mozam Ali" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12688/wellcomeopenres.18681.1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04094661v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Ngou Maffo" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Bayib&#233;ki" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Abate" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olesula Makinde" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Feufack-Donfack" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12879-023-08134-x" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04622552v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Demb&#233;l&#233;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bakoroba Diarra" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Marin Menendez" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/tropicalmed8090438" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948852v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lianne Lansink" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Skinner" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Engel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyun Jae Lee" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan Soon" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.01129-23" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947925v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew J.C. Russell" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theo Sanderson" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellen Bushell" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Talman" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Burcu Anar" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chom.2022.12.011" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873724v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elangwe Sarah-Matio" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Guillochon" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Nsango" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/aac.00188-22" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979725v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dinkorma Ouologuem" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatalmoudou Tandina" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-30268-w" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296722v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Rita Gomes" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Marin-Menendez" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Adjalley" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Bardy" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Cassan" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-022-05509-z" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04975616v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathrin Witmer" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farah Aida Dahalan" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Metcalf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur M. Talman" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginia Howick" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcimb.2021.604129" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981971v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haynes Heaton" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Knights" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Imaz" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Gaffney" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41592-020-0820-1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973617v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katie Love" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Mulamba" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2020.00246" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940902v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Russell" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tallulah Andrews" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Reid" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.aaw2619" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03489054v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Clain" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Duval" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert M&#233;nard" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Ariey" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pt.2019.09.005" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05009144v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Rossi" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. J. Delorme" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Carrasco" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Cohuet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05009107v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Rotureau" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05009074v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05010019v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Bayibeki Ngano" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Lionel Feufack-Donfack" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05003167v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04961374v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Dao" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amadou Niangaly" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanta Sogore" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Wague" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djeneba Dabitao" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0012790" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934406v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sunil Kumar Dogga" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesse Rop" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Cudini" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Farr" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dara" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.adj4088" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04110334v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muzamil Mahdi Abdel Hamid" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Hassan Abdelraheem" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Desmond Omane Acheampong" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambroise Ahouidi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mozam Ali" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12688/wellcomeopenres.18681.1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04094661v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Ngou Maffo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Bayib&#233;ki" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Abate" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olesula Makinde" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Feufack-Donfack" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12879-023-08134-x" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04622552v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Demb&#233;l&#233;" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bakoroba Diarra" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Marin Menendez" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/tropicalmed8090438" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948852v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lianne Lansink" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Skinner" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Engel" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hyun Jae Lee" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan Soon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.01129-23" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947925v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew J.C. Russell" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theo Sanderson" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellen Bushell" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Talman" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Burcu Anar" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chom.2022.12.011" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873724v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elangwe Sarah-Matio" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Guillochon" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Nsango" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/aac.00188-22" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979725v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dinkorma Ouologuem" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatalmoudou Tandina" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-30268-w" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296722v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Rita Gomes" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Marin-Menendez" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Adjalley" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Bardy" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Cassan" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-022-05509-z" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04975616v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathrin Witmer" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farah Aida Dahalan" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Metcalf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur M. Talman" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginia Howick" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcimb.2021.604129" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981971v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haynes Heaton" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Knights" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Imaz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Gaffney" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41592-020-0820-1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973617v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katie Love" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Mulamba" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2020.00246" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03489054v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Clain" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Duval" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert M&#233;nard" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Ariey" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pt.2019.09.005" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940902v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Russell" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tallulah Andrews" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Reid" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.aaw2619" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411920v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Berthomieu" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Gandon" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am Talman" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Rivero" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05009144v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Rossi" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. J. Delorme" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Carrasco" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Cohuet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05009107v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Rotureau" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05009074v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05010019v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Bayibeki Ngano" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Lionel Feufack-Donfack" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05003167v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>