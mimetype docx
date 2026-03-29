--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -481,51 +481,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Primerano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Nouvelle revue – Éducation et société inclusives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, n° 103 (2), pp.210-225. </w:t>
+              <w:t xml:space="preserve">, 2025, 103, pp.210-225. </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/nresi.103.0210⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
@@ -1198,226 +1198,226 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03903894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sans famille, sans patrie, au travail ? Stratégies institutionnelles d’orientation scolaire et professionnelle des MNA au tournant de la majorité</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Julie Mattiussi</w:t>
+                <w:t xml:space="preserve">Intimité en institutions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yaëlle Amsellem-Mainguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Delage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Vuattoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Jeunes et Mineurs en Mobilité — Jóvenes y Menores en Movilidad — Young people and Children on the Move</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Genre, sexualité &amp; société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 26, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/gss.7152⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03469565v1</w:t>
+                <w:t xml:space="preserve">hal-03479938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intimité en institutions</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pauline Delage</w:t>
+                <w:t xml:space="preserve">Sans famille, sans patrie, au travail ? Stratégies institutionnelles d’orientation scolaire et professionnelle des MNA au tournant de la majorité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Carayon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Mattiussi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Vuattoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genre, sexualité &amp; société</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Jeunes et Mineurs en Mobilité — Jóvenes y Menores en Movilidad — Young people and Children on the Move</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Les espaces d’apprentissage et de formation des jeunesses en migration, 6 – 2021, pp.66-75</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/gss.7152⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03479938v1</w:t>
+                <w:t xml:space="preserve">hal-03469565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étrange jeunesse, jeunesse étrangère.</w:t>
               </w:r>
@@ -1747,213 +1747,213 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03133019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sexualité juvénile et rapports de pouvoir : réflexions sur les conditions d’une éducation à la sexualité</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Travail et masculinités. Quelles transformations ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Vuattoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haude Rivoal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Bretin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mouvements : des idées et des luttes</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Cahiers du Genre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02310151v1</w:t>
+                <w:t xml:space="preserve">hal-02903882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Travail et masculinités. Quelles transformations ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sexualité juvénile et rapports de pouvoir : réflexions sur les conditions d’une éducation à la sexualité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yaëlle Amsellem-Mainguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Vuattoux</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hélène Bretin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers du Genre</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Mouvements : des idées et des luttes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 3 (99), pp.85-95. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/mouv.099.0085⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02903882v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02310151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sexualité juvénile et rapports de pouvoir : réflexions sur les conditions d’une éducation à la sexualité</w:t>
               </w:r>
@@ -1975,51 +1975,51 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Vuattoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mouvements : des idées et des luttes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 99 (3), pp.85-95. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/mouv.099.0085⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04470545v1</w:t>
@@ -2361,191 +2361,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01849045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Filles et garçons au tribunal pour enfants : un traitement différent ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Normes sociales, sexuelles et genrées des jeunes détenus en France au moment de leur passage à l'âge adulte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yaëlle Amsellem-Mainguy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Coquard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Vuattoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Prospective Jeunesse</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 84, pp.4-7</w:t>
+              <w:t xml:space="preserve">Revue jeunes et sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 3 (1), pp.114-132</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01957531v1</w:t>
+                <w:t xml:space="preserve">halshs-04470562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Normes sociales, sexuelles et genrées des jeunes détenus en France au moment de leur passage à l'âge adulte</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Filles et garçons au tribunal pour enfants : un traitement différent ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Vuattoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue jeunes et sociétés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 3 (1), pp.114-132</w:t>
+              <w:t xml:space="preserve">Prospective Jeunesse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 84, pp.4-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04470562v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01957531v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">“Be consistent, young man!”. Spoken and unspoken issues of age assessment among unaccompanied young foreigners in Paris</w:t>
               </w:r>
@@ -2938,51 +2938,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meoïn Hagège</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Vuattoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Bretin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherches sociologiques et anthropologiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 48-1, pp.13-21. </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3042,51 +3042,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meoïn Hagège</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Vuattoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Bretin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherches sociologiques et anthropologiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 48 (1)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3781,51 +3781,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meoïn Hagège</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Vuattoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haude Rivoal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Editions E/P/A, 2023, 978-2376714323</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6173,51 +6173,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="531B848F"/>
+    <w:nsid w:val="E71F4EA5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6321,51 +6321,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="5C67B182"/>
+    <w:nsid w:val="E31475F0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6555,51 +6555,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/arthur-vuattoux" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1722-5383" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/178789240" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995668v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Vuattoux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440287v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Damamme" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Garrec" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Primerano" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nresi.103.0210" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04388785v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ya&#235;lle Amsellem-Mainguy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04357077v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cedref.2099" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793891v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322439v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/graph1.084.xxvii" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04050216v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Coquard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ds.471.0093" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03724034v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Carayon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Mattiussi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03903894v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfas.223.0065" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03469565v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03479938v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Delage" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gss.7152" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02475718v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520260v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03081494v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03133019v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Carini-Belloni" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14428/emulations.03536.11" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02310151v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mouv.099.0085" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02903882v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haude Rivoal" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bretin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04470545v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140214v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266928v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02169349v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01849045v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfsp.681.0031" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957531v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04470562v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Coquard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03106018v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01849086v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/popvuln.799" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560457v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/caf.2017.3243" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01849060v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/18902138.2017.1421814" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637724v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meo&#239;n Hag&#232;ge" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rsa.1796" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140320v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01849036v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3138/cjwl.28.3.646" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01849042v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bessin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/agora.074.0101" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01849047v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mouv.088.0117" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01849053v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pld.104.0027" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01849049v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gen.097.0047" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04651021v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01849102v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04638122v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03114619v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pressesdesciencespo.fr" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02706327v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01849057v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.armand-colin.com/enqueter-sur-la-jeunesse-outils-pratiques-denquete-analyses-9782200620370 " TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851311v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raewyn Connell" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editionsamsterdam.fr/masculinites-2/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05267031v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14tpv" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612330v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738090v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104814v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03611389v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03526201v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj.fr/genre-droit-et-politique-9782275029597.html" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374494v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dunod.com/sciences-humaines-et-sociales/liens-sociaux-numeriques" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03339537v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04470593v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pur/149460?lang=fr" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.149460" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02325912v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070708v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03499678v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Johnstone" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/delib.013.0011" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348252v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Francou" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01903414v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01334344v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01334350v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01334347v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158229v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04475413v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01611374v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01397402v2" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016USPCD002" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/arthur-vuattoux" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1722-5383" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/178789240" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995668v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Vuattoux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440287v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Damamme" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Garrec" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Primerano" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nresi.103.0210" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04388785v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ya&#235;lle Amsellem-Mainguy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04357077v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cedref.2099" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793891v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322439v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/graph1.084.xxvii" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04050216v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Coquard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ds.471.0093" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03724034v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Carayon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Mattiussi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03903894v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfas.223.0065" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03479938v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Delage" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gss.7152" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03469565v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02475718v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520260v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03081494v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03133019v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Carini-Belloni" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14428/emulations.03536.11" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02903882v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haude Rivoal" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bretin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02310151v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mouv.099.0085" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04470545v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140214v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266928v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02169349v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01849045v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfsp.681.0031" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04470562v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Coquard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01957531v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03106018v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01849086v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/popvuln.799" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560457v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/caf.2017.3243" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01849060v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/18902138.2017.1421814" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637724v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meo&#239;n Hag&#232;ge" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rsa.1796" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02140320v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01849036v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3138/cjwl.28.3.646" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01849042v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bessin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/agora.074.0101" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01849047v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mouv.088.0117" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01849053v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pld.104.0027" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01849049v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gen.097.0047" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04651021v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01849102v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04638122v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03114619v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pressesdesciencespo.fr" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02706327v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01849057v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.armand-colin.com/enqueter-sur-la-jeunesse-outils-pratiques-denquete-analyses-9782200620370 " TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851311v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raewyn Connell" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editionsamsterdam.fr/masculinites-2/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05267031v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14tpv" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612330v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738090v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104814v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03611389v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03526201v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj.fr/genre-droit-et-politique-9782275029597.html" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374494v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dunod.com/sciences-humaines-et-sociales/liens-sociaux-numeriques" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03339537v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04470593v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pur/149460?lang=fr" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.149460" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02325912v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070708v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03499678v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Johnstone" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/delib.013.0011" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348252v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Francou" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01903414v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01334344v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01334350v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01334347v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158229v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04475413v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01611374v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01397402v2" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016USPCD002" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>