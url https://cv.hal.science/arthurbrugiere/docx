--- v0 (2026-03-10)
+++ v1 (2026-03-30)
@@ -100,277 +100,277 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Behind the scenes: an overview of the GAMA platform's environment and development practices</w:t>
+                <w:t xml:space="preserve">Investigating Coding Preferences for Coupling Multi-Level Models in the GAMA Platform</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baptiste Lesquoy</w:t>
+                <w:t xml:space="preserve">Arthur Brugière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Taillandier</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Doanh Nguyen-Ngoc</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GAMA Days 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2024, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ird-04890142v1</w:t>
+                <w:t xml:space="preserve">hal-04892313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating Coding Preferences for Coupling Multi-Level Models in the GAMA Platform</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Behind the scenes: an overview of the GAMA platform's environment and development practices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Lesquoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Taillandier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Gaudou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arthur Brugière</w:t>
+                <w:t xml:space="preserve">Kevin Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Doanh Nguyen-Ngoc</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Arnaud Grignard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GAMA Days 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2024, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04892313v1</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ird-04890142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring VR Interaction Possibilities: Prototyping the flood simulation in Dong Hoi, Quang Binh Province with SIMPLE's Coupling Tool in Unity and GAMA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thanh Do Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Brugiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -438,64 +438,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SIMPLE Toolchain: Coupling GAMA simulation with VR universe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Brugière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Drogoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -546,64 +546,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coupling Agent-Based Simulations and VR universes: the case of GAMA and Unity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Drogoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Brugière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -680,77 +680,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LUCAS: an Agent-Based model for Understanding Adaptation Strategies in the Mekong Delta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chi Quang Truong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Gaudou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Drogoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nghi Huynh Quang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -792,90 +792,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">COMOKIT : un environnement générique et modulaire pour analyser les impacts des politiques d'intervention contre l'épidémie de COVID-19</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Gaudou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Brugière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Drogoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -926,51 +926,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coupling GAMA with OpenMole to easily explore agent-based models in HPC environment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Reuillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Brugière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1 st conference GAMA Days 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Frédéric Amblard; Kevin Chapuis; Alexis Drogoul; Benoit Gaudou; Dominique Longin; Nicolas Verstaevel, Jun 2021, Toulouse (Online), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -995,64 +995,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">comokit4py : a python package to ease GAMA model’s simulation integration into a high performance computing workflow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Brugière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Chapuis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1st conference GAMA Days 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Frédéric Amblard; Kevin Chapuis; Alexis Drogoul; Benoit Gaudou; Dominique Longin; Nicolas Verstaevel, Jun 2021, Toulouse (Online), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1103,77 +1103,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seheon Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rasouli Soora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Srirama Bhamidipati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Brugière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1st conference GAMA Days 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Frédéric Amblard; Kevin Chapuis; Alexis Drogoul; Benoit Gaudou; Dominique Longin; Nicolas Verstaevel, Jun 2021, Toulouse (Online), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1198,90 +1198,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using the COMOKIT model to study the impact of the morpho-functional organization of cities on the spread of COVID-19</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Gaudou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Brugière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Drogoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1323,103 +1323,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">COMOKIT: a brief synthesis of the Gama supported agent-based framework to study NPI against Covid-19</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Gaudou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nghi Huynh Quang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Brugière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1 st GAMA Days 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Frédéric Amblard; Kevin Chapuis; Alexis Drogoul; Benoit Gaudou; Dominique Longin; Nicolas Verstaevel, Jun 2021, Online, France</w:t>
@@ -1448,51 +1448,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ESCAPE : a city-scale evacuation agent-based simulation framework</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Brugière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1573,103 +1573,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CityScope Hanoi: interactive simulation for water management in the Bac Hung Hai irrigation system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Grignard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tri Nguyen-Huu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Gaudou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Doanh Nguyen-Ngoc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Brugière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th International Conference on Knowledge and Systems Engineering (KSE 2020)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2020, Can Tho city, Vietnam. pp.153-158, </w:t>
@@ -1678,582 +1678,685 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/KSE50997.2020.9287831⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03086988v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Thèse (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Couplage dynamique et passage à l'échelle de modèles socio-environnementaux complexes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Brugiere</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Modélisation et simulation. Sorbonne Université, 2025. Français. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : 2025SORUS566⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">tel-05560358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">COMOKIT v2 : A multi-scale approach to modeling and simulating epidemic control policies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Gaudou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Brugière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Drogoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 19 (3), pp.e0299626. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pone.0299626⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04519212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Handling multiple levels in agent-based models of complex socio-environmental systems: A comprehensive review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Brugière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Doanh Nguyen-Ngoc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Drogoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Applied Mathematics and Statistics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 8, 020353 [21 p.]. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fams.2022.1020353⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05068243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring multi-modal evacuation strategies for a landlocked population using large-scale agent-based simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pham Minh-Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Brugière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Daniel Zucker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Drogoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Geographical Information Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 36 (9), pp.1741-1783. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/13658816.2022.2069774⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03775837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">COMOKIT: A Modeling Kit to Understand, Analyze, and Compare the Impacts of Mitigation Policies Against the COVID-19 Epidemic at the Scale of a City</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Gaudou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nghi Quang Huynh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Philippon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Brugière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Public Health</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 8, pp.563247. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fpubh.2020.563247⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02968260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2263,154 +2366,154 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proceedings of GAMA days 2022</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Biré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quynh Nga Phung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diep Anh Phung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GAMA days 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Online, France. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ird-04179579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2420,104 +2523,104 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LUCAS-GEMMES : Integrated dynamics of adaptation strategies in the Vietnamese Mekong Delta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chi Quang Truong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Drogoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Gaudou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nghi Huynh Quang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2527,353 +2630,353 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Woillez, Marie-Noël; Espagne, Etienne. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Mekong Delta Emergency, Climate and Environmental Adaptation Strategies to 2050 - Final Report GEMMES Viet Nam project</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, part 3, , pp.207-239, 2022, GEMMES rapport COP 27</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03844924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimenting the Impact of Pedestrianisation on Urban Pollution Using Tangible Agent-Based Simulations: Application to Hoan Kiem District, Hanoi, Vietnam</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Brugière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minh Duc Pham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arthur Brugière</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Kevin Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Drogoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Gaudou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mohd Hafiz Mohd; Md Yushalify Misro; Syakila Ahmad; Doanh Nguyen Ngoc. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Modelling, Simulation and Applications of Complex Systems : CoSMoS 2019, Penang, Malaysia, April 8-11, 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 359, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Springer, Singapore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.43-77, 2021, Springer Proceedings in Mathematics &amp; Statistics book series (PROMS), 978-981-16-2628-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-981-16-2629-6_4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
-              <w:r>
-[...30 lines deleted...]
-            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03258915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Agent-Based Co-modeling Approach to Simulate the Evacuation of a Population in the Context of a Realistic Flooding Event: A Case Study in Hanoi (Vietnam)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taha Amine Elwaqoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Brugière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Daudé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Drogoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mohd Hafiz Mohd; Md Yushalify Misro; Syakila Ahmad; Doanh Nguyen Ngoc. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Modelling, Simulation and Applications of Complex Systems: CoSMoS 2019, Penang, Malaysia, April 8-11, 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 359, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Springer, Singapore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.79-108, 2021, Springer Proceedings in Mathematics &amp; Statistics, 978-981-16-2628-9. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-981-16-2629-6_5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03258912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2883,161 +2986,161 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Designing social simulation to (seriously) support decision-making: COMOKIT, an agent-based modelling toolkit to analyse and compare the impacts of public health interventions against COVID-19</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Drogoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Gaudou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Choisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Chapuis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02968321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId77"/>
+      <w:footerReference w:type="default" r:id="rId79"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3184,51 +3287,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-04890142v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Lesquoy" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Taillandier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Gaudou" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Chapuis" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Grignard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04892313v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Brugi&#232;re" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doanh Nguyen-Ngoc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-04890257v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Do Nguyen" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Brugiere" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Drogoul" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Loi Dang" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-04889169v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04939548v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Martinez" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;on Sillano" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0012757600003758" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03724912v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chi Quang Truong" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nghi Huynh Quang" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03413031v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03524207v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Reuillon" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03500252v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03494588v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seheon Kim" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rasouli Soora" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Srirama Bhamidipati" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226688v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03489359v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03489379v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Caron" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Daud&#233;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Del Mondo" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gillet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03086988v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tri Nguyen-Huu" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/KSE50997.2020.9287831" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04519212v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0299626" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068243v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fams.2022.1020353" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03775837v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pham Minh-Duc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Daniel Zucker" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13658816.2022.2069774" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968260v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nghi Quang Huynh" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Philippon" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpubh.2020.563247" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-04179579v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Adam" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Taillandier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Bir&#233;" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quynh Nga Phung" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diep Anh Phung" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844924v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03258915v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Duc Pham" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-981-16-2629-6_4" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-16-2629-6_4" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03258912v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taha Amine Elwaqoudi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Daud&#233;" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007%2F978-981-16-2629-6_5" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-16-2629-6_5" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968321v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Choisy" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04892313v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Brugi&#232;re" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doanh Nguyen-Ngoc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-04890142v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Lesquoy" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Taillandier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Gaudou" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Chapuis" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Grignard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-04890257v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Do Nguyen" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Brugiere" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Drogoul" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Loi Dang" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-04889169v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04939548v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Martinez" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;on Sillano" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0012757600003758" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03724912v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chi Quang Truong" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nghi Huynh Quang" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03413031v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03524207v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Reuillon" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03500252v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03494588v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seheon Kim" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rasouli Soora" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Srirama Bhamidipati" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226688v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03489359v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03489379v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Caron" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Daud&#233;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Del Mondo" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gillet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03086988v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tri Nguyen-Huu" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/KSE50997.2020.9287831" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-05560358v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2025SORUS566" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04519212v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0299626" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068243v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fams.2022.1020353" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03775837v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pham Minh-Duc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Daniel Zucker" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13658816.2022.2069774" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968260v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nghi Quang Huynh" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Philippon" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpubh.2020.563247" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-04179579v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Adam" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Taillandier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Bir&#233;" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quynh Nga Phung" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diep Anh Phung" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844924v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03258915v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Duc Pham" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-981-16-2629-6_4" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-16-2629-6_4" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03258912v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taha Amine Elwaqoudi" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Daud&#233;" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007%2F978-981-16-2629-6_5" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-16-2629-6_5" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968321v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Choisy" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>