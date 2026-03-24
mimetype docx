--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -189,51 +189,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (38)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (37)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -712,745 +712,745 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04988818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of novel extracellular proteases produced by Acanthamoeba castellanii after contact with human corneal epithelial cells and their relevance to pathogenesis</w:t>
+                <w:t xml:space="preserve">Editorial: new advances in the biology and pathogenesis of free-living amoebae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alvie Loufouma-Mbouaka</w:t>
+                <w:t xml:space="preserve">Isabel Marcelino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ascel Samba-Louaka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tania Martín-Pérez</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Christopher A Rice</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parasites &amp; Vectors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13071-024-06304-7⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2024.1401217⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05501373v1</w:t>
+                <w:t xml:space="preserve">hal-04583924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metagenomic data from gutter water in the city of Pointe-Noire, Republic of Congo</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Characterization of novel extracellular proteases produced by Acanthamoeba castellanii after contact with human corneal epithelial cells and their relevance to pathogenesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alvie Loufouma-Mbouaka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tania Martín-Pérez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martina Köhsler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bouziane Moumen</w:t>
+                <w:t xml:space="preserve">Zeynep Danisman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Samba-Louaka</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Hervé Sabin Ngoma</w:t>
+                <w:t xml:space="preserve">Maya Schwarz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Data in Brief</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.dib.2024.110655⟩</w:t>
+              <w:t xml:space="preserve">Parasites &amp; Vectors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 17 (1), pp.242. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13071-024-06304-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04632769v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05501373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Editorial: new advances in the biology and pathogenesis of free-living amoebae</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Metagenomic data from gutter water in the city of Pointe-Noire, Republic of Congo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bouziane Moumen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Samba-Louaka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victoire Aubierge Matondo Kimpamboudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabel Marcelino</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ascel Samba-Louaka</w:t>
+                <w:t xml:space="preserve">Anicet Magloire Boumba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christopher A Rice</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Hervé Sabin Ngoma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, </w:t>
+              <w:t xml:space="preserve">Data in Brief</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 55, pp.110655. </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2024.1401217⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.dib.2024.110655⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04583924v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04632769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Encystment of Free-Living Amoebae, So Many Blind Spots to Cover</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Proteomic analysis of Acanthamoeba castellanii response to Legionella pneumophila infection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Hay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steven Rolland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Héchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Villéger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parasitologia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/parasitologia3010007⟩</w:t>
+              <w:t xml:space="preserve">FEMS Microbiology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/femsle/fnad086⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04075904v1</w:t>
+                <w:t xml:space="preserve">hal-04218559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of Rosculus vilicus sp. nov., a rhizarian amoeba interacting with Mycobacterium avium subsp. paratuberculosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Jessu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Delafont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Moyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Biet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ascel Samba-Louaka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 14, pp.1324985. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fmicb.2023.1324985⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04411548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proteomic analysis of Acanthamoeba castellanii response to Legionella pneumophila infection</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Encystment of Free-Living Amoebae, So Many Blind Spots to Cover</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ascel Samba-Louaka</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FEMS Microbiology Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, </w:t>
+              <w:t xml:space="preserve">Parasitologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 3 (1), pp.53-58. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/femsle/fnad086⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/parasitologia3010007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04218559v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04075904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Encystation and Stress Responses under the Control of Ubiquitin-like Proteins in Pathogenic Amoebae</w:t>
               </w:r>
@@ -1698,386 +1698,386 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04268539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A time-resolved multi-omics atlas of Acanthamoeba castellanii encystment</w:t>
+                <w:t xml:space="preserve">Time for African youth in science</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Bernard</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mandingha Kosso Etoka-Beka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ascel Samba-Louaka</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-022-31832-0⟩</w:t>
+              <w:t xml:space="preserve">Acta Tropica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 226, pp.106270. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actatropica.2021.106270⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03728227v1</w:t>
+                <w:t xml:space="preserve">hal-03720615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isolation and Genome Analysis of an Amoeba-Associated Bacterium Dyella terrae Strain Ely Copper Mine From Acid Rock Drainage in Vermont, United States</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A time-resolved multi-omics atlas of Acanthamoeba castellanii encystment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Locard-Paulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Noël</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magalie Duchateau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lesley-Ann Giddings</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Stefan Green</w:t>
+                <w:t xml:space="preserve">Quentin Giai Gianetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2022.856908⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13 (1), pp.4104. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-022-31832-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03720628v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03728227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Time for African youth in science</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Isolation and Genome Analysis of an Amoeba-Associated Bacterium Dyella terrae Strain Ely Copper Mine From Acid Rock Drainage in Vermont, United States</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lesley-Ann Giddings</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Kunstman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bouziane Moumen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Asiama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mandingha Kosso Etoka-Beka</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Stefan Green</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Tropica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 226, pp.106270. </w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13, pp.856908. </w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.actatropica.2021.106270⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2022.856908⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03720615v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03720628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amoebae as Targets for Toxins or Effectors Secreted by Mammalian Pathogens</w:t>
               </w:r>
@@ -2135,425 +2135,425 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03327821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Encystment Induces Down-Regulation of an Acetyltransferase-Like Gene in Acanthamoeba castellanii</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The crustacean Armadillidium vulgare (Latreille, 1804) (Isopoda: Oniscoidea), a new promising model for the study of cellular senescence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luce Mengue</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Crapart</w:t>
+                <w:t xml:space="preserve">Charlotte Depeux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ascel Samba-Louaka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Mercier</w:t>
+                <w:t xml:space="preserve">Thomas Becking</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Braquart-Varnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pathogens</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/pathogens9050321⟩</w:t>
+              <w:t xml:space="preserve">Journal of Crustacean Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 40 (2), pp.194-199. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jcbiol/ruaa004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04202566v1</w:t>
+                <w:t xml:space="preserve">hal-03060295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delayed cytokinesis generates multinuclearity and potential advantages in the amoeba Acanthamoeba castellanii Neff strain</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Karine van Doninck</w:t>
+                <w:t xml:space="preserve">Encystment Induces Down-Regulation of an Acetyltransferase-Like Gene in Acanthamoeba castellanii</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steven Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charles van der Henst</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Luce Mengue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Noël</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Crapart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-020-68694-9⟩</w:t>
+              <w:t xml:space="preserve">Pathogens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 9 (5), 321 (12p.). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/pathogens9050321⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05400325v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04202566v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The crustacean Armadillidium vulgare (Latreille, 1804) (Isopoda: Oniscoidea), a new promising model for the study of cellular senescence</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Charlotte Depeux</w:t>
+                <w:t xml:space="preserve">Delayed cytokinesis generates multinuclearity and potential advantages in the amoeba Acanthamoeba castellanii Neff strain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théo Quinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ascel Samba-Louaka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Thomas Becking</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Héchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Braquart-Varnier</w:t>
+                <w:t xml:space="preserve">Karine van Doninck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Moreau</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Charles van der Henst</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Crustacean Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 40 (2), pp.194-199. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (1), pp.12109. </w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/jcbiol/ruaa004⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-020-68694-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03060295v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05400325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Free-living amoebae and squatters in the wild: ecological and molecular features</w:t>
               </w:r>
@@ -2591,51 +2591,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Hélène Rodier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Cateau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Héchard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FEMS Microbiology Reviews</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 43 (4), pp.415-434. </w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3015,103 +3015,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Legionella pneumophila decreases velocity of Acanthamoeba castellanii</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luce Mengue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Freddie-Jeanne Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Caubet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steven Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Héchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Experimental Parasitology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, </w:t>
@@ -3175,77 +3175,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Régnacq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Voisin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Héchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Bergès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Braquart-Varnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular and Biochemical Parasitology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 210 (1-2), pp.55-57. </w:t>
@@ -3295,51 +3295,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Legionella pneumophila prevents proliferation of its natural host Acanthamoeba castellanii.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luce Mengue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Régnacq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3347,51 +3347,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Willy Aucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Portier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Héchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 6 (1), pp.36448. </w:t>
@@ -3481,51 +3481,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Bouchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Héchard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Microbiology Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 7 (6), pp.970-8. </w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4188,274 +4188,274 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02952993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The enteropathogenic Escherichia Coli effector cif induces delayed apoptosis in epithelial cells</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A. Samba-Louaka</w:t>
+                <w:t xml:space="preserve">Cif type III effector protein: a smart hijacker of the host cell cycle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ascel Samba-Louaka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Taieb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Nougayrède</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Oswald</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frederic Taieb</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Infection and Immunity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/IAI.00860-09⟩</w:t>
+              <w:t xml:space="preserve">Future Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 4 (7), pp.867-877. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2217/fmb.09.60⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02662590v1</w:t>
+                <w:t xml:space="preserve">hal-02935476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cif type III effector protein: a smart hijacker of the host cell cycle</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ascel Samba-Louaka</w:t>
+                <w:t xml:space="preserve">The enteropathogenic Escherichia Coli effector cif induces delayed apoptosis in epithelial cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Samba-Louaka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Nougayrède</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Watrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Oswald</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Taieb</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Eric Oswald</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Future Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 4 (7), pp.867-877. </w:t>
+              <w:t xml:space="preserve">Infection and Immunity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 77 (12), p. 5471-5477. </w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2217/fmb.09.60⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/IAI.00860-09⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02935476v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02662590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cycle inhibiting factors (CIFs) are a growing family of functional cyclomodulins present in invertebrate and mammal bacterial pathogens</w:t>
               </w:r>
@@ -4569,908 +4569,847 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02659269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cif type III effector protein: a smart hijacker of the host cell cycle</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Frederic Taieb</w:t>
+                <w:t xml:space="preserve">Bacterial cyclomodulin Cif blocks the host cell cycle by stabilizing the cyclin-dependent kinase inhibitors p21 waf1 and p27 kip1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ascel Samba-Louaka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Nougayrède</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Watrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Jubelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Oswald</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Future Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 4 (7), pp.867-877. </w:t>
+              <w:t xml:space="preserve">Cellular Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 10 (12), pp.2496-2508. </w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2217/FMB.09.60⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/j.1462-5822.2008.01224.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02660398v1</w:t>
+                <w:t xml:space="preserve">hal-02952999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bacterial cyclomodulin Cif blocks the host cell cycle by stabilizing the cyclin-dependent kinase inhibitors p21 waf1 and p27 kip1</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ascel Samba-Louaka</w:t>
+                <w:t xml:space="preserve">Escherichia coli cyclomodulin Cif induces G(2) arrest of the host cell cycle without activation of the DNA-damage checkpoint-signalling pathway</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Taieb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Nougayrède</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Watrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Grégory Jubelin</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Samba-Louaka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Oswald</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cellular Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 10 (12), pp.2496-2508. </w:t>
+              <w:t xml:space="preserve">, 2006, 8 (12), pp.1910-1921. </w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1462-5822.2008.01224.x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/j.1462-5822.2006.00757.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
-              <w:r>
-[...128 lines deleted...]
-            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02660102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (17)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (19)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une association inédite entre Pseudomonas aeruginosa, Stenotrophomonas maltophilia, Achromobacter sp. et un isolat environnemental d’amibe libre</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mesocosm-based evidence of free-living amoebae (FLA) as environmental reservoirs enhancing Mycobacterium avium subsp. paratuberculosis (Map) persistence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Hardouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Cochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorraine Michelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Hardouin</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Vincent Delafont</w:t>
+                <w:t xml:space="preserve">María-Laura Boschiroli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Moyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27e Colloque français des Jeunes chercheurs en mucoviscidose</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Vaincre La Mucoviscidose, Feb 2026, Paris, France</w:t>
+              <w:t xml:space="preserve">17th International Colloquium on Paratuberculosis (ICP 2026)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Friedrich-Loeffler-Institut, Jun 2026, Dresden, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05441701v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05536969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of free-living amoebae in the environmental persistence of pathogenic mycobacteria: a mesocosm-based approach</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Deciphering the molecular insights into amoeba-Mycobacterium avium subsp. paratuberculosis interactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Hardouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Jessu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorraine Michelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Hardouin</w:t>
+                <w:t xml:space="preserve">María-Laura Boschiroli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Cochard</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean-Louis Moyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FLAM 2025, XXth International Meeting on the Biology and Pathogenicity of Free-Living Amoebae</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, University of Mexico, Nov 2025, Puerto Morelos, Mexico</w:t>
+              <w:t xml:space="preserve">17th International Colloquium on Paratuberculosis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Friedrich-Loeffler-Institut, Jun 2026, Dresden, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05242636v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05536983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Decoding host–pathogen interactions: a metabolomic exploration of Legionella pneumophila infection in amoebae</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Crépin</w:t>
+                <w:t xml:space="preserve">Une association inédite entre Pseudomonas aeruginosa, Stenotrophomonas maltophilia, Achromobacter sp. et un isolat environnemental d’amibe libre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Hardouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Jessu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Burtin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Delafont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metaboday 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2025, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">27e Colloque français des Jeunes chercheurs en mucoviscidose</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Vaincre La Mucoviscidose, Feb 2026, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05456348v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05441701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the molecular mechanisms of encystment in free-living amoebae</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Role of free-living amoebae in the environmental persistence of pathogenic mycobacteria: a mesocosm-based approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Hardouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Cochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorraine Michelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">María-Laura Boschiroli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Moyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXth International Meeting on the Biology and Pathogenicity of Free-Living Amoebae (FLAM 2025)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2025, Cancun, Quintana Roo, Mexico</w:t>
+              <w:t xml:space="preserve">FLAM 2025, XXth International Meeting on the Biology and Pathogenicity of Free-Living Amoebae</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Mexico, Nov 2025, Puerto Morelos, Mexico</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05400095v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05242636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Legionella pneumophila subverts the antioxidant defenses of its amoeba host &amp;lt;i&amp;gt;A. castellanii&amp;lt;/i&amp;gt;</w:t>
+                <w:t xml:space="preserve">Decoding host–pathogen interactions: a metabolomic exploration of Legionella pneumophila infection in amoebae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alban Hay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Willy Aucher</w:t>
@@ -5505,1191 +5444,1135 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Crépin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SympoLegio 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société française de microbiologie (SFM), Oct 2024, Lyon, France</w:t>
+              <w:t xml:space="preserve">Metaboday 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05456462v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05456348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Involvement of oxidative stress in the infection process of &amp;lt;i&amp;gt;A. castellanii&amp;lt;/i&amp;gt; by &amp;lt;i&amp;gt;L. pneumophila&amp;lt;/i&amp;gt;</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Exploring the molecular mechanisms of encystment in free-living amoebae</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ascel Samba-Louaka</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbiology Society Annual Conference 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Microbiology Society, Apr 2024, Edimbourg, United Kingdom</w:t>
+              <w:t xml:space="preserve">XXth International Meeting on the Biology and Pathogenicity of Free-Living Amoebae (FLAM 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, MDPI, Nov 2025, Cancun, Quintana Roo, Mexico</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05400129v1</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05400095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Environmental free-living amoeba as potential reservoirs for Mycobacterium bovis and Mycobacterium avium subsp. paratuberculosis</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Franck Biet</w:t>
+                <w:t xml:space="preserve">Legionella pneumophila subverts the antioxidant defenses of its amoeba host &amp;lt;i&amp;gt;A. castellanii&amp;lt;/i&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Hay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Willy Aucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Pigeault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanne Bertaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Crépin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 19th international Free-Living Amoebae Meeting (FLAM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Poitiers, Jun 2023, Poitiers, France</w:t>
+              <w:t xml:space="preserve">SympoLegio 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société française de microbiologie (SFM), Oct 2024, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04203794v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05456462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular atlas of Acanthamoeba castellanii remodeling during cyst formation</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Involvement of oxidative stress in the infection process of &amp;lt;i&amp;gt;A. castellanii&amp;lt;/i&amp;gt; by &amp;lt;i&amp;gt;L. pneumophila&amp;lt;/i&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Hay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Willy Aucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Crépin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Héchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Villéger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réseau Ecologie des Interactions Durables</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Poitiers, France</w:t>
+              <w:t xml:space="preserve">Microbiology Society Annual Conference 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Microbiology Society, Apr 2024, Edimbourg, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05400081v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05400129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular atlas of Acanthamoeba castellanii remodeling during cyst formation</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">The role of oxidative stress in L. pneumophila infection of A. castellanii</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Hay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Crépin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Willy Aucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Héchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Villéger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XIXth International Meeting on the Biology and Pathogenicity of Free-living Amoebae</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05400143v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05400164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The role of oxidative stress in L. pneumophila infection of A. castellanii</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Romain Villéger</w:t>
+                <w:t xml:space="preserve">Environmental free-living amoeba as potential reservoirs for Mycobacterium bovis and Mycobacterium avium subsp. paratuberculosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Jessu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Cochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ascel Samba-Louaka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Moyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Biet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIXth International Meeting on the Biology and Pathogenicity of Free-living Amoebae</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Poitiers, France</w:t>
+              <w:t xml:space="preserve">The 19th international Free-Living Amoebae Meeting (FLAM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Poitiers, Jun 2023, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05400164v1</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04203794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Environmental free-living amoebae interaction with Mycobacterium avium subsp. paratuberculosis</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Molecular atlas of Acanthamoeba castellanii remodeling during cyst formation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ascel Samba-Louaka</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th International Association for Paratuberculous - ICP 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Dublin, Jun 2022, Dublin, Ireland</w:t>
+              <w:t xml:space="preserve">XIXth International Meeting on the Biology and Pathogenicity of Free-living Amoebae</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, FLAM, Jun 2023, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04203750v1</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05400143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular atlas of Acanthamoeba castellanii remodeling during cyst formation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ascel Samba-Louaka</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Société Française de Microbiologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Nantes (France), France</w:t>
+              <w:t xml:space="preserve">Réseau Ecologie des Interactions Durables</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05400497v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05400081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les amibes libres, un réservoir environnemental pour les mycobactéries non tuberculeuses ?</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Etienne Robino</w:t>
+                <w:t xml:space="preserve">Environmental free-living amoebae interaction with Mycobacterium avium subsp. paratuberculosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Jessu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Cochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ascel Samba-Louaka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Moyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Biet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14. Congrès national de la Société Française de Microbiologie (SFM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française de Microbiologie (SFM). FRA., Oct 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">15th International Association for Paratuberculous - ICP 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Dublin, Jun 2022, Dublin, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02733536v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04203750v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Free-living amoebae as an environmental host for &amp;lt;em&amp;gt;Mycobacterium avium&amp;lt;/em&amp;gt; subsp. &amp;lt;em&amp;gt;paratuberculosis&amp;lt;/em&amp;gt;</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Molecular atlas of Acanthamoeba castellanii remodeling during cyst formation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ascel Samba-Louaka</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14. International Colloquium on Paratuberculosis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, International Association for Paratuberculosis. INT., Jun 2018, Riviera Maya, Mexico</w:t>
+              <w:t xml:space="preserve">Société Française de Microbiologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Nantes (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02733605v1</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05400497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Environmental &amp;lt;em&amp;gt;Mycobacterium avium&amp;lt;/em&amp;gt; subsp. &amp;lt;em&amp;gt;paratuberculosis&amp;lt;/em&amp;gt; hosted by free-living amoebae</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ascel Samba-Louaka</w:t>
+                <w:t xml:space="preserve">Les amibes libres, un réservoir environnemental pour les mycobactéries non tuberculeuses ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Héchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Delafont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ascel Samba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Robino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Cochard</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Vincent Delafont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pathobiome 2018 "Pathogens in Microbiotas in Hosts"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2018, Ajaccio, France</w:t>
+              <w:t xml:space="preserve">14. Congrès national de la Société Française de Microbiologie (SFM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française de Microbiologie (SFM). FRA., Oct 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02735589v1</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02733536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Free-living amoebae as environmental hosts for non-tuberculous Mycobacterium</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vincent Delafont</w:t>
+                <w:t xml:space="preserve">Free-living amoebae as an environmental host for &amp;lt;em&amp;gt;Mycobacterium avium&amp;lt;/em&amp;gt; subsp. &amp;lt;em&amp;gt;paratuberculosis&amp;lt;/em&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Héchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ascel Samba-Louaka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -6712,103 +6595,353 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Willy Aucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2. NTM European Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française de Microbiologie (SFM). FRA., Jun 2018, Montigny-le-Bretonneux, France</w:t>
+              <w:t xml:space="preserve">14. International Colloquium on Paratuberculosis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Association for Paratuberculosis. INT., Jun 2018, Riviera Maya, Mexico</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02738389v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02733605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Free-living amoebae as environmental hosts for non-tuberculous Mycobacterium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Delafont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ascel Samba-Louaka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Robino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Cochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Willy Aucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. NTM European Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française de Microbiologie (SFM). FRA., Jun 2018, Montigny-le-Bretonneux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02738389v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Environmental &amp;lt;em&amp;gt;Mycobacterium avium&amp;lt;/em&amp;gt; subsp. &amp;lt;em&amp;gt;paratuberculosis&amp;lt;/em&amp;gt; hosted by free-living amoebae</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ascel Samba-Louaka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Robino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Cochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Branger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Delafont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pathobiome 2018 "Pathogens in Microbiotas in Hosts"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Ajaccio, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02735589v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les amibes libres, un réservoir environnemental de &amp;lt;em&amp;gt;Mycobacterium avium&amp;lt;/em&amp;gt; ssp. &amp;lt;em&amp;gt;paratuberculosis&amp;lt;/em&amp;gt; ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Héchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Robino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6915,277 +7048,277 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diversity of amoebae and bacteria in the environment of cattle herds in bovine tuberculosis outbreak zones</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Amélie Jessu</w:t>
+                <w:t xml:space="preserve">Deciphering the molecular insights into amoeba-mycobacterium interactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Hardouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Cochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorraine Michelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Hardouin</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
+                <w:t xml:space="preserve">María-Laura Boschiroli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Moyen</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Franck Biet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FEMS MICRO 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2025, Milan, Italy</w:t>
+              <w:t xml:space="preserve">FLAM 2025, XXth International Meeting on the Biology and Pathogenicity of Free-Living Amoebae</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2025, Puerto Morelos, Mexico</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05242616v1</w:t>
+                <w:t xml:space="preserve">hal-05267633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deciphering the molecular insights into amoeba-mycobacterium interactions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId184" w:history="1">
+                <w:t xml:space="preserve">Diversity of amoebae and bacteria in the environment of cattle herds in bovine tuberculosis outbreak zones</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Jessu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Hardouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Burtin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Moyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Biet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FLAM 2025, XXth International Meeting on the Biology and Pathogenicity of Free-Living Amoebae</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2025, Puerto Morelos, Mexico</w:t>
+              <w:t xml:space="preserve">FEMS MICRO 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Milan, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05267633v1</w:t>
+                <w:t xml:space="preserve">hal-05242616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Détection de Mycobacterium bovis et Mycobacterium avium ssp. Paratuberculosis par qPCR nichée à partir d’amibes isolées de l’environnement</w:t>
               </w:r>
@@ -7197,77 +7330,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Jessu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Cochard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Biet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ascel Samba-Louaka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Moyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microbes 2021 - 16e congrès national de la SFM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Nantes, France</w:t>
@@ -7453,103 +7586,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The crustacean Armadillidium vulgare, a new promising model for the study of cellular senescence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Depeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ascel Samba-Louaka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Becking</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Braquart-Varnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -7661,51 +7794,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="100FD98B"/>
+    <w:nsid w:val="E7EC4E9B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7892,51 +8025,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ascel-samba" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4417-6254" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/142727024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/200144867" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000138803990" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05396712v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prince Nana Amaniampong" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ascel Samba-Louaka" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2025.107695" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04891776v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Jessu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Cochard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Burtin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Crapart" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Delafont" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsec/fiae164" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884037v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Hay" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy Aucher" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pigeault" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne Bertaux" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Cr&#233;pin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crmicr.2024.100338" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04988818v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathew Choaji" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zineb Fechtali-Moute" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Pomel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens14030268" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501373v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvie Loufouma-Mbouaka" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania Mart&#237;n-P&#233;rez" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina K&#246;hsler" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeynep Danisman" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Schwarz" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13071-024-06304-7" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04632769v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouziane Moumen" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Samba-Louaka" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoire Aubierge Matondo Kimpamboudi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anicet Magloire Boumba" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Sabin Ngoma" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2024.110655" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04583924v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Marcelino" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher A Rice" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2024.1401217" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075904v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/parasitologia3010007" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04411548v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Moyen" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Biet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2023.1324985" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04218559v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Rolland" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Bernard" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann H&#233;chard" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Vill&#233;ger" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsle/fnad086" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612504v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Labruy&#232;re" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariette Matondo" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Locard-Paulet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Olivo-Marin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms11112670" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04268539v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashraf R Zayed" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mutasem Burghal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suha Butmeh" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Steinert" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/tropicalmed8110490" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03728227v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Bernard" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril No&#235;l" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Duchateau" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Giai Gianetto" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-31832-0" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03720628v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lesley-Ann Giddings" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Kunstman" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Asiama" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Green" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2022.856908" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03720615v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mandingha Kosso Etoka-Beka" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actatropica.2021.106270" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03327821v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins13080526" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202566v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luce Mengue" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Mercier" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens9050321" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400325v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Quinet" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine van Doninck" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles van der Henst" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-68694-9" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03060295v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Depeux" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Becking" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Braquart-Varnier" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Moreau" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jcbiol/ruaa004" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05044418v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Rodier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Cateau" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsre/fuz011" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724146v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21505594.2017.1384527" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01705081v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Robino" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Branger" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcimb.2018.00028" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01504796v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Cambau" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bouchon" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Moulin" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep46270" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01651847v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freddie-Jeanne Richard" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Caubet" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.exppara.2017.07.013" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01427910v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu R&#233;gnacq" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Voisin" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Berg&#232;s" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molbiopara.2016.08.006" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DKHVCT4W-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437135v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Portier" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep36448" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01427409v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1758-2229.12343" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-3JJKD1GZ-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01078553v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Pereira" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Nahori" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Villiers" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Deriano" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1004470" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646496v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Secher" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ascel Samba Louaka" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Oswald" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Nougayr&#232;de" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0077157" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645152v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizia Stavru" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Cossart" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/IAI.00614-12" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649652v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dortet" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Mostowy" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Gouin" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1002168" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02952993v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Jubelin" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Taieb" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Duda" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yun Hsu" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1001128" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662590v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Samba-Louaka" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Watrin" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/IAI.00860-09" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02935476v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2217/fmb.09.60" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659269v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Varela Chavez" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark J. Banfield" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0004855" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660398v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2217/FMB.09.60" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02952999v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1462-5822.2008.01224.x" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660102v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1462-5822.2006.00757.x" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441701v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Hardouin" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Dupont" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05242636v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Michelet" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a-Laura Boschiroli" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05456348v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400095v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05456462v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400129v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04203794v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400081v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400143v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400164v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04203750v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400497v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733536v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ascel Samba" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733605v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735589v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738389v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800718v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05242616v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05267633v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400509v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735417v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02390032v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/ascel-samba" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4417-6254" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/142727024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/200144867" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000138803990" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05396712v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prince Nana Amaniampong" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ascel Samba-Louaka" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2025.107695" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04891776v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Jessu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Cochard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Burtin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Crapart" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Delafont" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsec/fiae164" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04884037v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Hay" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy Aucher" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pigeault" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne Bertaux" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Cr&#233;pin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crmicr.2024.100338" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04988818v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathew Choaji" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zineb Fechtali-Moute" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Pomel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens14030268" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04583924v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Marcelino" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher A Rice" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2024.1401217" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501373v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvie Loufouma-Mbouaka" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania Mart&#237;n-P&#233;rez" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina K&#246;hsler" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeynep Danisman" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Schwarz" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13071-024-06304-7" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04632769v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouziane Moumen" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Samba-Louaka" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoire Aubierge Matondo Kimpamboudi" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anicet Magloire Boumba" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Sabin Ngoma" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2024.110655" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04218559v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Rolland" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Bernard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann H&#233;chard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Vill&#233;ger" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsle/fnad086" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04411548v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Moyen" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Biet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2023.1324985" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075904v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/parasitologia3010007" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612504v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Labruy&#232;re" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariette Matondo" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Locard-Paulet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Olivo-Marin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms11112670" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04268539v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashraf R Zayed" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mutasem Burghal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suha Butmeh" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Steinert" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/tropicalmed8110490" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03720615v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mandingha Kosso Etoka-Beka" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actatropica.2021.106270" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03728227v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Bernard" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril No&#235;l" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Duchateau" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Giai Gianetto" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-31832-0" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03720628v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lesley-Ann Giddings" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Kunstman" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Asiama" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Green" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2022.856908" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03327821v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins13080526" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03060295v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Depeux" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Becking" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Braquart-Varnier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Moreau" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jcbiol/ruaa004" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202566v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luce Mengue" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Mercier" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens9050321" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400325v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Quinet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine van Doninck" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles van der Henst" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-68694-9" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05044418v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Rodier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Cateau" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsre/fuz011" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01724146v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21505594.2017.1384527" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01705081v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Robino" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Branger" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcimb.2018.00028" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01504796v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Cambau" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bouchon" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Moulin" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep46270" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01651847v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freddie-Jeanne Richard" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Caubet" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.exppara.2017.07.013" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01427910v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu R&#233;gnacq" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Voisin" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Berg&#232;s" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molbiopara.2016.08.006" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DKHVCT4W-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01437135v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Portier" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep36448" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01427409v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1758-2229.12343" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-3JJKD1GZ-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01078553v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Pereira" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Nahori" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Villiers" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Deriano" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1004470" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646496v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Secher" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ascel Samba Louaka" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Oswald" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Nougayr&#232;de" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0077157" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645152v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizia Stavru" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Cossart" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/IAI.00614-12" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649652v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dortet" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Mostowy" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Gouin" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1002168" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02952993v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Jubelin" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Taieb" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Duda" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yun Hsu" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1001128" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02935476v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2217/fmb.09.60" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662590v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Samba-Louaka" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Watrin" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/IAI.00860-09" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659269v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Varela Chavez" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark J. Banfield" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0004855" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02952999v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1462-5822.2008.01224.x" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660102v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1462-5822.2006.00757.x" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05536969v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Hardouin" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Michelet" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a-Laura Boschiroli" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05536983v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441701v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Dupont" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05242636v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05456348v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400095v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05456462v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400129v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400164v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04203794v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400143v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400081v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04203750v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400497v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733536v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ascel Samba" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733605v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738389v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735589v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800718v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05267633v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05242616v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400509v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735417v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02390032v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>